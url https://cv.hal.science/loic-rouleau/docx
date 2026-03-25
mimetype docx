--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -330,360 +330,360 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of a damage criterion of a highly porous alumina ceramic</w:t>
+                <w:t xml:space="preserve">Potential of templated mesoporous aluminas as supports for HDS CoMo catalysts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Déborah Staub</w:t>
+                <w:t xml:space="preserve">Andres Mino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Lancelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Meille</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Vincent Le Corre</w:t>
+                <w:t xml:space="preserve">Pascal Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Lamonier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Rouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.01.071⟩</w:t>
+              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 40 (5), pp.4258-4268. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c5nj02865e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01398755v1</w:t>
+                <w:t xml:space="preserve">hal-01395462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Potential of templated mesoporous aluminas as supports for HDS CoMo catalysts</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Identification of a damage criterion of a highly porous alumina ceramic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déborah Staub</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Meille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andres Mino</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine Lancelot</w:t>
+                <w:t xml:space="preserve">Vincent Le Corre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Rouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Blanchard</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jérome Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">New Journal of Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 40 (5), pp.4258-4268. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 107, pp.261-272. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c5nj02865e⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2016.01.071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01395462v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01398755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Revisiting the Side Crushing Test Using the Three-Point Bending Test for the Strength Measurement of Catalyst Supports</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D Staub</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Meille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Rouleau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -890,51 +890,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Cassiano‐gaspar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Bazer-Bachi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lécolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1655,269 +1655,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02379691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal stability of mesotructured aluminas obtained from different procedures.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crack appearance during drying of an alumina gel: Thermo-hydro-mechanical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Pourcel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Jomaa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Royer</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">J.R. Puiggali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Rouleau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Studies in Surface Science and Catalysis</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Drying Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 25 (5), pp.759-766. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/07373930701370134⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00312871v1</w:t>
+                <w:t xml:space="preserve">hal-02379690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crack appearance during drying of an alumina gel: Thermo-hydro-mechanical properties</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">W. Jomaa</w:t>
+                <w:t xml:space="preserve">Thermal stability of mesotructured aluminas obtained from different procedures.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Royer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Chaumonnot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.R. Puiggali</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">R. Revel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Drying Technology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Studies in Surface Science and Catalysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 165, pp.231-234</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02379690v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00312871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factors Controlling the Formation of Core−Shell Zeolite−Zeolite Composites</w:t>
               </w:r>
@@ -2129,51 +2129,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02403414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-shell zeolite microcomposite</w:t>
+                <w:t xml:space="preserve">Core-Shell Zeolite Microcomposites</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Diaz</w:t>
@@ -2195,93 +2195,114 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Valtchev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15, (12), pp.1955-1960</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2005, 15 (12), pp.1955-1960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.200500231⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00120741v1</w:t>
+                <w:t xml:space="preserve">hal-02402396v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core-Shell Zeolite Microcomposites</w:t>
+                <w:t xml:space="preserve">Core-shell zeolite microcomposite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bouizi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Diaz</w:t>
@@ -2303,90 +2324,69 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Valtchev</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Functional Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, 15 (12), pp.1955-1960. </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">, 2005, 15, (12), pp.1955-1960</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-02402396v1</w:t>
+                <w:t xml:space="preserve">hal-00120741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of multiple‐mechanism agglomeration in a crystallization process</w:t>
               </w:r>
@@ -2734,204 +2734,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00006695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled simulated distillation-mass spectrometry for the evaluation of hydroconverted petroleum residues</w:t>
+                <w:t xml:space="preserve">Modeling simulated distillation: a tool for the evaluation of hydroconverted petroleum residues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 750, pp.97-104</w:t>
+              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 10, pp.915-920</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00006446v1</w:t>
+                <w:t xml:space="preserve">hal-00006416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling simulated distillation: a tool for the evaluation of hydroconverted petroleum residues</w:t>
+                <w:t xml:space="preserve">Coupled simulated distillation-mass spectrometry for the evaluation of hydroconverted petroleum residues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouleau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">B. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1996, 10, pp.915-920</w:t>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1996, 750, pp.97-104</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00006416v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00006446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling simulated distillation. Influence of catalyst addition upon model parameters</w:t>
               </w:r>
@@ -2943,51 +2943,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Fuels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1996, 10, pp.1171-1175</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4052,51 +4052,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00121195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen transfer in the hydroconversion of a vacuum residue: an analytical approach</w:t>
+                <w:t xml:space="preserve">Hydrogen transfer in the hydroconversion of a vacuum residue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouleau</w:t>
@@ -4106,111 +4106,105 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L. Cebolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Membrado</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1997, pp.320-325</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Symposium on Advances in Catalysis and Processes for Heavy Oil Conversion, 13/04/97 - 17/04/97</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, San Francisco, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00009916v1</w:t>
+                <w:t xml:space="preserve">hal-00010919v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hydrogen transfer in the hydroconversion of a vacuum residue</w:t>
+                <w:t xml:space="preserve">Hydrogen transfer in the hydroconversion of a vacuum residue: an analytical approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Bacaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Rouleau</w:t>
@@ -4220,81 +4214,87 @@
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V.L. Cebolla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Membrado</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">, 1997, San Francisco, United States</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vela</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1997, pp.320-325</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00010919v1</w:t>
+                <w:t xml:space="preserve">hal-00009916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of dispersed catalysts upon hydrogen utilization in the hydroconversion of a deasphalted vacuum residue</w:t>
               </w:r>
@@ -4635,51 +4635,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loic Rouleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Lecolier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérome Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US 9,227,873. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
@@ -4791,51 +4791,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B288E9E9"/>
+    <w:nsid w:val="F9332410"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5022,51 +5022,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-rouleau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5792-0654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-4420-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488030v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mi&#241;o" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lancelot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P., Blanchard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lamonier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Rouleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2016.11.027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398755v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Staub" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Corre" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.01.071" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395462v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mino" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj02865e" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176553v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Staub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2013214" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Daou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dhainaut" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chappaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bats" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Harbuzaru" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2014030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670828v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cassiano&#8208;gaspar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bazer-Bachi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;colier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840287v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard D Pirngruber" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Maricar-Pichon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouizi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.11.016" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L6589P9K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471973v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mores" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Stavitski" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanna Verkleij" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Lombard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cabiac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21324e" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403384v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Guillou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Pirngruber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2008.11.030" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NJNBPV6-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463197v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rouleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirngruber" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guillou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrere-Tricca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omegna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009036" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pourcel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Jomaa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Puiggali" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2006.10.041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0G3F293B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312871v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leroux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaumonnot" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revel" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379690v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Puiggali" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930701370134" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bouizi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm0611744" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-N9N7B98X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403414v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2005.11.016" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CMHGQ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120741v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouizi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diaz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Valtchev" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402396v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200500231" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7199F20821C37EC6B13538688AB8F0EC34F5F438/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678812v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Paulaime" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Espitalier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-5910(02)00213-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02075822v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fauchadour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Normand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pouget" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Lechaire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:1999044" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006695v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bacaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Cebolla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Membrado" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vela" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006446v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006416v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bacaud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006805v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006168v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006046v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breysse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006045v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02194896v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Serrano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecointe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ravet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coma" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186839v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Georgen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rebours" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorbier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patarin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164987v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goergen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164962v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161729v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121195v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009916v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010919v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009679v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010455v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677782v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Cassiano Gaspar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lecolier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-rouleau" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0005-5792-0654" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/K-4420-2018" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488030v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mi&#241;o" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lancelot" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P., Blanchard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Lamonier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Rouleau" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apcata.2016.11.027" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01395462v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andres Mino" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Blanchard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c5nj02865e" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398755v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Staub" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Meille" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Le Corre" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Chevalier" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2016.01.071" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176553v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Staub" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2013214" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176569v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Daou" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Dhainaut" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Chappaz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bats" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Harbuzaru" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2014030" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01670828v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Cassiano&#8208;gaspar" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Bazer-Bachi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric L&#233;colier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jorand" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840287v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard D Pirngruber" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Laroche" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelle Maricar-Pichon" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younes Bouizi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2012.11.016" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-L6589P9K-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471973v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Mores" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eli Stavitski" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanna Verkleij" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Lombard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Cabiac" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c1cp21324e" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403384v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Guillou" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Pirngruber" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Valtchev" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2008.11.030" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6NJNBPV6-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00463197v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rouleau" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Pirngruber" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Guillou" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Barrere-Tricca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Omegna" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst/2009036" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379691v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pourcel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Jomaa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Puiggali" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2006.10.041" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0G3F293B-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02379690v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.R. Puiggali" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/07373930701370134" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312871v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Royer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Leroux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Chaumonnot" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Revel" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Morin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403418v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youn&#232;s Bouizi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm0611744" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-N9N7B98X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02403414v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2005.11.016" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-N7CMHGQ8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02402396v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bouizi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Diaz" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Valtchev" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.200500231" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/7199F20821C37EC6B13538688AB8F0EC34F5F438/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00120741v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01678812v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; David" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am Paulaime" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Espitalier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0032-5910(02)00213-9" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02075822v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Fauchadour" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Normand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Pouget" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Lechaire" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/ogst:1999044" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006695v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bacaud" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V.L. Cebolla" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Membrado" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vela" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006416v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bacaud" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006446v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006805v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006168v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006046v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Breysse" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00006045v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-02194896v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Serrano" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lecointe" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ravet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Coma" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00186839v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Georgen" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guillon" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rebours" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Sorbier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Patarin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164987v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Goergen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164962v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00161729v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00121195v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010919v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009916v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009679v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00009682v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00010455v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01677782v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Cassiano Gaspar" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Lecolier" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>