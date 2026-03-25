--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:89.583333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Sauvée </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur unité de recherche InTerACT, Institut polytechnique UniLaSalle </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loic-sauvee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9763-0126</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S’inscrivant dans les filiations de la nouvelle économie institutionnelle et de l'économie territoriale, l’objectif central de notre projet scientifique est de fournir une représentation conceptuelle des choix de gouvernance dans les formes d'organisations en transition vers la durabilité. Plus précisément il est d’approfondir la compréhension du concept de gouvernance (son émergence, sa constitution, son mode de fonctionnement) pour les formes collaboratives territoriales constituées autour du capital cognitif : innovations sociotechniques et organisationnelles (RSE, systèmes de management de qualité agroalimentaire, modèles d’affaires de la bioéconomie territoriale), gouvernance territoriale des biens communs agro écologiques et des infrastructures vertes urbaines. Sa finalité, en tant que projet scientifique s’inscrivant dans l’école d’ingénieurs UniLaSalle, est de fournir des outils et des méthodes de diagnostic utiles aux décideurs quels qu’ils soient (entreprises, organisations professionnelles, collectivités territoriales, villes) dans leurs définitions de structures de gouvernance opérationnelles et décisionnelles, dès lors qu’une action collective stratégique en lien au territoire est engagée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rooted in the principles of the new institutional economics and territorial economics, the central objective of our research project is to provide a conceptual framework for governance choices within organizations transitioning towards sustainability. More specifically, it aims to deepen our understanding of the concept of governance (its emergence, structure, and mode of operation) for collaborative territorial forms built around cognitive capital: socio-technical and organizational innovations (CSR, agri-food quality management systems, business models in the territorial bioeconomy), territorial governance of agro-ecological commons and of urban green infrastructures. As a research project within the UniLaSalle engineering school, its ultimate goal is to provide useful diagnostic tools and methods for decision-makers of all kinds (businesses, professional organizations, local authorities, cities) in defining operational and decision-making governance structures, whenever strategic collective action related to the territory is undertaken.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrastructures vertes dans les villes industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling on-farm anaerobic digestion systems diversity: A typology analysis of Northern French farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Amsaguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 7, pp.101486. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nexres.2026.101486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing agroecology and sustainability with agricultural robots at field level: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 237 (B), pp.110650. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Green Infrastructures for Industrial Cities. A Territorial Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoprogress journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.131-145. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20373/2384-9398/67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling metropolis-city relationships in the governance of sustainability transitions: An in-depth exploration of the case of Rouen, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 163, pp.106019. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cities.2025.106019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prioritizing brownfields transformation towards green infrastructure. The case of Rouen metropolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadaf Pirouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance structures and stakeholder's involvement in Urban Agricultural projects: an analysis of four case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam-Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (1), pp.76-93. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2023.0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors leading to differences in the internal structures of French agricultural quality groups: A typology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Bardenhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology of Agriculture and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (2), pp.5-26. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48416/ijsaf.v30i2.542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative business models in European agrifood systems: governance issues in an era of digitalization, societal demand and environmental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeve Henchion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Iliopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2024.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification territoriale soutenable par l'agriculture urbaine. Etudes de cas au Havre et à Rouen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguette Demba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reality vs. Expectations in the Implementation of Urban Agricultural Projects—A Polycentric Governance Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (4), pp.260. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/urbansci8040260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining agroecology and bioeconomy to meet the societal challenges of agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aussenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Firmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Houben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 492, pp.61-78. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-023-06294-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions for a Convergence between Digital Platforms and Sustainability in Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chkarat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Ecological Resilience, Next Generation EU and Sustainable Social Systems, 15 (19), pp.14195. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su151914195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects For The Transfer Of Innovation In The Rural World – The Case Of The Innovation Platform “Champs d'Innovation” In Normandy Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Journal of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.83-108. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61225/rjrs.2023.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Neglected Enterprising Family in Agriculture: A Review and a Proposal for a Research Agenda in Management Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Labaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enterprising Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (03), pp.241-278. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218495822300013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition environnementale et numérique de l’agriculture française : Une approche par la dépendance au sentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunities and challenges of EU farm-to-fork strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wiśniewska-Paluszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (5), pp.703-707. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2022.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le label Qualimétha : quels impacts pour la filière méthanisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Regional Integration of Biorefineries in France: an Approach by the Territorial Innovation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Journal of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique agricole d’une filière de valorisation de la biomasse : cas de la Centrale Biométhane en Vermandois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 376, pp.37-53. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.8849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, pp.289 - 292. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/ifamr2021.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal & Technique : Vers de nouveaux espaces de constitutivité des élevages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network characteristics and the adoption of organisational innovation in the food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (4/5), pp.320. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2020.108248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels accompagnements aux porteurs de projets pour la filière méthanisation à la ferme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 432, pp.55-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociétale des entreprises (RSE) dans le secteur agroalimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur Agroalimentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-ag113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework to assess the economic vulnerability of farming systems: Application to mixed crop-livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.102658. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2019.102658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations de l'agromachinisme. Prémices d'un nouvel encyclopédisme des savoirs et des pratiques agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations agrotechniques contemporaines : vers l'invention d'une nouvelle culture technique agricole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable development as a driver for educational innovation in engineering school: the case of UniLaSalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Engineering Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.570-588. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03043797.2018.1501348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food safety implementation in the perspective of network learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie D Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Thiagarajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7, pp.17 - 29. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7455/ijfs/7.2.2018.a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biorefineries in the bio-based economy: opportunities and challenges for economic research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Viaggi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bio-based and Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13128/BAE-18336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of non-GMO standards on poultry supply chain governance: transaction cost approach vs resource-based view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Ghozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Soregaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supply Chain Management: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (6), pp.743-758. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SCM-03-2016-0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-technological innovations from organisational design and change perspectives in VSEs and SMEs: the case of management systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Organisational Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (3/4), pp.177. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJODE.2016.082339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorial biorefinery as a new business model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bio-based and Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13128/BAE-15379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The drivers for adoption of eco-innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilia Bonzanini Bossle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Marques Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113, pp.861-872. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2015.11.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to promote, support and experiment sustainability in higher education institutions? The case of LaSalle Beauvais in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Innovation and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (3/4), pp.227. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJISD.2015.071856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridge and redundant ties in networks: the impact on innovation in food SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (3), pp.355-379. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJIM-04-2014-0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networking for innovation in agrifood SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.79-81. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2014.x002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing network effects of Corporate Social Responsibility implementation in food small and medium enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.103-115. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2014.x005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked innovation: a concept for knowledge-based agrifood business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.83 - 93. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/jcns2014.x003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid governance: sketching discrete alternatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2013.x230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Implementation of a Quality Management Standard in a Food SME: A Network Learning Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Food System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3 (3), pp.214-227. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22004/ag.econ.144857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interorganizational Dynamics of Brand Alliances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IUP Journal of Brand Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7 (4), pp.34-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value Creation in Brand Alliances: A Dynamic Conceptualization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of business market management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (1), pp.3-25. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12087-010-0029-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning branding strategies and governance of business transactions in agrifood chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and Corporate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (5), pp.835-868. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icc/dtp026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signaler et garantir la qualité du produit. La gouvernance des transactions dans les filières agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FaçSADe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques et organisation des filières agroalimentaires : une analyse par la gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés. Série AG Systèmes agroalimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.837-854</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment between Quality Enforcement Devices and Governance Structures in the Agro-food Vertical Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management and Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (1), pp.47-77. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10997-005-1571-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signes collectifs de qualité et structures de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 258 (1), pp.101-112. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2000.5197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common labelling and producer organisations : a transaction cost economics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 17 (2), pp.133-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing a brand in the tomato sector: authority and enforcement mechanisms in a collective organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 536, pp.537-544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination verticale dans l'industrie avicole : Une perspective institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.185-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la concurrence dans l'industrie avicole française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 204 (1), pp.41-45. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.1991.4216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (79)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic classification of agrobots to inform farmers’ choice and clarify market development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Conference on Precision Agriculture (ECPA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Politècnica de Catalunya, Jun 2025, Barcelona, Spain. pp.991-997, </w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004725232_130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain and digitainability across agrifood chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blockchain and digitainability across food supply chains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita Degli Studi di Palermo, Feb 2025, Palermo (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban agriculture in Morocco -Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Tomatis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Ibero-American Congress of Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centro de Innovación e Integración de Tecnologías Avanzadas and the Centro de Investigación en Computación of the Instituto Politécnico Nacional., Nov 2025, Puebla (Mexico), Mexico. pp.131-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05369676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling On-Farm Anaerobic Digestion Systems Diversity: A Typology Analysis of Northern French Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Amsaguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE - AGROPARISTECH, Aug 2025, Palaiseau (91), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Research on Green Infrastructures in Industrial Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Seminar "Planning Green Infrastructures for Industrial Cities: International Perspectives from Practitioners and Researchers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut polytechnique UniLaSalle Rouen (France) et ESALQ (University of Sao Paulo, Brazil), Nov 2025, Rouen (France) &amp; Piracicaba (Brazil), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Many Sustainable Ways to Green Industrial Cities - Future Research Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Seminar "Planning Green Infrastructures for Industrial Cities: International Perspectives from Practitioners and Researchers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut polytechnique UniLaSalle Rouen (France) and ESALQ (University of Sao Paulo, Brazil), Nov 2025, Rouen (France) &amp; Piracicaba (Brazil), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community gardens worldwide expansion: evaluation of various city cases in Spain and France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAKING AND DOING TRANSFORMATIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASST and 4S, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04658948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almeria agribusiness ecosystem: innovative and sustainable?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security through Innovation and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2024, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the effects of commercial applications of urban agriculture practices in the Parisian cityscape through an analysis of two actual real-life cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security through Innovation and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2024, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of urban agriculture in ensuring a healthy and sustainable food system in the metropolis of Rouen, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AScUS – Actionable Science for Urban Sustainability Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AScUS, Mar 2024, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based Method for Prioritising Brownfields Transformation into Multifunctional Urban Green Infrastructure: The Case of Rouen Metropolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadaf Pirouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“GAME CHANGER? Planning for just and sustainable urban regions”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP 2024 Annual Congress, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the nexus: Exploring conditions for digital platforms to foster sustainability in Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chkarat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginer, expérimenter et pérenniser la soutenabilité forte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Sep 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City agricultural systems, innovative alternatives for sustainability transitions: Evidence from case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam-Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Farm to Fork Congress. Our Food Our Health Our Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CATAA (Portugal), Nov 2023, Castelo Branco, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification de territoires industriels et durabilité : Cas de projets d’agriculture urbaine à Rouen et au Havre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain : initiatives pour une transition durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire UsinoVert, Institut polytechnique UniLaSalle, Nov 2023, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la co-construction d’un projet de valorisation de la viande du Marais Audomarois.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Rozanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien van Inghelandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Demarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème congrès de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2023, Rennes (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal Structure and Equity of Collective Management Organizations for GIs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Bardenhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worldwide Perspectives on Geographical Indications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Coopération Internationale en Recherche Agronomique pour le Développement [Cirad], Jul 2022, Montpellier, France. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural family entrepreneurship: Specificities, challenges, and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Labaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16TH EIASM WORKSHOP ON FAMILY FIRM MANAGEMENT RESEARCH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EIASM, Oct 2021, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légalisation du cannabis en France : vers une transition complexe de la filière française du chanvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Caveng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor de Rouffignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AMELECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URCA, Jul 2021, Reims (Distanciel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle systémique des motivations des agriculteurs en lien avec la valorisation de la biomasse agricole : Cas d'AgroChanvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées de recherche en sciences sociales SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER-CIRAD, Dec 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers and consumers in sustainable agrifood chains: innovation in governance forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rohenkohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Eckert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGLS Forum, Feb 2019, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intégration régionale des bioraffineries : quelle gouvernance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La bioéconomie : organisation, innovation, soutenabilité et territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER (Société Française d'Economie Rurale), Jun 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making process and socio-economic dynamics of agricultural actors. The case of a methanisation unit in the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Scientific Conference “Rural Development 2019: Research and Innovation for Bioeconomy”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vytautas Magnus University Agriculture Academy, Sep 2019, Kaunas, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le risque dans les nouvelles filières de valorisation de la biomasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conditions d’émergence d’une bioéconomie durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de recherche de la SFR Condorcet, Nov 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorial biorefinery in France. Innovation in governance forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Conference. Agriculture and Food in an Urbanized Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federal Univesity of Rio Grande do Sul, Sep 2018, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of vulnerability in mixed‐crop‐livestock farming systems ‐ a 14 years retrospective A focus on results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo‐rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conférence Coping with risks in agriculture: What challenges and prospects?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Intra-firm Coordination in Highly Innovative SMEs: Evidences from the Brazilian Agri-food Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bonn university (Germany), Feb 2018, Igls (Innsbruck), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers-inventors in agro-equipment: logic of action, accompaniment, diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous Techniques AXEMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational learning of CSR: collective initiatives and business strategies in the French agrifood sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAMA 2018 Conference. Sustainable Food Security 2050 Disruptive Innovations: better business, management, science, government.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2018, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques collectives et leaderships agricoles comme condition d'une bioéconomie localisée : l'exemple de projets de valorisation de biomasse en Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Family-Owned Firms Innovate Alone? The Case of the French Agri-food Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Materia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAMA World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2018, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction sociale du prix équitable : une innovation agile inversée ? Cas du lait de vache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d'été RRI 2017 : "L'innovation agile : quels défis pour les individus, les organisations et les territoires ? "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RRI, Aug 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking the alignment hypothesis with territoriality for the governance of agrifood chains: the case of “Terroirs de Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Demand Supply Chain Scientific Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AgroParisTech Chaire SDSC, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territory-based governance as a path towards agricultural sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards Sustainable Agrifood Systems: Balancing between Markets and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S'engager dans un circuit-court de valorisation de la biomasse : une sociologie des « pionniers » en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11es Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER (Société Française d'Economie Rurale), Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quantitative approach to assess farming systems vulnerability: an application to mixed crop-livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture in the bioeconomy: building organizational proximity with territorial biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV EAAE Congress. Towards Sustainable Agri-food Systems: Balancing Between Markets and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does information diffusion contribute to the adoption of good agricultural practices? A social network point of view. The case of the High Environmental Value certification in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAE Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and Interactions: A Bibliometrics Study on intra-firm Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International European Forum on System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bonn, Feb 2016, Igls (Innsbruck), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial Innovation in France: How a Biorefinery Strategy Works at a Regional Level ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the future: emerging priorities in regional policy and practice.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANZRSAI, Dec 2016, Melbourne (AUS), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des trajectoires de l'Agriculture Biologique en France : quelles cohérences des processus institutionnels à l'oeuvre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation à l'épreuve des crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Pierre-Mendès-France Grenoble 2, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective initiatives for the implementation of food safety management system standards in the USA and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie D Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Thiagarajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th EOQ Quality Congress. Is Quality a Philosophy or is it a Mindset ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EOQ and HMA (Greece), Jun 2015, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tendances et thématiques émergentes de la recherche sur le risque en agriculture : une approche par cartographie de réseau biparti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ghitalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORIANE. Organiser les entreprises, les institutions et les associations en présence du risque : innovation, analyse technique et managériale, évaluation et pérennisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Bayonne Pays Basque, Sep 2015, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Innovation in lock-ins: Insights from a French initiative of Fair Trade standardization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation for Sustainable Economy and Society (XXV ISPIM Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISPIM, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-GM&amp;quot; labels and poultry industry governance: insights from competing theories.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Ghozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Soregaroli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Conference of the Italian Association of Agricultural and Applied Economics (AIEAA) Alghero (SS),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIEAA, Jun 2014, Alghero (Sardaigne), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network interaction-based tools for CSR implementation in food SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kedge Business School, Sep 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une recherche technologique en sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lenay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Claude Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHST 2013-UPEC : sciences humaines en sciences et techniques – Les sciences humaines dans les parcours scientifiques et techniques professionnalisants : quelles finalités et quelles modalités pratiques ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPEC, Créteil, Feb 2013, Créteil, France. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20141305001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institutionnalisation de l'Agriculture Biologique en France : quelles cohérences des processus de normalisation, territoriales et sociotechniques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">«La Grande Transformation de l’Agriculture, vingt ans après»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Montpellier Sup Agro, Jun 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked innovation in motion: illustration with The NetGrow toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Fortuin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onno Omta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability and Innovation in Chains and Networks, Capri, Italy, 2014-06-04/2014-06-06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WUR, Pays-Bas, Jun 2014, Capri (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network learning effects of ISO 22000 standard implementation in a food SME: a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès International Pluridisciplinaire Qualité et Sûreté de Fonctionnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTC, Mar 2013, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing CSR implementation in SMEs through differentiated networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Georgia State University, Aug 2013, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorially integrated biorefinery: towards an economic, organizational and technological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Renewables Resources and Biorefineries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RRB, Ghent university, Jun 2013, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is fair trade labeling fair? A perspective through the relationships between producers, third-party certifiers and consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Fair Trade International Symposium and GeoFairTrade Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource combining and governance mechanisms in brand alliances: A path to analyze value creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 Global Marketing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Korean Academy of Marketing Science, Jul 2012, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions d'émergence des filières innovantes : propositions pour un agenda de recherche sur les bioraffineries végétales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème colloque ASRDLF 2012 « Industrie, villes et régions dans une économie mondialisée »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR ThéMA, Jul 2012, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau pour l'adoption de la RSE dans les PME agroalimentaires : le cas Destination Développement Durable®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPS/INSTEAD (Luxembourg) et CEREFIGE (Université de Lorraine), Jun 2011, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des scénarios appliquée aux territoires. L'exemple de l'avenir de la filière Betterave-Sucre de Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudule Kisempa Muyuala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ière Conférence Intercontinentale en Intelligence Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec en Outaouais, CEGEP en Outaouais, Oct 2011, Gatineau, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of R&D & Marketing integration on innovation and business performance in French food processing companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Fortuin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onno Omta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Sustainability in Innovation: Innovation Management Challenges“. XXII ISPIM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hamburg University of Technology, Jun 2011, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking a marketing innovation and local resources: the example of “Porcilin/Saveurs en’OR”, a regional brand with a nutritional attribute.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st European Congress of the Regional Science Association International – UB – 30th August/3rd September 2011 – Barcelona, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA (European Regional Science Association), Aug 2011, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation de marché et architecture de marque sur le marché du sucre de bouche : une approche comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference Marketing Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESCP-EAP, Jan 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du territoire dans les choix stratégiques des groupes sucriers français : enjeux et perspectives du changement institutionnel et concurrentiel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identité, Qualité et Compétitivité Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque joint ASRDLF - AISRe, Sep 2010, Aoste, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment between governance designs and quality management systems in European pork meat chains: A comparison between IKB (The Netherlands) and VPF (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Wever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nel Wognum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Broadening the scope of chains and networks. 9th Wageningen International Conference on Chain and Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, May 2010, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The many paths of value creation in brand alliances: Resource combining and governance mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Industrial Marketing Purchasing (IMP) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Euromed management, Sep 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization of value creation process in brand alliances: Static and dynamic view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 th Conference on Business Market Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Copenhagen Business School, Mar 2009, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The design of knowledge governance for innovation: The case of biobased activities in the Industry and Agro Resources French competitiveness cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Daadaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XXth ISPIM : “The Future of Innovation”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISPIM, Jun 2009, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the Choice of the Organizational Form in the European Bioethanol Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Ferchichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PENSA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Ribeiro Preto, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship governance within value creation systems. Analytical framework applied to the biobased sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Daadaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 th International Conference on Management in Agrifood Chains and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wagenigen University and Research, May 2008, Ede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale et environnementale des industriels laitiers et logiques territoriales. Le cas de la Picardie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delhoume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème congrès du RIODD « Responsabilité sociale et environnementale, nouvelles formes organisationnelles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Jun 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interorganizational Dynamics of Brand Alliances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Uppsala, Sep 2008, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value Creation in Brand Alliances: A Network Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 23rd IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Manchester Business School, Aug 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre d'analyse structurationniste des relations partenariales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII ème Conférence Internationale de l’Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, Jun 2004, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allocation of decision rights within networks: configuration and definition principles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Lugano, Sep 2003, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency, Effectiveness and the Design of Network Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 th International Conference on Chain Management in Agribusiness and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, Jun 2002, Noordwijk an Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of the Agri-food Chains as a Vector of Credibility for Quality Signalization in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EAAE Congress, "Exploring diversity in the European Agri-food System"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists), Aug 2002, Zaragoza (Saragosse), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality enforcement mechanisms and the governance of supply chains in the european agro-food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Annual Conference of the international Society of New Supply Chaine in European Agro-food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT, Sep 2002, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques et relations inter-entreprises dans les filières agroalimentaires : analyse par les structures de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du PESOR. Pilotage Economique et Social des ORganisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Sceaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Signals and Governance Structures within European Agro-food Chains: A New Institutional Economics Approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Mazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Polin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Economics of Contract in Agriculture and the Food Supply Chain", 78th EAAE Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Jun 2001, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic interdependence in networks: a governance perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insdustrial and Purchasing Marketing Group Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMP - BI Norwegian Business School, Sep 2001, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective brand governance and the design of interorganizational relationships.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EMAC Conference - Rethinking European Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Norwegian School of Economics - NHH, May 2001, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savéol and the Breton auction market : the efficiency of two ways of vertical coordination in the fresh tomato sector.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Chain Management in Agri- and Food Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, May 1996, Ede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban agriculture for a more sustainable and healthy food system in the Rouen metropolis, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion de Jovenes Investigadores Iberoamicanos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Valladolid, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR: New itineraries for agroecology using cooperative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiddad Igbida Labbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danès Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORLD FIRA 2023 - Forum international de la robotique agricole en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Toulouse, France. , pp.1-1, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Lasallian Institute of Applied Sciences for Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hummas Sohail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCUENTRO LA SALLE 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Beauvais - Rouen, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet &amp;quot;Réseau de sites démonstrateurs du pôle IAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème journée de la Recherche UniLaSalle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Beauvais, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de décision et dynamique socio-économique des acteurs agricoles dans une filière de méthanisation : cas de la centrale biométhane en Vermandois (Eppeville).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième journée d'études du réseau MéTSHS : "Méthanisation et Territoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MInndAgrM - Maîtriser l’innovation de l’Agro-Machinisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er forum Champs d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Caen, France. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.31582.33605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03581557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Management Systems Alignment in European Pork Chains: A Governance Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q Pork Chains International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Palma de Majorca, Spain. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The digitainability of the European agri-food system: New challenges and opportunities for business decision-making across system-, chain and network-, and firm-levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verena Otter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28 (3), pp.1-5, 2025, </w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Innovative business models in European agrifood systems: governance issues in an era of digitalization, societal demand and environmental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeve Henchion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Iliopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27, pp.1 - 145, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: Opportunities and challenges of EU farm-to-fork strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wiśniewska-Paluszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (5), pp.703 - 707, 2022, International Food and Agribusiness Management Review, </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/ifamr2022.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special track: European agrifood business in transition towards social responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24 (2), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science Special Issue: Networking for Innovation in agrifood SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (2), pp.79 - 81, 2014, Journal on Chain and Network Science, </w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/jcns2014.x002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. 2025, ISBN 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine III Animal & Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Ingénieur du XXIe siècle, 979-10-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution Agrotechnique Contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Caroux; Michel J.F. Dubois; Loïc Sauvée. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie de Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ingénieur au XXIe siècle, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine 1 - Les transformations de la culture technique agricole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-2-914279-15-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Responsabilité Sociétale des Entreprises Agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires Européennes. 2016, 978-3639480993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine. Les transformations de la culture technique agricole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. 2016, 978-2-914279-15-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix interorganisationnels dans les réseaux agroalimentaires. De la coordination à la structuration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires Européennes. 2010, 978-6131536014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical Coordination in Agribusiness: Concepts, Theories, and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Purdue University, Office of Agricultural Research Programs. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale. Regards croisés sur les territoires industriels en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu ubain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 6. Requalification de territoires industriels et durabilité. Cas de projets d’agriculture urbaine à Rouen et au Havre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu ubain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05111006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale. L’avenir industriel de la ville durable de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community-based urban agriculture for food justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivianne Cardoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Hani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban and Regional Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.11-40, 2023, </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-0-12-820286-9.00008-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning Governance of Quality with Quality Management Systems in Territory-Based Agrifood Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-206, 2022, 978-3-031-05263-7. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-05263-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques : une étude des facteurs de résistance des agriculteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Taibi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUAM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture et alimentation durables : Les enjeux et défis du changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 4, </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUAM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.328, 2022, Agriculture et alimentation durables, 9782731412529</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. Evolution agrotechnique contemporaine III. Animal & Technique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine III. Animal &amp; Technique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-19-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Evolution agrotechnique contemporaine III. Animal & Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine III. Animal &amp; Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-10-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agricultural innovation under digitalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dantan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Business Transformations in the Era of Digitalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-7262-6.ch015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse et développements. Evolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Évolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôl éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des élèves ingénieurs au développement durable -Une approche par et pour l'innovation pédagogique à LaSalle Beauvais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création, Créativité et Innovation dans la formation et l'activité d'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualiser la bioraffinerie territorialisée : quelle approche théorique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Industrielle et Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-35671-469-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE dans le secteur agroalimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur. L'expertise et scientifique de référence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Évolution agrotechnique contemporaine. Les transformations de la culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Agrotechnique Contemporaine. Les transformations de la culture technique agricole.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19539290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse et développements. Évolution agrotechnique contemporaine Les transformations de la culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine Les transformations de la culture technique agricole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19539290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France case studies: 3D Network, ARI Picardie and BioBourgogne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudule Kisempa Muyuala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centma Press, ILB, Bonn, Germany. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mapping Formal Networks and Identifying Their Role for Innovation in EU Food SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroalimentaire, la Responsabilité Sociétale des entreprises, levier d’une dynamique créatrice de valeur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Demeter 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cochon de Bretagne: a brand and producers’ organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wageningen Academic Publishers : Wageningen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European pork chains: Diversity and quality challenges in consumer-oriented production and distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978-90-8686-103-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-alimentaire: la qualité au cœur des relations entre agriculteurs, industriels et distributeurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Demeter 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination Efficiency: Proposals for a Framework. An Illustration with the Fresh Tomato Sector in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertical relationships and Coordination in the Food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Physica-Verlag HD, pp.579-596, 1999, Contributions to Economics, 978-3-642-48765-1. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-48765-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an institutional analysis of vertical coordination in agribusiness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The industrialization of agriculture: vertical coordination in the US food system.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate publishing, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR Project: Defining Agroecological Routes Using Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17700793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élevage français en quête d’avenir : accès au foncier, financement, aménagement…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Azizi Askri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment redonner une nouvelle vie aux friches industrielles en ville ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations et risques en agriculture : de quoi parle-t-on ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinvention d'une culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">150 idées pour la réussite de nos agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'innovation organisationnelle en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">150 idées pour la réussite de nos agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du RECyclage du phosphore (P) à partir de biomasse résiduaire pour la production de fertilisants déchet-sourcés : potentialités techniques, Economiques et Environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Aissani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants techniques et socio-économiques pour la substitution des engrais minéraux phosphatés par des MAFOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livrable du projet RECYPEE. 2025, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment accompagner un porteur de projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bleuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment fédérer les agriculteurs autour d'un projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champs d'innovations. Rapport sur le 1er, 2nd et 3ème Forum des Champs d’innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agricultures et Territoires. Chambres d'Agriculture Normandie. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment impliquer les acteurs du territoire dans votre projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaître le territoire pour faciliter l'ancrage d'une filière de la bioéconomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Wohlfahrt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NETGROW Project Full Name: Enhancing the innovativeness of food SMEs through the management of strategic network behaviour and network learning performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianka Kuhne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Hamman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghent University (Gand, Belgique). 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netgrow toolbox. Open-innovation tools for food SMEs, network managers and policy makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Klefoth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rowena Kleijwegt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wageningen University &amp; Research. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie laitière de l'Ouest de la France (Basse-Normandie, Bretagne, Pays-de-la-Loire) : enjeux et stratégies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Broussolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Brulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Léon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Philippot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Inconnu. 1994, 331 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la concurrence et groupes industriels. Le cas du secteur avicole en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Rennes 1, France, 1989. Français. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04271820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix interorganisationnels dans les réseaux agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Montpellier 2, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04262301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un accompagnement des filières territorialisées de la bioéconomie : la démarche FILABIOM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId400"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:89.583333333333px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Sauvée </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur unité de recherche InTerACT, Institut polytechnique UniLaSalle </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loic-sauvee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-9763-0126</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">S’inscrivant dans les filiations de la nouvelle économie institutionnelle et de l'économie territoriale, l’objectif central de notre projet scientifique est de fournir une représentation conceptuelle des choix de gouvernance dans les formes d'organisations en transition vers la durabilité. Plus précisément il est d’approfondir la compréhension du concept de gouvernance (son émergence, sa constitution, son mode de fonctionnement) pour les formes collaboratives territoriales constituées autour du capital cognitif : innovations sociotechniques et organisationnelles (RSE, systèmes de management de qualité agroalimentaire, modèles d’affaires de la bioéconomie territoriale), gouvernance territoriale des biens communs agro écologiques et des infrastructures vertes urbaines. Sa finalité, en tant que projet scientifique s’inscrivant dans l’école d’ingénieurs UniLaSalle, est de fournir des outils et des méthodes de diagnostic utiles aux décideurs quels qu’ils soient (entreprises, organisations professionnelles, collectivités territoriales, villes) dans leurs définitions de structures de gouvernance opérationnelles et décisionnelles, dès lors qu’une action collective stratégique en lien au territoire est engagée.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rooted in the principles of the new institutional economics and territorial economics, the central objective of our research project is to provide a conceptual framework for governance choices within organizations transitioning towards sustainability. More specifically, it aims to deepen our understanding of the concept of governance (its emergence, structure, and mode of operation) for collaborative territorial forms built around cognitive capital: socio-technical and organizational innovations (CSR, agri-food quality management systems, business models in the territorial bioeconomy), territorial governance of agro-ecological commons and of urban green infrastructures. As a research project within the UniLaSalle engineering school, its ultimate goal is to provide useful diagnostic tools and methods for decision-makers of all kinds (businesses, professional organizations, local authorities, cities) in defining operational and decision-making governance structures, whenever strategic collective action related to the territory is undertaken.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (53)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Infrastructures vertes dans les villes industrielles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling on-farm anaerobic digestion systems diversity: A typology analysis of Northern French farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Amsaguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Next Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 7, pp.101486. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nexres.2026.101486⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05517095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing agroecology and sustainability with agricultural robots at field level: A scoping review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computers and Electronics in Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 237 (B), pp.110650. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.compag.2025.110650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110984v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Planning Green Infrastructures for Industrial Cities. A Territorial Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoprogress journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 12 (1), pp.131-145. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20373/2384-9398/67⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05371100v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Disentangling metropolis-city relationships in the governance of sustainability transitions: An in-depth exploration of the case of Rouen, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 163, pp.106019. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cities.2025.106019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05076814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prioritizing brownfields transformation towards green infrastructure. The case of Rouen metropolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadaf Pirouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 7, </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech189⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance structures and stakeholder's involvement in Urban Agricultural projects: an analysis of four case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam-Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 27 (1), pp.76-93. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2023.0072⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Factors leading to differences in the internal structures of French agricultural quality groups: A typology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chris Bardenhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Sociology of Agriculture and Food</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 30 (2), pp.5-26. </w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.48416/ijsaf.v30i2.542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04853693v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovative business models in European agrifood systems: governance issues in an era of digitalization, societal demand and environmental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeve Henchion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Iliopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, pp.1-4. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2024.0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441047v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification territoriale soutenable par l'agriculture urbaine. Etudes de cas au Havre et à Rouen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maguette Demba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04727083v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reality vs. Expectations in the Implementation of Urban Agricultural Projects—A Polycentric Governance Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 8 (4), pp.260. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/urbansci8040260⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04848784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining agroecology and bioeconomy to meet the societal challenges of agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel-Pierre Faucon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Aussenac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Firmin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Houben</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 492, pp.61-78. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-023-06294-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04217791v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions for a Convergence between Digital Platforms and Sustainability in Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chkarat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Ecological Resilience, Next Generation EU and Sustainable Social Systems, 15 (19), pp.14195. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/su151914195⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04220261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prospects For The Transfer Of Innovation In The Rural World – The Case Of The Innovation Platform “Champs d'Innovation” In Normandy Region, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Journal of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 17 (1), pp.83-108. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.61225/rjrs.2023.04⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04148958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Neglected Enterprising Family in Agriculture: A Review and a Proposal for a Research Agenda in Management Sciences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Labaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Enterprising Culture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 30 (03), pp.241-278. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218495822300013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03831062v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La transition environnementale et numérique de l’agriculture française : Une approche par la dépendance au sentier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech149⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04355420v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opportunities and challenges of EU farm-to-fork strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wiśniewska-Paluszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 25 (5), pp.703-707. </w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR2022.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le label Qualimétha : quels impacts pour la filière méthanisation ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 415</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Regional Integration of Biorefineries in France: an Approach by the Territorial Innovation Models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Romanian Journal of Regional Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03436396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique agricole d’une filière de valorisation de la biomasse : cas de la Centrale Biométhane en Vermandois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 376, pp.37-53. </w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/economierurale.8849⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 24, pp.289 - 292. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/ifamr2021.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03286266v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Animal & Technique : Vers de nouveaux espaces de constitutivité des élevages</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.34746/cahierscostech100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262514v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network characteristics and the adoption of organisational innovation in the food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Entrepreneurship and Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (4/5), pp.320. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJEIM.2020.108248⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels accompagnements aux porteurs de projets pour la filière méthanisation à la ferme ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue L'Eau, L'Industrie, Les Nuisances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 432, pp.55-58</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociétale des entreprises (RSE) dans le secteur agroalimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'Ingénieur Agroalimentaire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.51257/a-v2-ag113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04305672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework to assess the economic vulnerability of farming systems: Application to mixed crop-livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agricultural Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 176, pp.102658. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.agsy.2019.102658⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutations de l'agromachinisme. Prémices d'un nouvel encyclopédisme des savoirs et des pratiques agricoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357411v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sustainable development as a driver for educational innovation in engineering school: the case of UniLaSalle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Engineering Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.570-588. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/03043797.2018.1501348⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254348v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transformations agrotechniques contemporaines : vers l'invention d'une nouvelle culture technique agricole ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers COSTECH - Cahiers Connaissance, organisation et systèmes techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04357373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food safety implementation in the perspective of network learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie D Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Thiagarajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Food Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 7, pp.17 - 29. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.7455/ijfs/7.2.2018.a2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03381864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-technological innovations from organisational design and change perspectives in VSEs and SMEs: the case of management systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Organisational Design and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (3/4), pp.177. </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJODE.2016.082339⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262218v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of non-GMO standards on poultry supply chain governance: transaction cost approach vs resource-based view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Ghozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Soregaroli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Supply Chain Management: An International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 21 (6), pp.743-758. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/SCM-03-2016-0089⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biorefineries in the bio-based economy: opportunities and challenges for economic research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Viaggi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bio-based and Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13128/BAE-18336⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261977v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorial biorefinery as a new business model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bio-based and Applied Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13128/BAE-15379⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The drivers for adoption of eco-innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilia Bonzanini Bossle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luciana Marques Vieira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cleaner Production</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 113, pp.861-872. </w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jclepro.2015.11.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How to promote, support and experiment sustainability in higher education institutions? The case of LaSalle Beauvais in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Innovation and Sustainable Development</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 9 (3/4), pp.227. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1504/IJISD.2015.071856⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridge and redundant ties in networks: the impact on innovation in food SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Innovation Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 18 (3), pp.355-379. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/EJIM-04-2014-0049⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04366503v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networking for innovation in agrifood SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.79-81. </w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2014.x002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyzing network effects of Corporate Social Responsibility implementation in food small and medium enterprises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghasem Shiri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14 (2), pp.103-115. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2014.x005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363397v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked innovation: a concept for knowledge-based agrifood business</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 14, pp.83 - 93. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/jcns2014.x003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03254823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid governance: sketching discrete alternatives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 13 (1), pp.1-9. </w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/JCNS2013.x230⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Implementation of a Quality Management Standard in a Food SME: A Network Learning Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal on Food System Dynamics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 3 (3), pp.214-227. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22004/ag.econ.144857⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interorganizational Dynamics of Brand Alliances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The IUP Journal of Brand Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 7 (4), pp.34-50</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372539v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value Creation in Brand Alliances: A Dynamic Conceptualization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of business market management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 4 (1), pp.3-25. </w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12087-010-0029-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning branding strategies and governance of business transactions in agrifood chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industrial and Corporate Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 18 (5), pp.835-868. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/icc/dtp026⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signaler et garantir la qualité du produit. La gouvernance des transactions dans les filières agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FaçSADe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 22, pp.1-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques et organisation des filières agroalimentaires : une analyse par la gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Economies et Sociétés. Série AG Systèmes agroalimentaires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 39, pp.837-854</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364214v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment between Quality Enforcement Devices and Governance Structures in the Agro-food Vertical Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Management and Governance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 9 (1), pp.47-77. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10997-005-1571-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Signes collectifs de qualité et structures de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 258 (1), pp.101-112. </w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.2000.5197⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04373021v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Common labelling and producer organisations : a transaction cost economics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 17 (2), pp.133-142</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691710v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing a brand in the tomato sector: authority and enforcement mechanisms in a collective organization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Horticulturae</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 536, pp.537-544</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination verticale dans l'industrie avicole : Une perspective institutionnelle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actes et communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, pp.185-205</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la concurrence dans l'industrie avicole française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Économie rurale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 204 (1), pp.41-45. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3406/ecoru.1991.4216⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04262234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban Agritecture: Towards Sustainable Agribusiness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seventh International Multidisciplinary Research Conference (IMRC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De La Salle Araneta University, Jan 2026, Manila, Philippines</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05516389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A systematic classification of agrobots to inform farmers’ choice and clarify market development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15. European Conference on Precision Agriculture (ECPA 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universitat Politècnica de Catalunya, Jun 2025, Barcelona, Spain. pp.991-997, </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1163/9789004725232_130⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban agriculture in Morocco -Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco Tomatis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">VIII Ibero-American Congress of Smart Cities</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centro de Innovación e Integración de Tecnologías Avanzadas and the Centro de Investigación en Computación of the Instituto Politécnico Nacional., Nov 2025, Puebla (Mexico), Mexico. pp.131-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05369676v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blockchain and digitainability across agrifood chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Blockchain and digitainability across food supply chains</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Universita Degli Studi di Palermo, Feb 2025, Palermo (Italy), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04991086v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unveiling On-Farm Anaerobic Digestion Systems Diversity: A Typology Analysis of Northern French Farms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salma Amsaguine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Gloaguen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Farming System Design Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE - AGROPARISTECH, Aug 2025, Palaiseau (91), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05375899v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Research on Green Infrastructures in Industrial Cities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Seminar "Planning Green Infrastructures for Industrial Cities: International Perspectives from Practitioners and Researchers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut polytechnique UniLaSalle Rouen (France) et ESALQ (University of Sao Paulo, Brazil), Nov 2025, Rouen (France) &amp; Piracicaba (Brazil), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424112v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Many Sustainable Ways to Green Industrial Cities - Future Research Perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Research Seminar "Planning Green Infrastructures for Industrial Cities: International Perspectives from Practitioners and Researchers"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut polytechnique UniLaSalle Rouen (France) and ESALQ (University of Sao Paulo, Brazil), Nov 2025, Rouen (France) &amp; Piracicaba (Brazil), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05424135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the effects of commercial applications of urban agriculture practices in the Parisian cityscape through an analysis of two actual real-life cases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security through Innovation and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2024, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of urban agriculture in ensuring a healthy and sustainable food system in the metropolis of Rouen, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AScUS – Actionable Science for Urban Sustainability Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AScUS, Mar 2024, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04523391v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Almeria agribusiness ecosystem: innovative and sustainable?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Security through Innovation and Sustainability</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2024, Almeria, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04621050v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community gardens worldwide expansion: evaluation of various city cases in Spain and France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAKING AND DOING TRANSFORMATIONS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EASST and 4S, Jul 2024, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04658948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A GIS-based Method for Prioritising Brownfields Transformation into Multifunctional Urban Green Infrastructure: The Case of Rouen Metropolis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sadaf Pirouzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“GAME CHANGER? Planning for just and sustainable urban regions”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AESOP 2024 Annual Congress, Jul 2024, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04644370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unraveling the nexus: Exploring conditions for digital platforms to foster sustainability in Agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Chkarat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Imaginer, expérimenter et pérenniser la soutenabilité forte</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Sep 2024, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04723431v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">City agricultural systems, innovative alternatives for sustainability transitions: Evidence from case studies in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam-Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis-Manuel Navas-Gracia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Farm to Fork Congress. Our Food Our Health Our Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CATAA (Portugal), Nov 2023, Castelo Branco, Portugal</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Requalification de territoires industriels et durabilité : Cas de projets d’agriculture urbaine à Rouen et au Havre.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain : initiatives pour une transition durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Chaire UsinoVert, Institut polytechnique UniLaSalle, Nov 2023, Rouen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Internal Structure and Equity of Collective Management Organizations for GIs in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christopher Bardenhagen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Odile Nozières-Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phillip Howard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Worldwide Perspectives on Geographical Indications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Centre de Coopération Internationale en Recherche Agronomique pour le Développement [Cirad], Jul 2022, Montpellier, France. 2p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03791207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la co-construction d’un projet de valorisation de la viande du Marais Audomarois.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Rozanes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien van Inghelandt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Lacour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Demarthe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58ème congrès de l'ASRDLF (Association de Science Régionale de Langue Française)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2023, Rennes (FR), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280434v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agricultural family entrepreneurship: Specificities, challenges, and perspectives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rania Labaki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16TH EIASM WORKSHOP ON FAMILY FIRM MANAGEMENT RESEARCH</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EIASM, Oct 2021, Bruxelles, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Légalisation du cannabis en France : vers une transition complexe de la filière française du chanvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémie Bastien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Caveng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aliénor de Rouffignac</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Debref</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Remy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire AMELECA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, URCA, Jul 2021, Reims (Distanciel), France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle systémique des motivations des agriculteurs en lien avec la valorisation de la biomasse agricole : Cas d'AgroChanvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">14èmes journées de recherche en sciences sociales SFER-CIRAD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER-CIRAD, Dec 2020, Clermont-Ferrand, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers and consumers in sustainable agrifood chains: innovation in governance forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rohenkohl</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Daniele Eckert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IGLS Forum, Feb 2019, Garmisch-Partenkirchen, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'intégration régionale des bioraffineries : quelle gouvernance ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La bioéconomie : organisation, innovation, soutenabilité et territoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER (Société Française d'Economie Rurale), Jun 2019, Reims, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Decision-making process and socio-economic dynamics of agricultural actors. The case of a methanisation unit in the North of France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 9th International Scientific Conference “Rural Development 2019: Research and Innovation for Bioeconomy”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Vytautas Magnus University Agriculture Academy, Sep 2019, Kaunas, Lithuania</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le risque dans les nouvelles filières de valorisation de la biomasse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les conditions d’émergence d’une bioéconomie durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Séminaire de recherche de la SFR Condorcet, Nov 2019, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorial biorefinery in France. Innovation in governance forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third International Conference. Agriculture and Food in an Urbanized Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Federal Univesity of Rio Grande do Sul, Sep 2018, Porto Alegre, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287709v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Intra-firm Coordination in Highly Innovative SMEs: Evidences from the Brazilian Agri-food Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Bonn university (Germany), Feb 2018, Igls (Innsbruck), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Farmers-inventors in agro-equipment: logic of action, accompaniment, diffusion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rendez-vous Techniques AXEMA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2018, Beauvais, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational learning of CSR: collective initiatives and business strategies in the French agrifood sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAMA 2018 Conference. Sustainable Food Security 2050 Disruptive Innovations: better business, management, science, government.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2018, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determinants of vulnerability in mixed‐crop‐livestock farming systems ‐ a 14 years retrospective A focus on results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo‐rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International conférence Coping with risks in agriculture: What challenges and prospects?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2018, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques collectives et leaderships agricoles comme condition d'une bioéconomie localisée : l'exemple de projets de valorisation de biomasse en Hauts-de-France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Jeunes Chercheurs Condorcet</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2018, Amiens, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can Family-Owned Firms Innovate Alone? The Case of the French Agri-food Sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Materia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IFAMA World Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IFAMA, Jun 2018, Buenos Aires, Argentina</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372841v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construction sociale du prix équitable : une innovation agile inversée ? Cas du lait de vache</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecole d'été RRI 2017 : "L'innovation agile : quels défis pour les individus, les organisations et les territoires ? "</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RRI, Aug 2017, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking the alignment hypothesis with territoriality for the governance of agrifood chains: the case of “Terroirs de Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Demand Supply Chain Scientific Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AgroParisTech Chaire SDSC, Jun 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S'engager dans un circuit-court de valorisation de la biomasse : une sociologie des « pionniers » en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11es Journées de Recherches en Sciences Sociales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFER (Société Française d'Economie Rurale), Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territory-based governance as a path towards agricultural sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards Sustainable Agrifood Systems: Balancing between Markets and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How does information diffusion contribute to the adoption of good agricultural practices? A social network point of view. The case of the High Environmental Value certification in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAAE Congress</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04369005v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A quantitative approach to assess farming systems vulnerability: an application to mixed crop-livestock systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Ingrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Journées de Recherches en Sciences Sociales (JRSS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agriculture in the bioeconomy: building organizational proximity with territorial biorefineries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XV EAAE Congress. Towards Sustainable Agri-food Systems: Balancing Between Markets and Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Aug 2017, Parma, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04288008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovation and Interactions: A Bibliometrics Study on intra-firm Coordination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joao Heitor de Avila Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcia Dutra de Barcellos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International European Forum on System Dynamics and Innovation in Food Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Bonn, Feb 2016, Igls (Innsbruck), Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territorial Innovation in France: How a Biorefinery Strategy Works at a Regional Level ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Towards the future: emerging priorities in regional policy and practice.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ANZRSAI, Dec 2016, Melbourne (AUS), Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04346299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diversité des trajectoires de l'Agriculture Biologique en France : quelles cohérences des processus institutionnels à l'oeuvre ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La théorie de la régulation à l'épreuve des crises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université Pierre-Mendès-France Grenoble 2, Jun 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective initiatives for the implementation of food safety management system standards in the USA and France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie D Bourquin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deepa Thiagarajan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59th EOQ Quality Congress. Is Quality a Philosophy or is it a Mindset ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EOQ and HMA (Greece), Jun 2015, Athènes, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tendances et thématiques émergentes de la recherche sur le risque en agriculture : une approche par cartographie de réseau biparti</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inès Sneessens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Ghitalla</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ORIANE. Organiser les entreprises, les institutions et les associations en présence du risque : innovation, analyse technique et managériale, évaluation et pérennisation sociale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IUT Bayonne Pays Basque, Sep 2015, Bayonne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Social Innovation in lock-ins: Insights from a French initiative of Fair Trade standardization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo-Rakotobe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation for Sustainable Economy and Society (XXV ISPIM Conference)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISPIM, Jun 2014, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Non-GM&amp;quot; labels and poultry industry governance: insights from competing theories.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Ghozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefano Boccaletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudio Soregaroli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Conference of the Italian Association of Agricultural and Applied Economics (AIEAA) Alghero (SS),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIEAA, Jun 2014, Alghero (Sardaigne), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network interaction-based tools for CSR implementation in food SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Kedge Business School, Sep 2014, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour une recherche technologique en sciences humaines et sociales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Lenay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Salembier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Lamard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Claude Lequin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">SHST 2013-UPEC : sciences humaines en sciences et techniques – Les sciences humaines dans les parcours scientifiques et techniques professionnalisants : quelles finalités et quelles modalités pratiques ?</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UPEC, Créteil, Feb 2013, Créteil, France. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/shsconf/20141305001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'institutionnalisation de l'Agriculture Biologique en France : quelles cohérences des processus de normalisation, territoriales et sociotechniques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianasolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">«La Grande Transformation de l’Agriculture, vingt ans après»</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Montpellier Sup Agro, Jun 2014, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04321226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Networked innovation in motion: illustration with The NetGrow toolbox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Fortuin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onno Omta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainability and Innovation in Chains and Networks, Capri, Italy, 2014-06-04/2014-06-06</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, WUR, Pays-Bas, Jun 2014, Capri (IT), Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Network learning effects of ISO 22000 standard implementation in a food SME: a case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10ème Congrès International Pluridisciplinaire Qualité et Sûreté de Fonctionnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UTC, Mar 2013, Compiègne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Managing CSR implementation in SMEs through differentiated networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">29th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Georgia State University, Aug 2013, Atlanta, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The territorially integrated biorefinery: towards an economic, organizational and technological transition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9th International Conference on Renewables Resources and Biorefineries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RRB, Ghent university, Jun 2013, Anvers, Belgium</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is fair trade labeling fair? A perspective through the relationships between producers, third-party certifiers and consumers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th Fair Trade International Symposium and GeoFairTrade Final Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2012, Liverpool, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Resource combining and governance mechanisms in brand alliances: A path to analyze value creation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2012 Global Marketing Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Korean Academy of Marketing Science, Jul 2012, Seoul (Korea), South Korea</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04363358v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conditions d'émergence des filières innovantes : propositions pour un agenda de recherche sur les bioraffineries végétales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Huet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Jollivet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">49ème colloque ASRDLF 2012 « Industrie, villes et régions dans une économie mondialisée »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, UMR ThéMA, Jul 2012, Belfort, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313165v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un réseau pour l'adoption de la RSE dans les PME agroalimentaires : le cas Destination Développement Durable®</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6ème Congrès du RIODD</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CEPS/INSTEAD (Luxembourg) et CEREFIGE (Université de Lorraine), Jun 2011, Luxembourg, Luxembourg</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297418v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La méthode des scénarios appliquée aux territoires. L'exemple de l'avenir de la filière Betterave-Sucre de Picardie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudule Kisempa Muyuala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1ière Conférence Intercontinentale en Intelligence Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université du Québec en Outaouais, CEGEP en Outaouais, Oct 2011, Gatineau, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04307476v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of R&D & Marketing integration on innovation and business performance in French food processing companies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Lemullier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frances Fortuin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Onno Omta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">“Sustainability in Innovation: Innovation Management Challenges“. XXII ISPIM Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Hamburg University of Technology, Jun 2011, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296589v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Linking a marketing innovation and local resources: the example of “Porcilin/Saveurs en’OR”, a regional brand with a nutritional attribute.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">51st European Congress of the Regional Science Association International – UB – 30th August/3rd September 2011 – Barcelona, Spain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ERSA (European Regional Science Association), Aug 2011, Barcelona, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04286774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Segmentation de marché et architecture de marque sur le marché du sucre de bouche : une approche comparative</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference Marketing Trends</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ESCP-EAP, Jan 2011, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04364999v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La place du territoire dans les choix stratégiques des groupes sucriers français : enjeux et perspectives du changement institutionnel et concurrentiel.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identité, Qualité et Compétitivité Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Colloque joint ASRDLF - AISRe, Sep 2010, Aoste, Italie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alignment between governance designs and quality management systems in European pork meat chains: A comparison between IKB (The Netherlands) and VPF (France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark Wever</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nel Wognum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Broadening the scope of chains and networks. 9th Wageningen International Conference on Chain and Network Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, May 2010, Wageningen, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The many paths of value creation in brand alliances: Resource combining and governance mechanisms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25th Industrial Marketing Purchasing (IMP) Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Euromed management, Sep 2009, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287636v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualization of value creation process in brand alliances: Static and dynamic view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4 th Conference on Business Market Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Copenhagen Business School, Mar 2009, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling the Choice of the Organizational Form in the European Bioethanol Industry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia Ferchichi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PENSA Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2009, Ribeiro Preto, Brazil</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The design of knowledge governance for innovation: The case of biobased activities in the Industry and Agro Resources French competitiveness cluster</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Daadaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The XXth ISPIM : “The Future of Innovation”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ISPIM, Jun 2009, Vienna, Austria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationship governance within value creation systems. Analytical framework applied to the biobased sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Latifa Daadaoui</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 th International Conference on Management in Agrifood Chains and Networks</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wagenigen University and Research, May 2008, Ede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297549v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Responsabilité sociale et environnementale des industriels laitiers et logiques territoriales. Le cas de la Picardie.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Delhoume</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3ème congrès du RIODD « Responsabilité sociale et environnementale, nouvelles formes organisationnelles »</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, RIODD, Jun 2008, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Interorganizational Dynamics of Brand Alliances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 24th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Uppsala, Sep 2008, Uppsala, Sweden</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Value Creation in Brand Alliances: A Network Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mantiaba Coulibaly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 23rd IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Manchester Business School, Aug 2007, Manchester, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368034v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un cadre d'analyse structurationniste des relations partenariales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIII ème Conférence Internationale de l’Association Internationale de Management Stratégique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AIMS, Jun 2004, Le Havre, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allocation of decision rights within networks: configuration and definition principles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19th IMP Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Lugano, Sep 2003, Lugano, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04368031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficiency, Effectiveness and the Design of Network Governance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5 th International Conference on Chain Management in Agribusiness and the Food Industry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, Jun 2002, Noordwijk an Zee, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Governance of the Agri-food Chains as a Vector of Credibility for Quality Signalization in Europe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th EAAE Congress, "Exploring diversity in the European Agri-food System"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists), Aug 2002, Zaragoza (Saragosse), Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04365457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality enforcement mechanisms and the governance of supply chains in the european agro-food sector</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6. Annual Conference of the international Society of New Supply Chaine in European Agro-food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, MIT, Sep 2002, Cambridge, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02982139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marques et relations inter-entreprises dans les filières agroalimentaires : analyse par les structures de gouvernance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès du PESOR. Pilotage Economique et Social des ORganisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2002, Sceaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02758794v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Signals and Governance Structures within European Agro-food Chains: A New Institutional Economics Approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Armelle Mazé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Polin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Raynaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">"Economics of Contract in Agriculture and the Food Supply Chain", 78th EAAE Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAAE (European Association of Agricultural Economists, Jun 2001, Copenhagen, Denmark</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297492v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategic interdependence in networks: a governance perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Insdustrial and Purchasing Marketing Group Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IMP - BI Norwegian Business School, Sep 2001, Oslo, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Collective brand governance and the design of interorganizational relationships.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30th EMAC Conference - Rethinking European Marketing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Norwegian School of Economics - NHH, May 2001, Bergen, Norway</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Savéol and the Breton auction market : the efficiency of two ways of vertical coordination in the fresh tomato sector.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Chain Management in Agri- and Food Business</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Wageningen University and Research, May 1996, Ede, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Urban agriculture for a more sustainable and healthy food system in the Rouen metropolis, France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiam Fatiha Boukharta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Manuel Navas-Gracia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leticia Chico-Santamarta</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reunion de Jovenes Investigadores Iberoamicanos</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Valladolid, Spain. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04583754v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR: New itineraries for agroecology using cooperative robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Lenain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouiddad Igbida Labbani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Danès Patrick</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">WORLD FIRA 2023 - Forum international de la robotique agricole en action</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2023, Toulouse, France. , pp.1-1, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04205666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">International Lasallian Institute of Applied Sciences for Sustainability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hummas Sohail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ENCUENTRO LA SALLE 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2022, Beauvais - Rouen, France. 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04823003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processus de décision et dynamique socio-économique des acteurs agricoles dans une filière de méthanisation : cas de la centrale biométhane en Vermandois (Eppeville).</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Deuxième journée d'études du réseau MéTSHS : "Méthanisation et Territoires"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280862v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet &amp;quot;Réseau de sites démonstrateurs du pôle IAR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oumayma Essofi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2ème journée de la Recherche UniLaSalle</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Beauvais, France. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MInndAgrM - Maîtriser l’innovation de l’Agro-Machinisme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Combaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1er forum Champs d'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Caen, France. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.13140/RG.2.2.31582.33605⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03581557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Management Systems Alignment in European Pork Chains: A Governance Perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Q Pork Chains International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Palma de Majorca, Spain. 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04322669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The digitainability of the European agri-food system: New challenges and opportunities for business decision-making across system-, chain and network-, and firm-levels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Verena Otter</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28 (3), pp.1-5, 2025, </w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/IFAMR0002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05134799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special Issue: Innovative business models in European agrifood systems: governance issues in an era of digitalization, societal demand and environmental challenges</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maeve Henchion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constantine Iliopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 27, pp.1 - 145, 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04455887v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: Opportunities and challenges of EU farm-to-fork strategy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariantonietta Fiore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joanna Wiśniewska-Paluszak</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 25 (5), pp.703 - 707, 2022, International Food and Agribusiness Management Review, </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.22434/ifamr2022.x001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special track: European agrifood business in transition towards social responsibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Food and Agribusiness Management Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 24 (2), 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301528v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science Special Issue: Networking for Innovation in agrifood SMEs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal on Chain and Network Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14 (2), pp.79 - 81, 2014, Journal on Chain and Network Science, </w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3920/jcns2014.x002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">N°spécial de revue/special issue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04330489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. 2025, ISBN 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05103149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine III Animal & Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Ingénieur du XXIe siècle, 979-10-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04261187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution Agrotechnique Contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Delphine Caroux; Michel J.F. Dubois; Loïc Sauvée. </w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Université de technologie de Belfort-Montbéliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Ingénieur au XXIe siècle, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Responsabilité Sociétale des Entreprises Agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires Européennes. 2016, 978-3639480993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine. Les transformations de la culture technique agricole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. 2016, 978-2-914279-15-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293856v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine 1 - Les transformations de la culture technique agricole.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2016, 978-2-914279-15-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04254417v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix interorganisationnels dans les réseaux agroalimentaires. De la coordination à la structuration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Editions Universitaires Européennes. 2010, 978-6131536014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04281040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vertical Coordination in Agribusiness: Concepts, Theories, and Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Purdue University, Office of Agricultural Research Programs. 1994</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287107v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (22)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction générale. Regards croisés sur les territoires industriels en milieu urbain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu ubain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110980v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapitre 6. Requalification de territoires industriels et durabilité. Cas de projets d’agriculture urbaine à Rouen et au Havre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu ubain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05111006v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion générale. L’avenir industriel de la ville durable de demain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Territoires industriels en milieu urbain</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 979-10-91901-80-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05110993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Community-based urban agriculture for food justice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vivianne Cardoze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julia Hani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Urban and Regional Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier, pp.11-40, 2023, </w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/b978-0-12-820286-9.00008-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04215997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aligning Governance of Quality with Quality Management Systems in Territory-Based Agrifood Chains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Landscape Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Springer International Publishing</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.183-206, 2022, 978-3-031-05263-7. </w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-05263-7_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04277551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes numériques : une étude des facteurs de résistance des agriculteurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tarek Abid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Taibi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">PUAM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Agriculture et alimentation durables : Les enjeux et défis du changement climatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tome 4, </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PUAM</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.328, 2022, Agriculture et alimentation durables, 9782731412529</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04160202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conclusion. Evolution agrotechnique contemporaine III. Animal & Technique.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine III. Animal &amp; Technique.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-19-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293852v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Evolution agrotechnique contemporaine III. Animal & Technique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Asma Ben Othmen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine III. Animal &amp; Technique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 979-10-91901-47-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The agricultural innovation under digitalization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Dantan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mehdi Jaber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Business Transformations in the Era of Digitalization</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4018/978-1-5225-7262-6.ch015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03154009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Évolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôl éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse et développements. Evolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Caroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution agrotechnique contemporaine II. Transformations de l'agro-machinisme : fonction, puissance, information, invention</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 979-10-91901-30-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Former des élèves ingénieurs au développement durable -Une approche par et pour l'innovation pédagogique à LaSalle Beauvais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création, Créativité et Innovation dans la formation et l'activité d'ingénieur</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03255913v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptualiser la bioraffinerie territorialisée : quelle approche théorique ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëlle Kotbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses des Mines. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ecologie Industrielle et Territoriale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 978-2-35671-469-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RSE dans le secteur agroalimentaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Techniques de l'ingénieur. L'expertise et scientifique de référence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04280819v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction. Évolution agrotechnique contemporaine. Les transformations de la culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.-F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Evolution Agrotechnique Contemporaine. Les transformations de la culture technique agricole.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19539290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synthèse et développements. Évolution agrotechnique contemporaine Les transformations de la culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel J.F. Dubois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pôle éditorial de l'UTBM. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Évolution agrotechnique contemporaine Les transformations de la culture technique agricole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 19539290</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">France case studies: 3D Network, ARI Picardie and BioBourgogne.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gudule Kisempa Muyuala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Centma Press, ILB, Bonn, Germany. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Mapping Formal Networks and Identifying Their Role for Innovation in EU Food SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287404v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agroalimentaire, la Responsabilité Sociétale des entreprises, levier d’une dynamique créatrice de valeur ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Demeter 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275836v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Cochon de Bretagne: a brand and producers’ organisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wageningen Academic Publishers : Wageningen. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European pork chains: Diversity and quality challenges in consumer-oriented production and distribution</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 978-90-8686-103-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04287087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agro-alimentaire: la qualité au cœur des relations entre agriculteurs, industriels et distributeurs.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Egizio Valceschini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le Demeter 2004</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coordination Efficiency: Proposals for a Framework. An Illustration with the Fresh Tomato Sector in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Françoise Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Vertical relationships and Coordination in the Food Sector</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Physica-Verlag HD, pp.579-596, 1999, Contributions to Economics, 978-3-642-48765-1. </w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-642-48765-1_34⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04297365v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Toward an institutional analysis of vertical coordination in agribusiness.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The industrialization of agriculture: vertical coordination in the US food system.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Ashgate publishing, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NINSAR Project: Defining Agroecological Routes Using Robots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Naim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maryem Cherni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Medici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025, </w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.17700793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05380224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’élevage français en quête d’avenir : accès au foncier, financement, aménagement…</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Stephens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amal Azizi Askri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment redonner une nouvelle vie aux friches industrielles en ville ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabiana Fabri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05156870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Innovations et risques en agriculture : de quoi parle-t-on ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04296620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réinvention d'une culture technique agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">150 idées pour la réussite de nos agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Penser l'innovation organisationnelle en agriculture</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">150 idées pour la réussite de nos agricultures</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04293816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact du RECyclage du phosphore (P) à partir de biomasse résiduaire pour la production de fertilisants déchet-sourcés : potentialités techniques, Economiques et Environnementales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lynda Aissani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Thiriet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">INRAE. 2025, 10 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05020704v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déterminants techniques et socio-économiques pour la substitution des engrais minéraux phosphatés par des MAFOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marilys Pradel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacky Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas de Freitas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Piron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cassandra Lenoir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Livrable du projet RECYPEE. 2025, 107 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04885386v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment accompagner un porteur de projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Bleuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Champs d'innovations. Rapport sur le 1er, 2nd et 3ème Forum des Champs d’innovations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ion Lucian Ceapraz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fatma Fourati-Jamoussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nalini Rakotonandraina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davide Rizzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agricultures et Territoires. Chambres d'Agriculture Normandie. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345684v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment fédérer les agriculteurs autour d'un projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FILABIOM. Comment impliquer les acteurs du territoire dans votre projet ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Graziella Haudry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04490538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Connaître le territoire pour faciliter l'ancrage d'une filière de la bioéconomie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucile Godard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miravo Rakotovao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Wohlfahrt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agro-Transfert Ressources et Territoires. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313533v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Netgrow toolbox. Open-innovation tools for food SMEs, network managers and policy makers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Klefoth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rowena Kleijwegt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Wageningen University &amp; Research. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04406577v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NETGROW Project Full Name: Enhancing the innovativeness of food SMEs through the management of strategic network behaviour and network learning performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Gellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bianka Kuhne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Hamman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zam-Zam Abdirahman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ghent University (Gand, Belgique). 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04313637v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'industrie laitière de l'Ouest de la France (Basse-Normandie, Bretagne, Pays-de-la-Loire) : enjeux et stratégies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Broussolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Brulé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Gouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Léon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Baptiste Philippot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Travaux universitaires] Inconnu. 1994, 331 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01954706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamique de la concurrence et groupes industriels. Le cas du secteur avicole en France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Rennes 1, France, 1989. Français. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04271820v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix interorganisationnels dans les réseaux agroalimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences de l'Homme et Société. Université de Montpellier 2, 2002</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-04262301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Document associé à des manifestations scientifiques (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pour un accompagnement des filières territorialisées de la bioéconomie : la démarche FILABIOM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eline Dubarral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Sauvée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Document associé à des manifestations scientifiques</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04372963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId401"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="EAD40A53"/>
+    <w:nsid w:val="20EE4E70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-sauvee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9763-0126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05456870v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Fabri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sauv&#233;e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517095v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Amsaguine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gloaguen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nexres.2026.101486" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Naim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Medici" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110650" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05371100v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20373/2384-9398/67" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076814v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam Fatiha Boukharta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Chico-Santamarta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Manuel Navas-Gracia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cities.2025.106019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04583717v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadaf Pirouzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech189" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam-Fatiha Boukharta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Manuel Navas-Gracia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2023.0072" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04853693v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Bardenhagen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Howard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48416/ijsaf.v30i2.542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04441047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeve Henchion" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Iliopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2024.0001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04727083v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguette Demba" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04848784v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/urbansci8040260" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220261v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Chkarat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Abid" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151914195" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148958v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Ceapraz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61225/rjrs.2023.04" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831062v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Labaki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Cherni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218495822300013" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355420v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.-F. Dubois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo-Rakotobe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech149" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262035v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonietta Fiore" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wi&#347;niewska-Paluszak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2022.x001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280443v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Dubarral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436396v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miravo Rakotovao" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262228v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Godard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.8849" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286266v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/ifamr2021.x001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262514v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Asma Ben Othmen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech100" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364188v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zam-Zam Abdirahman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghasem Shiri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2020.108248" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357328v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04305672v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-ag113" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428208v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sneessens" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102658" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caroux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.F. Dubois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357373v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254348v2" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati-Jamoussi" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Agn&#232;s" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2018.1501348" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381864v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie D Bourquin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Thiagarajan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7455/ijfs/7.2.2018.a2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261977v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Viaggi" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/BAE-18336" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261899v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Ghozzi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Soregaroli" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Boccaletti" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-03-2016-0089" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262218v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJODE.2016.082339" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261940v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Kotbi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/BAE-15379" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365426v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Bonzanini Bossle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Dutra de Barcellos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Marques Vieira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2015.11.033" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363357v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati Jamoussi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJISD.2015.071856" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04366503v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJIM-04-2014-0049" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262221v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2014.x002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363397v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2014.x005" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254823v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/jcns2014.x003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262213v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2013.x230" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369926v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.144857" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372539v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364220v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12087-010-0029-1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364447v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egizio Valceschini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icc/dtp026" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A17593927D0E981F0DB7973F4EC786652D4F818/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671897v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364214v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364442v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10997-005-1571-1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A512F63016A6ADB38449C65D91689C8DCFF25E0C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04373021v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2000.5197" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691710v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365446v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363058v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262234v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.1991.4216" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156704v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_130" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04991086v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05369676v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Tomatis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05375899v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05424112v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05424135v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04658948v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621050v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621049v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04523391v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04644370v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04723431v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301403v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363071v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280434v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rozanes" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien van Inghelandt" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacour" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Demarthe" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791207v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bardenhagen" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Howard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280439v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287128v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Essofi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Rakotonandraina" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280892v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rohenkohl" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Dutra" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Eckert" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322147v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Lucian Ceapraz" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281070v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280844v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287709v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785171v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo&#8208;rakotobe" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281206v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Heitor de Avila Santos" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275948v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280874v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287990v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372841v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Materia" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287973v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296497v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346799v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281211v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734677v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04288008v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04369005v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286921v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346299v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04321250v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301473v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281185v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ghitalla" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286611v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286485v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363396v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04307441v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lenay" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salembier" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lamard" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Claude Lequin" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20141305001" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04321226v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286563v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Fortuin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onno Omta" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372758v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363402v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313141v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jollivet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363353v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly-Ballet" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363358v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313165v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297418v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04307476v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudule Kisempa Muyuala" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296589v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemullier" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286774v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364999v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296537v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296566v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wever" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nel Wognum" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287636v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313148v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287652v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Daadaoui" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287663v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Ferchichi" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297549v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287283v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delhoume" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368038v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368034v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287352v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368031v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365452v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365457v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982139v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758794v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297492v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Maz&#233;" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Polin" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287323v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313155v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297596v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Philippe" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04583754v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205666v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiddad Igbida Labbani" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan&#232;s Patrick" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04823003v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hummas Sohail" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04345750v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280862v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581557v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Combaud" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31582.33605" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322669v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05134799v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Otter" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR0002" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455887v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301535v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/ifamr2022.x001" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301528v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04330489v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/jcns2014.x002" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05103149v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261187v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utbm.fr/editions/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254608v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100181000" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254417v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281045v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293856v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281040v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287107v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05110980v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05111006v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05110993v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215997v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivianne Cardoze" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hani" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-820286-9.00008-x" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277551v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-05263-7_6" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05263-7_6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04160202v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Taibi" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/agriculture-alimentation-durables-0" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293852v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293846v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154009v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.F Dubois" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dantan" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Jaber" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-7262-6.ch015" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293837v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293839v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255913v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301671v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280819v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293333v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293338v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287404v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275836v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287087v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275824v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297365v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-48765-1_34" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275809v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380224v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17700793" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05073147v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Stephens" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Azizi Askri" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05156870v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296620v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293822v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293816v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020704v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885386v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Mazoyer" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Freitas" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490659v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Preudhomme" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Haudry" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bleuze" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490610v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04345684v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490538v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313533v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313637v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gellynck" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianka Kuhne" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hamman" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04406577v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Klefoth" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Kleijwegt" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954706v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Broussolle" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Brul&#233;" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gouin" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves L&#233;on" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Philippot" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04271820v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04262301v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372963v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loic-sauvee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9763-0126" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05456870v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiana Fabri" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Sauv&#233;e" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05517095v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma Amsaguine" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gloaguen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nexres.2026.101486" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05110984v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Naim" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Rizzo" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Medici" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compag.2025.110650" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05371100v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20373/2384-9398/67" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05076814v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam Fatiha Boukharta" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leticia Chico-Santamarta" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Manuel Navas-Gracia" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cities.2025.106019" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04583717v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sadaf Pirouzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech189" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346999v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiam-Fatiha Boukharta" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis-Manuel Navas-Gracia" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2023.0072" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04853693v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Bardenhagen" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Howard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Nozi&#232;res-Petit" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.48416/ijsaf.v30i2.542" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04441047v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeve Henchion" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantine Iliopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2024.0001" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04727083v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maguette Demba" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04848784v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/urbansci8040260" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04217791v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel-Pierre Faucon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Aussenac" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Debref" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Firmin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Houben" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-023-06294-y" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04220261v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Chkarat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Abid" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/su151914195" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04148958v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucian Ceapraz" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.61225/rjrs.2023.04" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03831062v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rania Labaki" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maryem Cherni" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218495822300013" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04355420v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.-F. Dubois" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo-Rakotobe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech149" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262035v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariantonietta Fiore" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joanna Wi&#347;niewska-Paluszak" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR2022.x001" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280443v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eline Dubarral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03436396v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miravo Rakotovao" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262228v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Godard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/economierurale.8849" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03286266v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/ifamr2021.x001" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262514v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Asma Ben Othmen" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34746/cahierscostech100" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364188v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zam-Zam Abdirahman" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghasem Shiri" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJEIM.2020.108248" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357328v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04305672v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.51257/a-v2-ag113" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04428208v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Sneessens" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Ingrand" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.agsy.2019.102658" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357411v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Caroux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.F. Dubois" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254348v2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati-Jamoussi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Agn&#232;s" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Leroux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03043797.2018.1501348" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04357373v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381864v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie D Bourquin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepa Thiagarajan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7455/ijfs/7.2.2018.a2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262218v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJODE.2016.082339" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261899v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Ghozzi" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Soregaroli" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefano Boccaletti" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/SCM-03-2016-0089" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261977v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davide Viaggi" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/BAE-18336" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04261940v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Kotbi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13128/BAE-15379" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365426v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilia Bonzanini Bossle" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Dutra de Barcellos" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciana Marques Vieira" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jclepro.2015.11.033" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363357v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatma Fourati Jamoussi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJISD.2015.071856" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04366503v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/EJIM-04-2014-0049" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262221v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2014.x002" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363397v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2014.x005" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03254823v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/jcns2014.x003" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262213v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/JCNS2013.x230" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04369926v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22004/ag.econ.144857" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372539v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364220v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12087-010-0029-1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04364447v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Raynaud" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Egizio Valceschini" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icc/dtp026" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/9A17593927D0E981F0DB7973F4EC786652D4F818/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671897v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364214v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364442v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10997-005-1571-1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/A512F63016A6ADB38449C65D91689C8DCFF25E0C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04373021v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.2000.5197" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691710v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365446v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363058v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04262234v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/ecoru.1991.4216" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05516389v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05156704v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004725232_130" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05369676v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco Tomatis" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04991086v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05375899v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05424112v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05424135v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621049v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04523391v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04621050v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04658948v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04644370v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04723431v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301403v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363071v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03791207v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Bardenhagen" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Howard" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280434v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Rozanes" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien van Inghelandt" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Lacour" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Demarthe" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280439v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280442v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bastien" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Caveng" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali&#233;nor de Rouffignac" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Remy" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287128v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oumayma Essofi" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nalini Rakotonandraina" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280892v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rohenkohl" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcia Dutra" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniele Eckert" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322147v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ion Lucian Ceapraz" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281070v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280844v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287709v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281206v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joao Heitor de Avila Santos" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275948v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280874v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785171v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo&#8208;rakotobe" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287990v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372841v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Materia" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287973v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296497v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281211v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346799v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04369005v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734677v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianasolo" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04288008v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286921v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04346299v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04321250v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301473v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281185v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ghitalla" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286611v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286485v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363396v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04307441v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Lenay" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Salembier" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Lamard" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Claude Lequin" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/shsconf/20141305001" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04321226v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286563v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frances Fortuin" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Onno Omta" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372758v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363402v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313141v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Huet" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Jollivet" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04363353v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly-Ballet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04363358v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313165v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297418v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04307476v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gudule Kisempa Muyuala" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296589v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemullier" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04286774v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04364999v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296537v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296566v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Wever" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nel Wognum" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287636v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313148v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287663v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia Ferchichi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287652v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Latifa Daadaoui" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297549v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287283v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Delhoume" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368038v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368034v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287352v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04368031v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365452v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04365457v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02982139v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02758794v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297492v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Maz&#233;" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Polin" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287323v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313155v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297596v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Philippe" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04583754v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04205666v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Lenain" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martinet" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouiddad Igbida Labbani" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan&#232;s Patrick" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04823003v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hummas Sohail" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280862v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04345750v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03581557v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Combaud" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.2.31582.33605" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04322669v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05134799v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Verena Otter" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/IFAMR0002" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04455887v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301535v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22434/ifamr2022.x001" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301528v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04330489v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3920/jcns2014.x002" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05103149v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04261187v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.utbm.fr/editions/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254608v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lcdpu.fr/livre/?GCOI=27000100181000" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281045v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293856v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04254417v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04281040v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287107v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05110980v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05111006v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05110993v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04215997v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vivianne Cardoze" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia Hani" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/b978-0-12-820286-9.00008-x" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04277551v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-031-05263-7_6" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-05263-7_6" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04160202v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Taibi" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://presses-universitaires.univ-amu.fr/agriculture-alimentation-durables-0" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293852v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293846v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03154009v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel J.F Dubois" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dantan" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Jaber" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4018/978-1-5225-7262-6.ch015" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293839v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293837v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03255913v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04301671v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04280819v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293333v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293338v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287404v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275836v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04287087v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275824v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04297365v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-48765-1_34" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04275809v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380224v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.17700793" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05073147v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Stephens" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Azizi Askri" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05156870v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04296620v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293822v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04293816v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05020704v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marilys Pradel" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Aissani" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thiriet" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Piron" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04885386v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacky Mazoyer" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Freitas" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandra Lenoir" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490659v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Preudhomme" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graziella Haudry" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bleuze" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04345684v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490610v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04490538v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313533v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Wohlfahrt" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04406577v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Klefoth" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rowena Kleijwegt" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04313637v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Gellynck" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bianka Kuhne" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Hamman" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954706v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Broussolle" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Brul&#233;" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gouin" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves L&#233;on" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Philippot" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04271820v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/tel-04262301v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04372963v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>