--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Strullu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual Framework, Equations and Uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 516 p., 2023, 978-2-7592-3678-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term modelling of soil N mineralization and N fate using STICS in a 34-year crop rotation experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaogang Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 357, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2019.113956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term modelling of crop yield, nitrogen losses and GHG balance in organic cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mäder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 710, pp.134597. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04990013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a Crop Model to Benchmark Miscanthus and Switchgrass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia El Akkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Shield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (15), pp.3942. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13153942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation using the STICS model of C&N dynamics in alfalfa from sowing to crop destruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thiébeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single and robust critical nitrogen dilution curve for miscanthus × giganteus and Miscanthus sinensis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fingar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.115-128. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-016-9781-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multisite yield gap analysis of &amp;lt;em&amp;gt;Miscanthus x giganteus&amp;lt;/em&amp;gt; using the STICS model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Yates</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Shield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (4), pp.1735-1749. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-015-9625-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil water uptake and root distribution of different perennial and annual bioenergy crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 388, pp.307-322. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-014-2335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of Biomass and Nitrogen Dynamics in Perennial Organs and Shoots of Miscanthus x Giganteus Using the STICS Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (4), pp.1253 - 1269. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-014-9462-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of belowground nitrogen stocks on light interception and conversion of Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2013.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass production and nitrogen accumulation and remobilisation by Miscanthus x giganteus as influenced by nitrogen stocks in belowground organs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Crops Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 121 (3), pp.381-391. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fcr.2011.01.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 5. Root growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-117, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7. Biomass and nitrogen partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.131-148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoot growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-92, 2023, 9782759236794. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3679-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 6. Nitrogen acquisition by plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.119-129, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux d'azote dans une culture pérenne à vocation énergétique, Miscanthus x giganteus : étude expérimentale et éléments de modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. AgroParisTech, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02811022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen fluxes in a perennial energetic crop, Miscanthus x giganteus : experimental study and modelling elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agronomy. AgroParisTech, 2011. English. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011AGPT0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00563352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS ability to simulate long-term soil organic matter dynamics in crop-grassland rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Decau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISOP V10 Update of the Information et de Suivi Objectif des Prairies INRAE -Météo-France -SSP MASA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cantelaube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gibelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. STICS users seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2023, Latresne, France. 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04675284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual basis, formalisations and parameterization of the STICS crop model, second edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop Modelling for The Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité dans le choix de la fréquence de fauche et de la variété pour optimiser le rendement et la qualité de la luzerne. Modélisation et expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie protéique et azotée en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Relance Agronomique, Jan 2020, Paris, France. pp.19-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating innovative cropping systems aiming at producing biomass while reducing greenhouse gas emissions in the Hauts-de-France region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Drochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gourdet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop modelling for the future. STICS model workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité dans le choix de la fréquence de fauche et de la variété pour optimiser le rendement et la qualité de la luzerne. Modélisation et expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie protéique et azotée en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Relance Agronomique, Jan 2020, Paris, France. 7 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité variétale à l’échelle d’un territoire est-elle un levier pour améliorer les performances agronomiques de la luzerne ? Analyse d’une étude de simulation avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Cognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Coulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. 344 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de la production de biomasse par une culture de luzerne soumise à des itinéraires techniques contrastés avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Louarn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la prédiction de la minéralisation de l'azote organique du sol dans STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Valé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Cohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Séminaire STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation, paramétrage et généricité du modèle STICS appliqué à l'agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Soenen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simuler la production de biomasse et les impacts environnementaux des cultures pérennes avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration et validation multi-sites d'une version de recherche du modèle STICS pour simuler sur le long terme une culture pérenne : Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Yates</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X. Séminaire des Utilisateurs et Concepteurs du Modèle STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. 103 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation du modèle STICS pour la simulation sur le long terme des cultures pérennes. Plante modèle à vocation énergétique : Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2014 du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test du modèle Stics pour la simulation d'une culture pérenne, cas de Miscanthus x giganteus : atouts et limites du modèle et propositions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene M.-H. Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque STICS 2012 (Séminaire bisannuel des concepteurs et utilisateurs du modèle de culture STICS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Sainte-Montaine, France. 115 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of sugarcane STICS model calibrations to simulate growth response to climate variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Christina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Versini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Soulie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Crop Modelling Symposium (iCROPM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. CIRAD, 1 poster, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the comparative advantages of two lignocellulosic crops for biofuel production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia El Akkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">General Assembly of the European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramétrage de la version de recherche « plantes pérennes » du modèle STICS pour une culture énergétique pérenne : le switchgrass (Panicum virgatum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Drochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la lixiviation, de la minéralisation et du bilan d'azote d'une expérimentation conduite pendant 34 ans en sol crayeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaogang Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017, XIe séminaire des utilisateurs de STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramétrage et validation d'une nouvelle espèce dans le modèle STICS : le triticale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Pelzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Séminaire des Utilisateurs et Concepteurs du Modèle STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Rennes, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining a critical nitrogen dilution curve in Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perennial Biomass Crops for a Resource Constrained World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hohenheim, Germany. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of Miscanthus x giganteus biomass production using the STICS model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Congress of the European Society of Agronomy - ESA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Debrecen, Hungary. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing nitrogen fluxes in different cropping systems dedicated to lignocellulosic biomass production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Nitrogen Workshop. The nitrogen challenge: Building a blueprint for nitrogen use efficiency and food security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lisbon, Portugal. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du XIe séminaire des utilisateurs de Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loïc Strullu </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual Framework, Equations and Uses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Editions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 516 p., 2023, 978-2-7592-3678-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term modelling of crop yield, nitrogen losses and GHG balance in organic cropping systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Mäder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 710, pp.134597. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2019.134597⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04990013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Long-term modelling of soil N mineralization and N fate using STICS in a 34-year crop rotation experiment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaogang Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 357, pp.1-15. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2019.113956⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using a Crop Model to Benchmark Miscanthus and Switchgrass</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia El Akkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Shield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Energies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13 (15), pp.3942. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/en13153942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02975335v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation using the STICS model of C&N dynamics in alfalfa from sowing to crop destruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Thiébeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 112, pp.1-14. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2019.125948⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02622466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A single and robust critical nitrogen dilution curve for miscanthus × giganteus and Miscanthus sinensis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Fingar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 10 (1), pp.115-128. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-016-9781-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multisite yield gap analysis of &amp;lt;em&amp;gt;Miscanthus x giganteus&amp;lt;/em&amp;gt; using the STICS model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Yates</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian Shield</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 8 (4), pp.1735-1749. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-015-9625-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soil water uptake and root distribution of different perennial and annual bioenergy crops</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Vitte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Bornet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant and Soil</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 388, pp.307-322. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11104-014-2335-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01155543v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation of Biomass and Nitrogen Dynamics in Perennial Organs and Shoots of Miscanthus x Giganteus Using the STICS Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BioEnergy Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 7 (4), pp.1253 - 1269. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12155-014-9462-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of belowground nitrogen stocks on light interception and conversion of Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Agronomy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 47, pp.1 - 10. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.eja.2013.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biomass production and nitrogen accumulation and remobilisation by Miscanthus x giganteus as influenced by nitrogen stocks in belowground organs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Cadoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Preudhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Field Crops Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 121 (3), pp.381-391. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fcr.2011.01.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01019313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 5. Root growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.93-117, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457039v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 7. Biomass and nitrogen partitioning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.131-148, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457264v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shoot growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Mollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éditions Quae</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.67-92, 2023, 9782759236794. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.35690/978-2-7592-3679-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04456994v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chapter 6. Nitrogen acquisition by plants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Brisson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nicolas Beaudoin; Patrice Lecharpentier; Dominique Ripoche-Wachter; Loïc Strullu; Bruno Mary; Joël Léonard; Marie Launay; Eric Justes. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Stics Soil Crop Model. Conceptual framework, equations and uses</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">éditions QUAE</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.119-129, 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04457244v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flux d'azote dans une culture pérenne à vocation énergétique, Miscanthus x giganteus : étude expérimentale et éléments de modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sciences du Vivant [q-bio]. AgroParisTech, 2011. Français. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02811022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nitrogen fluxes in a perennial energetic crop, Miscanthus x giganteus : experimental study and modelling elements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Agronomy. AgroParisTech, 2011. English. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2011AGPT0001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">pastel-00563352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">STICS ability to simulate long-term soil organic matter dynamics in crop-grassland rotations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Isabelle Graux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Cadero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Casellas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Decau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13. STICS Seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2023, Latresne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ISOP V10 Update of the Information et de Suivi Objectif des Prairies INRAE -Météo-France -SSP MASA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Cantelaube</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Fiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Gibelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Lecharpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23. STICS users seminar</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, INRAE, Nov 2023, Latresne, France. 74 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04675284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual basis, formalisations and parameterization of the STICS crop model, second edition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop Modelling for The Future</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. 73 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02737983v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité dans le choix de la fréquence de fauche et de la variété pour optimiser le rendement et la qualité de la luzerne. Modélisation et expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie protéique et azotée en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Relance Agronomique, Jan 2020, Paris, France. pp.19-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986121v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulating innovative cropping systems aiming at producing biomass while reducing greenhouse gas emissions in the Hauts-de-France region</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Drochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Gourdet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joachim Boissy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">iCROPM2020 Symposium - Crop modelling for the future. STICS model workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04042612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexibilité dans le choix de la fréquence de fauche et de la variété pour optimiser le rendement et la qualité de la luzerne. Modélisation et expérimentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaétan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strullu Loïc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autonomie protéique et azotée en agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, GIS Relance Agronomique, Jan 2020, Paris, France. 7 diapos</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02986153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La diversité variétale à l’échelle d’un territoire est-elle un levier pour améliorer les performances agronomiques de la luzerne ? Analyse d’une étude de simulation avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Cognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Coulmier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2. Rencontres Francophones sur les Légumineuses (RFL2)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Toulouse, France. 344 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02052971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation de la production de biomasse par une culture de luzerne soumise à des itinéraires techniques contrastés avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Julier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Louarn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733798v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation, paramétrage et généricité du modèle STICS appliqué à l'agriculture biologique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Chlebowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Soenen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02734049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la prédiction de la minéralisation de l'azote organique du sol dans STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugues Clivot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Valé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Cohan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Champolivier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11e Séminaire STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03511773v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simuler la production de biomasse et les impacts environnementaux des cultures pérennes avec le modèle STICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaëtan Louarn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Institut National de Recherche Agronomique (INRA). UR Unité de Recherche Pluridisciplinaire Prairies et Plantes Fourragères (0004)., Oct 2017, La Rochelle, France. 99 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02733783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration et validation multi-sites d'une version de recherche du modèle STICS pour simuler sur le long terme une culture pérenne : Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Yates</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">X. Séminaire des Utilisateurs et Concepteurs du Modèle STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2015, Rennes, France. 103 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02741163v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adaptation du modèle STICS pour la simulation sur le long terme des cultures pérennes. Plante modèle à vocation énergétique : Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque 2014 du PIREN-Seine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2014, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Test du modèle Stics pour la simulation d'une culture pérenne, cas de Miscanthus x giganteus : atouts et limites du modèle et propositions d'amélioration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas N. Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Helene M.-H. Jeuffroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque STICS 2012 (Séminaire bisannuel des concepteurs et utilisateurs du modèle de culture STICS)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, Sainte-Montaine, France. 115 p</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02744600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of sugarcane STICS model calibrations to simulate growth response to climate variability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathias Christina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Chaput</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Versini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Soulie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Crop Modelling Symposium (iCROPM 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Montpellier, France. CIRAD, 1 poster, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05174797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling the comparative advantages of two lignocellulosic crops for biofuel production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monia El Akkari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Perrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Drouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">General Assembly of the European Geosciences Union (EGU)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2019, Vienne, Austria. , 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02785845v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramétrage de la version de recherche « plantes pérennes » du modèle STICS pour une culture énergétique pérenne : le switchgrass (Panicum virgatum)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Drochon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XIème séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La rochelle, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04637261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la lixiviation, de la minéralisation et du bilan d'azote d'une expérimentation conduite pendant 34 ans en sol crayeux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xiaogang Yin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. Séminaire des utilisateurs de STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017, XIe séminaire des utilisateurs de STICS</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02735668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paramétrage et validation d'une nouvelle espèce dans le modèle STICS : le triticale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Pelzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Séminaire des Utilisateurs et Concepteurs du Modèle STICS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2016, Rennes, France. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01536510v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining a critical nitrogen dilution curve in Miscanthus x giganteus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Zapater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ollier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuella Catterou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perennial Biomass Crops for a Resource Constrained World</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Hohenheim, Germany. 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02799732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yield gap analysis of Miscanthus x giganteus biomass production using the STICS model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inaki Garcia de Cortazar Atauri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">13th Congress of the European Society of Agronomy - ESA 2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Debrecen, Hungary. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02792815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparing nitrogen fluxes in different cropping systems dedicated to lignocellulosic biomass production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Strullu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ferchaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18th Nitrogen Workshop. The nitrogen challenge: Building a blueprint for nitrogen use efficiency and food security</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Lisbon, Portugal. 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02793016v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes du XIe séminaire des utilisateurs de Stics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Beaudoin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Buis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Justes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Ripoche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Bertuzzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">11. séminaire des utilisateurs de Stics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, La Rochelle, France. 99 p., 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId132"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Strullu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627985v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogang Yin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Strullu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.113956" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990013v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Autret" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M&#228;der" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134597" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02975335v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia El Akkari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Shield" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13153942" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125948" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605076v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zapater" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fingar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-016-9781-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Yates" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-015-9625-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vitte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2335-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636609v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki Garcia de Cortazar Atauri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9462-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cadoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.01.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GH8M23SK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019313v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Preudhomme" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2011.01.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9GRV0NXJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457039v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457264v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/213/9782759236794/stics-soil-crop-model" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3679-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457244v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811022v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00563352v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Strullu Lo&#239;c" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011AGPT0001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637939v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Graux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Decau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675284v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fiche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gibelin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737983v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strullu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986121v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Louarn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042612v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Drochon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourdet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boissy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986153v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052971v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cognard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coulmier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733798v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511773v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Val&#233;" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734049v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prieur" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Soenen" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733783v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741163v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yates" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793015v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744600v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene M.-H. Jeuffroy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174797v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaput" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Versini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Soulie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785845v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637261v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735668v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536510v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799732v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792815v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793016v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791711v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456696v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Beaudoin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Lecharpentier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ripoche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Strullu" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Mary" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae.com/produit/1809/9782759236794/stics-soil-crop-model?affiliate_code=" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04990013v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Autret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Chlebowski" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul M&#228;der" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2019.134597" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627985v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaogang Yin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ferchaud" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Strullu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2019.113956" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-02975335v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monia El Akkari" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian Shield" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Perrin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en13153942" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02622466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Thi&#233;beau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Julier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2019.125948" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605076v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Zapater" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuella Catterou" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ollier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Fingar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-016-9781-8" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640981v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Yates" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas N. Beaudoin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-015-9625-y" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01155543v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Vitte" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bornet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11104-014-2335-y" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636609v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inaki Garcia de Cortazar Atauri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Mary" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12155-014-9462-4" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003311v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Cadoux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Jeuffroy" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eja.2013.01.003" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GH8M23SK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01019313v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadoux" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Preudhomme" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fcr.2011.01.005" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9GRV0NXJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457039v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Brisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Mollier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Launay" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457264v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Durand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Justes" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04456994v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.quae-open.com/produit/213/9782759236794/stics-soil-crop-model" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35690/978-2-7592-3679-4" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04457244v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/tel-02811022v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/pastel-00563352v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Strullu Lo&#239;c" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2011AGPT0001" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04637939v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Isabelle Graux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Cadero" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Buis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Casellas" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Decau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675284v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cantelaube" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Fiche" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Gibelin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02737983v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Strullu" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986121v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#233;tan Louarn" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04042612v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Drochon" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Gourdet" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Boissy" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02986153v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02052971v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Cognard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Coulmier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733798v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;tan Louarn" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02734049v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Prieur" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Soenen" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03511773v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugues Clivot" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Val&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Cohan" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Champolivier" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733783v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02741163v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Yates" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793015v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02744600v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene M.-H. Jeuffroy" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05174797v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathias Christina" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Chaput" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Versini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Soulie" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02785845v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Drouet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637261v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02735668v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01536510v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Pelzer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02799732v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02792815v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02793016v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Didier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791711v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bertuzzi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>