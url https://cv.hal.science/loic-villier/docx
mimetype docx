--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -568,295 +568,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04147373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exceptional soft-tissue preservation of Jurassic Vampyronassa rhodanica provides new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+                <w:t xml:space="preserve">Systematics and phylogenetic interpretation of a new bathyal spatangoid echinoid from the Eocene of Spain: Habanaster itzae nov. sp</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neil H Landman</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Villier</w:t>
+                <w:t xml:space="preserve">Joxeba Larrañaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vincent Fernandez</w:t>
+                <w:t xml:space="preserve">Aitor Payros</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Txema Moreno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathan Hieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-022-12269-3⟩</w:t>
+              <w:t xml:space="preserve">Geobios</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 72-73, pp.54-67. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.geobios.2022.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03714087v1</w:t>
+                <w:t xml:space="preserve">hal-03807699v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systematics and phylogenetic interpretation of a new bathyal spatangoid echinoid from the Eocene of Spain: Habanaster itzae nov. sp</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exceptional soft-tissue preservation of Jurassic Vampyronassa rhodanica provides new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil H Landman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nathan Hieu</w:t>
+                <w:t xml:space="preserve">Vincent Fernandez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geobios</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 72-73, pp.54-67. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.geobios.2022.07.005⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-022-12269-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03807699v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03714087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cretaceous microporid cheilostome bryozoans from the Campanian historical stratotype of southwest France</w:t>
               </w:r>
@@ -1247,607 +1247,607 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03518586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A revision of Ophidiaster davidsoni de Loriol and Pellat 1874 from the Tithonian of Boulogne (France) and its transfer from the Valvatacea to the new forcipulatacean genus Psammaster gen. nov</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Fau</w:t>
+                <w:t xml:space="preserve">A new cladistic insight on comparative anatomy and phylogeny of rudists (Bivalvia, Hippuritida)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Rineau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Andrew Gale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fossil Record</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 23 (2), pp.141 - 149. </w:t>
+              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (15), pp.1243-1297. </w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5194/fr-23-141-2020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1759705⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02935674v1</w:t>
+                <w:t xml:space="preserve">hal-03518772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Climatic evolution in Western Europe during the Cenozoic: insights from historical collections using leaf physiognomy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A revision of Ophidiaster davidsoni de Loriol and Pellat 1874 from the Tithonian of Boulogne (France) and its transfer from the Valvatacea to the new forcipulatacean genus Psammaster gen. nov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Tanrattana</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timothy Ewin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrew Gale</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geodiversitas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5252/geodiversitas2020v42a11⟩</w:t>
+              <w:t xml:space="preserve">Fossil Record</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 23 (2), pp.141 - 149. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/fr-23-141-2020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03022042v1</w:t>
+                <w:t xml:space="preserve">hal-02935674v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-resolution biostratigraphy and chemostratigraphy of the Cenomanian stratotype area (Le Mans, France)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparative anatomy and phylogeny of the Forcipulatacea (Echinodermata: Asteroidea): insights from ossicle morphology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2019.104198⟩</w:t>
+              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 189 (3), pp.921-952. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlz127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02328773v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03518786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative anatomy and phylogeny of the Forcipulatacea (Echinodermata: Asteroidea): insights from ossicle morphology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Fau</w:t>
+                <w:t xml:space="preserve">Climatic evolution in Western Europe during the Cenozoic: insights from historical collections using leaf physiognomy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Tanrattana</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anais A Boura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric M. B. Jacques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fournier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Zoological Journal of the Linnean Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/zoolinnean/zlz127⟩</w:t>
+              <w:t xml:space="preserve">Geodiversitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 42 (11), pp.151-174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/geodiversitas2020v42a11⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518786v1</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03022042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new cladistic insight on comparative anatomy and phylogeny of rudists (Bivalvia, Hippuritida)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Valentin Rineau</w:t>
+                <w:t xml:space="preserve">High-resolution biostratigraphy and chemostratigraphy of the Cenomanian stratotype area (Le Mans, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Testé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bérengère Broche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tremblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Masse</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Silvia Gardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Systematic Palaeontology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 18 (15), pp.1243-1297. </w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14772019.2020.1759705⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2019.104198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03518772v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superstesaster promissor gen. et sp. nov., a new starfish (Echinodermata, Asteroidea) from the Early Triassic of Utah, USA, filling a major gap in the phylogeny of asteroids.</w:t>
               </w:r>
@@ -1961,248 +1961,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01694010v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Distribution of Albian dinoflagellate cyst associations along a proximal–distal transect across the Iberian margin</w:t>
+                <w:t xml:space="preserve">What rules to frame the development of new vineyards plots in Bandol DOP?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Sánchez-Pellicer</w:t>
+                <w:t xml:space="preserve">Paul Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Masure</w:t>
+                <w:t xml:space="preserve">Jacques Daligaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Villier</w:t>
+                <w:t xml:space="preserve">Stéphane Angles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 92, pp.240-256. </w:t>
+              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 50, pp.02001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2018.08.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20185002001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521686v1</w:t>
+                <w:t xml:space="preserve">hal-03521712v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What rules to frame the development of new vineyards plots in Bandol DOP?</w:t>
+                <w:t xml:space="preserve">Distribution of Albian dinoflagellate cyst associations along a proximal–distal transect across the Iberian margin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paul Minvielle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Loïc Villier</w:t>
+                <w:t xml:space="preserve">R. Sánchez-Pellicer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jacques Daligaux</w:t>
+                <w:t xml:space="preserve">E. Masure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Angles</w:t>
+                <w:t xml:space="preserve">L. Villier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E3S Web of Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 50, pp.02001. </w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 92, pp.240-256. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/e3sconf/20185002001⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2018.08.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521712v1</w:t>
+                <w:t xml:space="preserve">hal-03521686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Taxonomic revision of the genus Ichthyosarcolites Demarest, 1812, and description of a new canaliculate rudist from the Cenomanian of Slovenia: Oryxia sulcata gen. et sp. nov. (Bivalvia, Hippuritida)</w:t>
               </w:r>
@@ -2364,453 +2364,453 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03521677v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ostracodes de la collection de P. Margerie et l'âge des couches à Laffittéines du Mont Aimé (bassin de Paris, France)</w:t>
+                <w:t xml:space="preserve">Litho- and biostratigraphy, facies patterns and depositional sequences of the Cenomanian-Turonian deposits in the Ksour Mountains (Saharan Atlas, Algeria)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claude Guernet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Madani Benyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Adaci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Georges Bulot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Geodiversitas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5252/g2017n2a4⟩</w:t>
+              <w:t xml:space="preserve">Cretaceous Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 78, pp.34-55. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cretres.2017.05.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03976362v1</w:t>
+                <w:t xml:space="preserve">hal-02105475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roveacrinids (Crinoidea, Roveacrinida) from the Cenomanian-Turonian of southwest Algeria (Saharan Atlas and Guir Basin)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ferre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kaddour Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Madani Benyoucef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loic Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Georges Bulot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales de Paléontologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 103 (3), pp.185-196. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.annpal.2017.03.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01765581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Litho- and biostratigraphy, facies patterns and depositional sequences of the Cenomanian-Turonian deposits in the Ksour Mountains (Saharan Atlas, Algeria)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les ostracodes de la collection de P. Margerie et l'âge des couches à Laffittéines du Mont Aimé (bassin de Paris, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Guernet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cretaceous Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.cretres.2017.05.013⟩</w:t>
+              <w:t xml:space="preserve">Geodiversitas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39 (2), pp.225-249. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5252/g2017n2a4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02105475v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03976362v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-proxy paleoenvironmental reconstruction of saline lake carbonates: Paleoclimatic and paleogeographic implications (Priabonian-Rupelian, Issirac Basin, SE France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Letteron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youri Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3095,51 +3095,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sea stars from middle Jurassic Lagerstätte of La Voulte-sur-Rhône (Ardèche, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Charbonnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3377,64 +3377,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le gradient thermique de subsurface au Paléogène : approche multi-proxies (δ18O, Mg/Ca, Sr/Ca et porosité) sur Subbotina linaperta</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Below</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Tremblin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christopher Smith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3591,277 +3591,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03838015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du gradient latitudinal de températures au Paléogène : une analyse multi-proxies sur Subbotina linaperta (foraminifère planctonique)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Delphine Desmares</w:t>
+                <w:t xml:space="preserve">Exceptionally preserved soft tissues of Vampyronassa rhodanica provide new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kruta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Delphine Dissard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florence Le Cornec</w:t>
+                <w:t xml:space="preserve">Hen-Jan T. Hoving</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil H Landman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
+              <w:t xml:space="preserve">Annual Meeting 2021, Palaeontological Association</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Manchester, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03587777v1</w:t>
+                <w:t xml:space="preserve">hal-03838556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exceptionally preserved soft tissues of Vampyronassa rhodanica provide new insights on the evolution and palaeoecology of vampyroteuthids</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+                <w:t xml:space="preserve">Caractérisation du gradient latitudinal de températures au Paléogène : une analyse multi-proxies sur Subbotina linaperta (foraminifère planctonique)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Below</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dissard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hen-Jan T. Hoving</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Loïc Villier</w:t>
+                <w:t xml:space="preserve">Florence Le Cornec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annual Meeting 2021, Palaeontological Association</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Manchester, United Kingdom</w:t>
+              <w:t xml:space="preserve">27e édition de la Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SGF, CNRS, Laboratoire de Géologie de Lyon ou l’étude de la Terre, des planètes et de l’environnement, Nov 2021, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03838556v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03587777v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phylogénie et évolution des Forcipulatacea (Asteroidea, Echinodermata) Mésozoïques</w:t>
               </w:r>
@@ -3923,662 +3923,662 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03523490v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Palynologie et révision des chartes biostratigraphiques des dépôts albo-aptiens et Crétacés supérieurs du bassin sédimentaire de Côte d'Ivoire</w:t>
+                <w:t xml:space="preserve">Impact de la crise Permien-Trias sur la diversité des odonates</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Igance Tahi</w:t>
+                <w:t xml:space="preserve">Isabelle Deregnaucourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Bardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Baudin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Edwige Masure</w:t>
+                <w:t xml:space="preserve">Olivier Bethoux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunions thématiques du Groupe Français du Crétacé</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">Réunion Annuelle de l’Association de Paléontologie Française</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03522077v1</w:t>
+                <w:t xml:space="preserve">mnhn-03516352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact de la crise Permien-Trias sur la diversité des odonates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Palynologie et révision des chartes biostratigraphiques des dépôts albo-aptiens et Crétacés supérieurs du bassin sédimentaire de Côte d'Ivoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Igance Tahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Deregnaucourt</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémie Bardin</w:t>
+                <w:t xml:space="preserve">François Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Bethoux</w:t>
+                <w:t xml:space="preserve">Kouadio David Kangah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edwige Masure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Réunion Annuelle de l’Association de Paléontologie Française</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Troyes, France</w:t>
+              <w:t xml:space="preserve">Réunions thématiques du Groupe Français du Crétacé</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">mnhn-03516352v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03522077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Changes in bryozoan diversity in shallow water deposits of the Le Mans area during the Cenomanian-Turonian transition</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">La porosité des tests de Subbotina linaperta (foraminifère planctonique) comme marqueur des températures de subsurface au Paléogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Below</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher P.A. Smith</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Dissard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Tremblin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Bryozoology Association Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Liberec, Czech Republic</w:t>
+              <w:t xml:space="preserve">Journées de la Société Géologique de France : Les Forages Scientifiques IODP/ICDP</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03523119v1</w:t>
+                <w:t xml:space="preserve">hal-03523273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La porosité des tests de Subbotina linaperta (foraminifère planctonique) comme marqueur des températures de subsurface au Paléogène</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId62" w:history="1">
+                <w:t xml:space="preserve">Changes in bryozoan diversity in shallow water deposits of the Le Mans area during the Cenomanian-Turonian transition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul D. Taylor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées de la Société Géologique de France : Les Forages Scientifiques IODP/ICDP</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2019, Paris, France</w:t>
+              <w:t xml:space="preserve">18th International Bryozoology Association Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Liberec, Czech Republic</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523273v1</w:t>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03523119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Geology, Wine Terroirs and Culture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">What rules to frame the development of new vineyards plots in Bandol AOP?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Minvielle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Daligaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Angles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Paleontological Conference (IPC5)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">XIIth International Terroir Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Zaragoza, Spain. pp.02001, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/e3sconf/20185002001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03521734v1</w:t>
+                <w:t xml:space="preserve">hal-03522091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">What rules to frame the development of new vineyards plots in Bandol AOP?</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Geology, Wine Terroirs and Culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stephane Angles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIIth International Terroir Congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Paleontological Conference (IPC5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03522091v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03521734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Post-metamorphic ontogeny of Zoroaster fulgens Thomson 1873 (Forcipulatacea, Asteroidea)</w:t>
               </w:r>
@@ -4862,51 +4862,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John W.M. Jagt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4961,77 +4961,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evolution of the paleoclimate during late Eocene in Western Europe: a study in the Alès Basin (Gard, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Tanrattana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anais A Boura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fournier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5069,51 +5069,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Echinoderm diversity of Cretaceous deposits at Le Mans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Breton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5220,234 +5220,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Virtual dissection of Vampyroteuthis infernalis provides the first 3-D comparative morphological study between fossil and extant Vampyromorpha</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Neil H Landman</w:t>
+                <w:t xml:space="preserve">Origine et diversification des étoiles de mer bathyales : exemple des Zoroasteridae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cephalopod International Advisory Council 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Sesimbra, Portugal</w:t>
+              <w:t xml:space="preserve">Congrès de l'Association Paléontologique Française 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03665451v1</w:t>
+                <w:t xml:space="preserve">hal-03999881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Origine et diversification des étoiles de mer bathyales : exemple des Zoroasteridae</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marine Fau</w:t>
+                <w:t xml:space="preserve">Virtual dissection of Vampyroteuthis infernalis provides the first 3-D comparative morphological study between fossil and extant Vampyromorpha</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alison Rowe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henk-Jan Hoving</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neil H Landman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de l'Association Paléontologique Française 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Montpellier, France</w:t>
+              <w:t xml:space="preserve">Cephalopod International Advisory Council 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Sesimbra, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03999881v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03665451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The echinoderms from the national collection of Paleontology, Institute of Geology, UNAM, Mexico</w:t>
               </w:r>
@@ -5535,247 +5535,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03523185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ATLAS 3D: a bridge project between research and teaching in palaeontology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+                <w:t xml:space="preserve">Comparative anatomy and systematic of forcipulatacean sea stars: new insight from three Jurassic “forgotten” species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Fau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Villier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florent Goussard</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Timothy A. M. Ewin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 5th International Palaeontological Congress</w:t>
+              <w:t xml:space="preserve">International Palaeontogical Congress (IPC5)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03066501v1</w:t>
+                <w:t xml:space="preserve">hal-03523087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative anatomy and systematic of forcipulatacean sea stars: new insight from three Jurassic “forgotten” species</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Loïc Villier</w:t>
+                <w:t xml:space="preserve">ATLAS 3D: a bridge project between research and teaching in palaeontology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Kruta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Goussard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Desmares</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timothy A. M. Ewin</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patricia Wils</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Rouget</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Palaeontogical Congress (IPC5)</w:t>
+              <w:t xml:space="preserve">The 5th International Palaeontological Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2018, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03523087v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03066501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6178,51 +6178,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460348v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Salone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Veysseyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2025.2597516" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pauly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12542-025-00731-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320383v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wright" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A.M. Ewin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gale" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.18169" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147373v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Rowe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kruta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1511" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714087v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil H Landman" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12269-3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03807699v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joxeba Larra&#241;aga" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Payros" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Txema Moreno" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hieu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2022.07.005" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03678652v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Taylor" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2022v44a18" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518611v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mart&#237;nez-Melo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Amparo Romero-Mayen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Alvarado-Ortega" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2021.103516" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518586v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rineau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bl&#233;net" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2021.105964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935674v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ewin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-23-141-2020" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03022042v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tanrattana" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M. B. Jacques" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2020v42a11" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328773v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Test&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Broche" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tremblin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104198" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518786v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlz127" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518772v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masse" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1759705" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694010v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G. Bylund" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Jenks" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2017.1308972" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521686v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Masure" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Villier" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.08.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521712v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Minvielle" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Daligaux" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20185002001" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01789689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.04.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521677v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12881" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03976362v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guernet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2017n2a4" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765581v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Mebarki" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Benyoucef" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Villier" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Georges Bulot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2017.03.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5JCVJMH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105475v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferr&#233;" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Adaci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2017.05.013" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG6RX615-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01701309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Letteron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Hamon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margerel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2017.07.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472444v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Masure" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.11.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01260445v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm T. Sanders" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2015n3a4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549957v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charbonnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367161v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Mooi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.09.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1FTRBCW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915473v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Below" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Smith" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838015v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587777v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dissard" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Cornec" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838556v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hen-Jan T. Hoving" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522077v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igance Tahi" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouadio David Kangah" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03516352v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Deregnaucourt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523119v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523273v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P.A. Smith" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521734v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522091v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Angles" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522084v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523105v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conrad" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Wilson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522086v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01471976v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Breton" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W.M. Jagt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618521v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01130954v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Breton" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmares" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W.M. Jagt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665451v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk-Jan Hoving" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03999881v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523185v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Romeyo-Mayen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Avarado-Ortega" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066501v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Wils" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523087v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A. M. Ewin" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521697v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01452-0_8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03433585v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montenat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Poignant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G&#233;not" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05460348v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Villier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Bardin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Fau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Salone" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Veysseyre" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08912963.2025.2597516" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313753v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Pauly" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12542-025-00731-2" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320383v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wright" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A.M. Ewin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Gale" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7717/peerj.18169" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04147373v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Rowe" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Kruta" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Rouget" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/spp2.1511" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03807699v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joxeba Larra&#241;aga" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Payros" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Txema Moreno" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hieu" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geobios.2022.07.005" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714087v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neil H Landman" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Fernandez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-022-12269-3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03678652v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul D. Taylor" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2022v44a18" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518611v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518710v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandra Mart&#237;nez-Melo" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violeta Amparo Romero-Mayen" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jes&#250;s Alvarado-Ortega" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsames.2021.103516" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518586v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Rineau" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Floquet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Leonide" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Bl&#233;net" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2021.105964" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518772v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Masse" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2020.1759705" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02935674v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy Ewin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/fr-23-141-2020" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03518786v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/zoolinnean/zlz127" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03022042v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Tanrattana" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais A Boura" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric M. B. Jacques" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fournier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/geodiversitas2020v42a11" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328773v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Desmares" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Test&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;reng&#232;re Broche" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Tremblin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia Gardin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2019.104198" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01694010v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Brayard" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin G. Bylund" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James F. Jenks" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Escarguel" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14772019.2017.1308972" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521712v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Minvielle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Daligaux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Angles" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/e3sconf/20185002001" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521686v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Masure" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Villier" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.08.004" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01789689v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2018.04.001" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521677v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/joa.12881" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02105475v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Benyoucef" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaddour Mebarki" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferr&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Adaci" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Georges Bulot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cretres.2017.05.013" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BG6RX615-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01765581v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ferre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Villier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annpal.2017.03.001" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z5JCVJMH-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03976362v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Guernet" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2017n2a4" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ifp.hal.science/hal-01701309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Letteron" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youri Hamon" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Margerel" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sedgeo.2017.07.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01472444v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raquel S&#225;nchez-Pellicer" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwige Masure" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crte.2016.11.001" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01260445v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malcolm T. Sanders" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Merle" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5252/g2015n3a4" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00549957v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Charbonnier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Riou" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00367161v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno David" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rich Mooi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier N&#233;raudeau" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sauc&#232;de" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crpv.2008.09.001" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T1FTRBCW-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03915473v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Below" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Smith" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838015v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03838556v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hen-Jan T. Hoving" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03587777v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dissard" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Le Cornec" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523490v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03516352v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Deregnaucourt" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bethoux" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522077v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Igance Tahi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Baudin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kouadio David Kangah" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523273v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher P.A. Smith" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523119v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522091v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Angles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521734v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522084v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523105v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Conrad" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc A. Wilson" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03522086v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01471976v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Breton" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John W.M. Jagt" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03618521v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01130954v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Breton" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmares" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.W.M. Jagt" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Morel" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03999881v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665451v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henk-Jan Hoving" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523185v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Romeyo-Mayen" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Avarado-Ortega" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03523087v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timothy A. M. Ewin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066501v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Goussard" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Wils" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03521697v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-01452-0_8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-03433585v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Montenat" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armelle Poignant" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick G&#233;not" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Saint Martin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>