--- v0 (2026-03-10)
+++ v1 (2026-03-30)
@@ -555,174 +555,174 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04192966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the Dirac bag model in strong magnetic fields</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Marie Barbaroux</w:t>
+                <w:t xml:space="preserve">The Dirac-Klein-Gordon system in the strong coupling limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Lampart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Edgardo Stockmeyer</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simona Rota Nodari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Sabin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pure and Applied Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2140/paa.2023.5.643⟩</w:t>
+              <w:t xml:space="preserve">Annales Henri Lebesgue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 6, pp.541-573. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5802/ahl.171⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02889558v3</w:t>
+                <w:t xml:space="preserve">hal-03380577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On Duclos-Exner's conjecture about waveguides in strong uniform magnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enguerrand Bon-Lavigne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -740,193 +740,193 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Royer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Forum of Mathematics, Sigma</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 11, pp.e11. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/fms.2023.9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03678608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Dirac-Klein-Gordon system in the strong coupling limit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jonas Lampart</w:t>
+                <w:t xml:space="preserve">On the Dirac bag model in strong magnetic fields</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Barbaroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Julien Sabin</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edgardo Stockmeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Lebesgue</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 6, pp.541-573. </w:t>
+              <w:t xml:space="preserve">Pure and Applied Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, 5 (3), pp.643-727. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5802/ahl.171⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2140/paa.2023.5.643⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03380577v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02889558v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the semiclassical spectrum of the Dirichlet-Pauli operator</w:t>
               </w:r>
@@ -1127,365 +1127,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01540149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uniformly accurate time-splitting methods for the semiclassical linear Schrödinger equation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Chartier</w:t>
+                <w:t xml:space="preserve">Resolvent convergence to Dirac operators on planar domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marie Barbaroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Horia D. Cornean</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florian Méhats</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edgardo Stockmeyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/m2an/2018060⟩</w:t>
+              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20 (6), pp.1877-1891. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00023-019-00787-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01257753v3</w:t>
+                <w:t xml:space="preserve">hal-01891944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The MIT Bag Model as an infinite mass limit</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Naiara Arrizabalaga</w:t>
+                <w:t xml:space="preserve">Uniformly accurate time-splitting methods for the semiclassical linear Schrödinger equation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Raymond</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Méhats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5802/jep.95⟩</w:t>
+              <w:t xml:space="preserve">ESAIM: Mathematical Modelling and Numerical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (2), pp.443-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/m2an/2018060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01863065v2</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01257753v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resolvent convergence to Dirac operators on planar domains</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Horia D. Cornean</w:t>
+                <w:t xml:space="preserve">The MIT Bag Model as an infinite mass limit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naiara Arrizabalaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Edgardo Stockmeyer</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Albert Mas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raymond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Henri Poincaré</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 20 (6), pp.1877-1891. </w:t>
+              <w:t xml:space="preserve">Journal de l'École polytechnique — Mathématiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 6, pp.329-365. </w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s00023-019-00787-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5802/jep.95⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01891944v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863065v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Adjointness of Dirac Operators with Infinite Mass Boundary Conditions in Sectors</w:t>
               </w:r>
@@ -1556,248 +1556,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01561490v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semiclassical Sobolev constants for the electro-magnetic Robin Laplacian</w:t>
+                <w:t xml:space="preserve">Dimension reduction for dipolar Bose-Einstein condensates in the strong interaction regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soeren Fournais</w:t>
+                <w:t xml:space="preserve">Weizhu Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean van Schaftingen</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Méhats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the Mathematical Society of Japan</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2969/jmsj/06941667⟩</w:t>
+              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 10 (3), pp.553-571. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3934/krm.2017022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01285311v1</w:t>
+                <w:t xml:space="preserve">hal-01101793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimension reduction for dipolar Bose-Einstein condensates in the strong interaction regime</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Semiclassical Sobolev constants for the electro-magnetic Robin Laplacian</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soeren Fournais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loïc Le Treust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Weizhu Bao</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florian Méhats</w:t>
+                <w:t xml:space="preserve">Jean van Schaftingen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kinetic and Related Models </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 10 (3), pp.553-571. </w:t>
+              <w:t xml:space="preserve">Journal of the Mathematical Society of Japan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 69 (4), pp.1667-1714. </w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3934/krm.2017022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2969/jmsj/06941667⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01101793v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01285311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the MIT Bag Model in the Non-relativistic Limit</w:t>
               </w:r>
@@ -1887,77 +1887,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimension reduction for anisotropic Bose-Einstein condensates in the strong interaction regime</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Weizhu Bao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Méhats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nonlinearity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 28 (3), pp.755-772. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2073,51 +2073,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Symmetric Excited States for a Mean-Field Model for a Nucleon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simona Rota Nodari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Differential Equations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 255, pp.3536-3563. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2375,77 +2375,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Uniformly accurate time-splitting methods for the semiclassical Schrödinger equation Part 1 : Construction of the schemes and simulations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chartier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loïc Le Treust</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Méhats</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2735,51 +2735,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Treust" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ourmi&#232;res-Bonafos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raymond" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0285703" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691264v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Royer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JST/539" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404883v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Barbaroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horia D. Cornean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgardo Stockmeyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01839-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192966v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Fahs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San V&#361; Ng&#7885;c" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/DM/971" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889558v3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/paa.2023.5.643" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678608v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Bon-Lavigne" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/fms.2023.9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380577v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lampart" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rota Nodari" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sabin" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ahl.171" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889492v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1085" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Arrizabalaga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257753v3" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chartier" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#233;hats" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018060" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01863065v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Mas" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.95" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891944v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-019-00787-2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561490v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-018-0661-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285311v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soeren Fournais" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean van Schaftingen" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2969/jmsj/06941667" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101793v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhu Bao" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2017022" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343717v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-017-2916-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959084v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/28/3/755" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714457v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755608v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2013.07.041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605824v3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-012-0224-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285573v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140880v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00908953v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA090012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706521v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Le Treust" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Ourmi&#232;res-Bonafos" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Raymond" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0285703" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04691264v2" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Royer" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JST/539" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404883v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Barbaroux" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Horia D. Cornean" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edgardo Stockmeyer" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11005-024-01839-3" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04192966v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rayan Fahs" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=San V&#361; Ng&#7885;c" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/DM/971" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03380577v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Lampart" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Rota Nodari" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sabin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/ahl.171" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678608v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enguerrand Bon-Lavigne" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/fms.2023.9" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889558v3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2140/paa.2023.5.643" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01889492v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4171/JEMS/1085" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naiara Arrizabalaga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/afst.1627" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01891944v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-019-00787-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01257753v3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chartier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian M&#233;hats" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/m2an/2018060" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01863065v2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albert Mas" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/jep.95" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01561490v2" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-018-0661-y" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01101793v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weizhu Bao" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/krm.2017022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01285311v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soeren Fournais" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean van Schaftingen" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2969/jmsj/06941667" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01343717v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00220-017-2916-8" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959084v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0951-7715/28/3/755" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714457v2" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755608v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jde.2013.07.041" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00605824v3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00023-012-0224-6" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05285573v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01140880v2" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00908953v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013PA090012" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>