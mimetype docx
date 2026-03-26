--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -1408,177 +1408,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02489377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene synthesis on SiO2 using pulsed laser deposition with bilayer predominance</w:t>
+                <w:t xml:space="preserve">Dynamics of carbon diffusion and segregation through nickel catalyst, investigated by in-situ XPS, during the growth of nitrogen-doped graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Christien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Borja Caja-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2019.121905⟩</w:t>
+              <w:t xml:space="preserve">Carbon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 155, pp.410-420. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.carbon.2019.08.084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02197284v1</w:t>
+                <w:t xml:space="preserve">hal-02280342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electroanalytical Performance of Nitrogen-Doped Graphene Films Processed in One Step by Pulsed Laser Deposition Directly Coupled with Thermal Annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1587,51 +1587,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Borja Caja-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Avila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1646,191 +1646,191 @@
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 12 (4), pp.666. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/ma12040666⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">emse-04000569v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of carbon diffusion and segregation through nickel catalyst, investigated by in-situ XPS, during the growth of nitrogen-doped graphene</w:t>
+                <w:t xml:space="preserve">Graphene synthesis on SiO2 using pulsed laser deposition with bilayer predominance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yannick Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Barnier</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Christien</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Florent Bourquard</w:t>
+                <w:t xml:space="preserve">Valentin Gartiser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Borja Caja-Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbon</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 155, pp.410-420. </w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 238, pp.121905. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.carbon.2019.08.084⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2019.121905⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02280342v1</w:t>
+                <w:t xml:space="preserve">hal-02197284v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raman study of the substrate influence on graphene synthesis using a solid carbon source via rapid thermal annealing</w:t>
               </w:r>
@@ -3709,325 +3709,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00549680v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structure of Diamond-Like Carbon films deposited by femtosecond and nanosecond pulsed laser ablation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Depth-dependence of electrical conductivity of diamondlike carbon films</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sikora</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Fontaine</w:t>
+                <w:t xml:space="preserve">Hossein Ftouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.3510483⟩</w:t>
+              <w:t xml:space="preserve">Applied Physics Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 96 (16), pp.162111. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.3407671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00549329v1</w:t>
+                <w:t xml:space="preserve">ujm-00476510v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Depth-dependence of electrical conductivity of diamondlike carbon films</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structure of Diamond-Like Carbon films deposited by femtosecond and nanosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+                <w:t xml:space="preserve">A. Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+                <w:t xml:space="preserve">Julien Fontaine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Physics Letters</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 96 (16), pp.162111. </w:t>
+              <w:t xml:space="preserve">Journal of Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 108 (11), pp.113516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1063/1.3407671⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1063/1.3510483⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00476510v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00549329v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of boron incorporation on the structure and electrical properties of diamond-like carbon films deposited by femtosecond and nanosecond pulsed laser ablation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4275,90 +4275,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structural and electrical characterization of boron-containing diamond-like carbon films deposited by femtosecond pulsed laser ablation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4460,51 +4460,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guerret-Piecourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4832,278 +4832,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00351463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New trends in femtosecond Pulsed Laser Deposition and femtosecond produced plasma diagnostics</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Characterization of different DLC and DLN electrodes for biosensor design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Donnett</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">R. Maalouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Benchikh</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicole Jaffrezic-Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vittori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saikali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.669122⟩</w:t>
+              <w:t xml:space="preserve">Journal of Advanced Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 18, 18 (1/2), pp.31-36. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2978/jsas.18.31⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00109708v1</w:t>
+                <w:t xml:space="preserve">ujm-00109718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of different DLC and DLN electrodes for biosensor design</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">O. Vittori</w:t>
+                <w:t xml:space="preserve">New trends in femtosecond Pulsed Laser Deposition and femtosecond produced plasma diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sigaud</w:t>
+                <w:t xml:space="preserve">C. Donnett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Saikali</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Benchikh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Advanced Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 18, 18 (1/2), pp.31-36. </w:t>
+              <w:t xml:space="preserve">SPIE Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 6261, pp.62610L. </w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2978/jsas.18.31⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/12.669122⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00109718v1</w:t>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00109708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hopping current density in amorpous carbon/crystalline silicon heterojunctions</w:t>
               </w:r>
@@ -5218,103 +5218,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of different carbon materials for amperometric enzyme biosensor development</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Soldatkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vittori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Saikali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 26 (2-3), pp.564-567. </w:t>
@@ -5500,599 +5500,599 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00351461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration de couches minces de carbone par ablation laser femtoseconde pour application aux biomatériaux implantables</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">Nickel-incorporated amorphous carbon film deposited by femtosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Benchikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.-L. Subtil</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Belin</w:t>
+                <w:t xml:space="preserve">B. Bouchet-Fabre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Krzysztof Wolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jp4:2005127030⟩</w:t>
+              <w:t xml:space="preserve">Thin Solid Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 482 (1-2), pp.287-292. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.tsf.2004.11.162⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00351360v1</w:t>
+                <w:t xml:space="preserve">hal-00082342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel-incorporated amorphous carbon film deposited by femtosecond pulsed laser ablation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nadia Benchikh</w:t>
+                <w:t xml:space="preserve">Optical properties of high-density amorphous carbon films grown by nanosecond and femtosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takashi Katsuno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Orlianges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Krzysztof Wolski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Thin Solid Films</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.tsf.2004.11.162⟩</w:t>
+              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 81 (31), pp.471-476. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00339-005-3257-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00082342v1</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00170162v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical properties of high-density amorphous carbon films grown by nanosecond and femtosecond pulsed laser ablation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christian Godet</w:t>
+                <w:t xml:space="preserve">Mechanical and tribological characterization of tetrahedral diamond-like carbon deposited by femtosecond pulsed laser deposition on pre-treated orthopaedic biomaterials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.C. Orlianges</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Florence Garrelie</w:t>
+                <w:t xml:space="preserve">J.-L. Subtil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied physics. A, Materials science &amp; processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00339-005-3257-6⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 247 (1-4), pp.225-231. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2005.01.129⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00170162v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00351355v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId197" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mechanical and tribological characterization of tetrahedral diamond-like carbon deposited by femtosecond pulsed laser deposition on pre-treated orthopaedic biomaterials</w:t>
+                <w:t xml:space="preserve">Elaboration de couches minces de carbone par ablation laser femtoseconde pour application aux biomatériaux implantables</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Subtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal de Physique IV Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 127, pp.193-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp4:2005127030⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2005.01.129⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">ujm-00351355v1</w:t>
+                <w:t xml:space="preserve">ujm-00351360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (72)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6229,152 +6229,148 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04692666v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene and doped-graphene synthesis by Pulse Laser Deposition: a review</w:t>
+                <w:t xml:space="preserve">Comparative Raman study of graphene growth from solid carbon source on Si(100) and SiO2 substrates by combining pulsed laser deposition and rapid thermal annealing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Barnier</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Christien</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">F. Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Advanced Materials Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2019, Orlando, United States</w:t>
+              <w:t xml:space="preserve">European Material Research Society, E-MRS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02417292v1</w:t>
+                <w:t xml:space="preserve">hal-02455152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pulsed laser co-deposition of carbon and boron for boron-doped graphene synthesis</w:t>
               </w:r>
@@ -6479,273 +6475,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02455148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Raman study of graphene growth from solid carbon source on Si(100) and SiO2 substrates by combining pulsed laser deposition and rapid thermal annealing</w:t>
+                <w:t xml:space="preserve">Elaboration of Graphene and doped-graphene by Pulsed Laser Deposition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Barnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Christien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Material Research Society, E-MRS 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Nice, France</w:t>
+              <w:t xml:space="preserve">26th Advanced Materials Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Stockolm, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455152v1</w:t>
+                <w:t xml:space="preserve">hal-02455143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elaboration of Graphene and doped-graphene by Pulsed Laser Deposition</w:t>
+                <w:t xml:space="preserve">Graphene and doped-graphene synthesis by Pulse Laser Deposition: a review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bleu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Christien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne-Sophie Loir</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th Advanced Materials Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2019, Stockolm, Sweden</w:t>
+              <w:t xml:space="preserve">American Advanced Materials Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2019, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02455143v1</w:t>
+                <w:t xml:space="preserve">hal-05185234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Graphene and doped-graphene synthesis by Pulse Laser Deposition: a review</w:t>
               </w:r>
@@ -6770,51 +6770,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Christien</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6826,51 +6826,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">American Advanced Materials Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2019, Orlando, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05185234v1</w:t>
+                <w:t xml:space="preserve">hal-02417292v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamics of nitrogen-doped graphene growth through nickel catalyst, investigated by in situ XPS</w:t>
               </w:r>
@@ -6975,661 +6975,661 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02015708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pyridinic dominance nitrogen doped graphene by femtosecond pulsed laser deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Robust Electrografting on Self-Organized 3D Graphene Electrodes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicole Jaffrezic-Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C Maddi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">T Tite</w:t>
+                <w:t xml:space="preserve">Chaix Carole</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V Barnier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">F S Bourquard</w:t>
+                <w:t xml:space="preserve">Florence Lagarde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fortgang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nedjla Zehani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> International Conference on Diamond and Related Materials 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t>
+              <w:t xml:space="preserve">France-Japan Meeting on (bio)-functionalization of nanostructured carbon and (bio)-electrocatalytic applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01416314v1</w:t>
+                <w:t xml:space="preserve">hal-02117317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust Electrografting on Self-Organized 3D Graphene Electrodes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicole Jaffrezic-Renault</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Fortgang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaix Carole</w:t>
+                <w:t xml:space="preserve">T. Tite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Lagarde</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Nedjla Zehani</w:t>
+                <w:t xml:space="preserve">N. Zehani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Maddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">France-Japan Meeting on (bio)-functionalization of nanostructured carbon and (bio)-electrocatalytic applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lille, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.5b10647⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02117317v1</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416290v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust Electrografting on Self-Organized 3D Graphene Electrodes</w:t>
+                <w:t xml:space="preserve">Ultrashort Pulsed Laser Deposition for the direct synthesis of NitrogenDoped Graphene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Fortgang</w:t>
+                <w:t xml:space="preserve">C Maddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Tite</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Barnier</w:t>
+                <w:t xml:space="preserve">V Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Zehani</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Maddi</w:t>
+                <w:t xml:space="preserve">F S Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016, Fall Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Varsovie, Poland</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01416290v1</w:t>
+                <w:t xml:space="preserve">hal-01416315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrashort Pulsed Laser Deposition for the direct synthesis of NitrogenDoped Graphene</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C Maddi</w:t>
+                <w:t xml:space="preserve">Direct Synthesis of Nitrogen Doped Graphene by Ultrashort Pulsed Laser Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C S Maddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F S Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016, Fall Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2016, Varsovie, Poland</w:t>
+              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416315v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Synthesis of Nitrogen Doped Graphene by Ultrashort Pulsed Laser Deposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">C S Maddi</w:t>
+                <w:t xml:space="preserve">Pyridinic dominance nitrogen doped graphene by femtosecond pulsed laser deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C Maddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F S Bourquard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">S Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Material Research Society, E-MRS 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Lille, France</w:t>
+              <w:t xml:space="preserve"> International Conference on Diamond and Related Materials 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01416296v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01416314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Control of Femtosecond Pulsed Laser Deposition by Temporal Pulse Shaping</w:t>
               </w:r>
@@ -7788,51 +7788,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Titte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T.C. Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Zehani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Diamond and Related Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2015, Bad Homburg, Germany</w:t>
@@ -8146,51 +8146,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Zehani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fortang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8226,551 +8226,551 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-01257595v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New kind of micro-system based on pure or doped amorphous-carbon films designed by pulsed laser for detection of toxic metals, emerging pollutants and pathogens</w:t>
+                <w:t xml:space="preserve">Synthesis of CNx films by fs-PLD for electrochemical detection of pollutants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chiranjeevi Maddi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Zehani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Barnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2014 SPRING MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01012013v1</w:t>
+                <w:t xml:space="preserve">ujm-01011991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse de graphène texturé par ablation laser pulsée. Application à la détection de pesticides par SERS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Teddy Tite</w:t>
+                <w:t xml:space="preserve">3D Graphene architecture grown by pulsed laser deposition as a robust SERS platform for pesticides detection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Tite</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">J.Y. Michalon</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
+              <w:t xml:space="preserve">MADICA 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Mahdia, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01012030v1</w:t>
+                <w:t xml:space="preserve">ujm-01081558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of CNx films by fs-PLD for electrochemical detection of pollutants</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a highly efficient SERS platform for pesticides detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Barnier</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2014 SPRING MEETING</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
+              <w:t xml:space="preserve">Graphene 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-01011991v1</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-01012023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Graphene architecture grown by pulsed laser deposition as a robust SERS platform for pesticides detection.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">T. Tite</w:t>
+                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a highly efficient surface-enhanced Raman spectroscopy platform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">J.-Y. Michalon</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADICA 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2014, Mahdia, Tunisia</w:t>
+              <w:t xml:space="preserve">Cargese International School : Frontier research in graphene-based systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2014, Cargese, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-01081558v1</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-01012019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a highly efficient SERS platform for pesticides detection</w:t>
+                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a robust platform for surface-enhanced Raman spectroscopy applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
@@ -8805,493 +8805,497 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Graphene 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Toulouse, France</w:t>
+              <w:t xml:space="preserve">E-MRS 2014 SPRING MEETING</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01012023v1</w:t>
+                <w:t xml:space="preserve">ujm-01011966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a robust platform for surface-enhanced Raman spectroscopy applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New kind of micro-system based on pure or doped amorphous-carbon films designed by pulsed laser for detection of toxic metals, emerging pollutants and pathogens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chiranjeevi Maddi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Zehani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fortang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2014 SPRING MEETING</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01011966v1</w:t>
+                <w:t xml:space="preserve">ujm-01012013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphene-based textured surface by pulsed laser deposition as a highly efficient surface-enhanced Raman spectroscopy platform</w:t>
+                <w:t xml:space="preserve">Synthèse de graphène texturé par ablation laser pulsée. Application à la détection de pesticides par SERS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cargese International School : Frontier research in graphene-based systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2014, Cargese, France</w:t>
+              <w:t xml:space="preserve">Matériaux 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2014, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-01012019v1</w:t>
+                <w:t xml:space="preserve">ujm-01012030v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">In situ plasma and nanoparticles diagnostic for nanoparticles deposition by temporally shaped femtosecond pulsed laser</w:t>
+                <w:t xml:space="preserve">Temporal pulse shaping influence on femtosecond-Pulsed Laser Deposited Diamond-Like Carbon films</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hossein Ftouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS2013 Spring Meeting</w:t>
+              <w:t xml:space="preserve">E-MRS 2013 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00964001v1</w:t>
+                <w:t xml:space="preserve">ujm-00964011v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Temporal Pulse Shaping on Graphite Femtosecond Laser Ablation Plume and Diamond-like Carbon Deposition</w:t>
+                <w:t xml:space="preserve">Temporally Shaped Femtosecond Pulsed Laser Ablation Plume Diagnostic: Plasma and Nanoparticles in situ Characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Bourquard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Teddy Tite</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -9319,1517 +9323,1513 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on Laser Ablation COLA2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Ischia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00964012v1</w:t>
+                <w:t xml:space="preserve">ujm-00964005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of large area graphene layers by pulsed laser deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Tribological Behavior of Model DLC Films: Role of sp3/sp2 Ratio, Hydrogen Content and Topographic Nanostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Choumad Ould</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Heau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Laser Ablation COLA2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Ischia, Italy</w:t>
+              <w:t xml:space="preserve">World Tribology Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2013, Torino, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00964007v1</w:t>
+                <w:t xml:space="preserve">ujm-00964000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporally Shaped Femtosecond Pulsed Laser Ablation Plume Diagnostic: Plasma and Nanoparticles in situ Characterization</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+                <w:t xml:space="preserve">Synthesis of large area graphene layers by pulsed laser deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Michalon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conference on Laser Ablation COLA2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2013, Ischia, Italy</w:t>
+              <w:t xml:space="preserve">E-MRS2013 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00964005v1</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00964003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temporal pulse shaping influence on femtosecond-Pulsed Laser Deposited Diamond-Like Carbon films</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Hossein Ftouni</w:t>
+                <w:t xml:space="preserve">Determination of different metals in wastewater using new microsensors based on diamond doped with boron (BDD)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Sbartai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Namour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Errachid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Krejcí</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Sejnohova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2013 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Nanotech Conference &amp; Expo 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Washington, France. pp.193-196</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId245" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00964011v1</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00965696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis of large area graphene layers by pulsed laser deposition</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence of Temporal Pulse Shaping on Graphite Femtosecond Laser Ablation Plume and Diamond-like Carbon Deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS2013 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Conference on Laser Ablation COLA2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Ischia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00964003v1</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00964012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tribological Behavior of Model DLC Films: Role of sp3/sp2 Ratio, Hydrogen Content and Topographic Nanostructure</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Christophe Heau</w:t>
+                <w:t xml:space="preserve">Synthesis of large area graphene layers by pulsed laser deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Tite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Teddy Tite</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.Y. Michalon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Tribology Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2013, Torino, Italy</w:t>
+              <w:t xml:space="preserve">Conference on Laser Ablation COLA2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, Ischia, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00964000v1</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00964007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Determination of different metals in wastewater using new microsensors based on diamond doped with boron (BDD)</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">In situ plasma and nanoparticles diagnostic for nanoparticles deposition by temporally shaped femtosecond pulsed laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nanotech Conference &amp; Expo 2013</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Washington, France. pp.193-196</w:t>
+              <w:t xml:space="preserve">E-MRS2013 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00965696v1</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00964001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microcellules électrochimiques en diamant dopé au bore (BDD) obtenues par usinage laser pour la détection de différents métaux lourds : Cd(II), Ni(II), Pb(II), Hg(II), U(VI)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdelhamid Errachid</w:t>
+                <w:t xml:space="preserve">Optical emission spectroscopy of laser-induced plumes with temporally shaped femtosecond laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Bourquard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jan Krejci</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Romana Sejnohova</w:t>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADICA 2012 - 8èmes journées Maghreb-Europe, Matériaux et Applications aux Dispositifs et Capteurs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">E-MRS 2012 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00816395v1</w:t>
+                <w:t xml:space="preserve">ujm-00739028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laser Surface processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Study of electrochemical performances for heavy metal detection of different amorphous-carbon films deposited by femtosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Khadro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Errachid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th International conference on Surface Modification Technologies, SMT26</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t>
+              <w:t xml:space="preserve">E-MRS2012 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00935259v1</w:t>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00739033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des performances électrochimiques pour la détection de métaux lourds de différents films de carbone adamantin déposés par ablation laser femtoseconde pulsée</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">Microcellules électrochimiques en diamant dopé au bore (BDD) obtenues par usinage laser pour la détection de différents métaux lourds : Cd(II), Ni(II), Pb(II), Hg(II), U(VI)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Sbartai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Namour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelhamid Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Garrelie</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jan Krejci</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romana Sejnohova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MADICA 2012 - 8èmes journées Maghreb-Europe, Matériaux et Applications aux Dispositifs et Capteurs.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, Sousse, Tunisie</w:t>
+              <w:t xml:space="preserve">MADICA 2012 - 8èmes journées Maghreb-Europe, Matériaux et Applications aux Dispositifs et Capteurs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00814364v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pulsed laser deposition of carbon-based coatings: highlights, limitations and new trends with ultrafast laser pulses</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Donnet</w:t>
+                <w:t xml:space="preserve">Étude des performances électrochimiques pour la détection de métaux lourds de différents films de carbone adamantin déposés par ablation laser femtoseconde pulsée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basma Khadro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelhamid Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EMRS 2012 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">MADICA 2012 - 8èmes journées Maghreb-Europe, Matériaux et Applications aux Dispositifs et Capteurs.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Sousse, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId257" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00739003v1</w:t>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00814364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optical emission spectroscopy of laser-induced plumes with temporally shaped femtosecond laser</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+                <w:t xml:space="preserve">Pulsed laser deposition of carbon-based coatings: highlights, limitations and new trends with ultrafast laser pulses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2012 Spring Meeting</w:t>
+              <w:t xml:space="preserve">EMRS 2012 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00739028v1</w:t>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00739003v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of electrochemical performances for heavy metal detection of different amorphous-carbon films deposited by femtosecond pulsed laser ablation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+                <w:t xml:space="preserve">Laser Surface processing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Florence Garrelie</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS2012 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2012, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">26th International conference on Surface Modification Technologies, SMT26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00739033v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00935259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Space and time-resolved spectroscopy of aluminium, carbon and boron ablation plume generated by temporally shaped femtosecond laser</w:t>
               </w:r>
@@ -10867,51 +10867,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conference on laser Ablation COLA2011</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Cancun, Mexico</w:t>
@@ -10992,51 +10992,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS 2011 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2011, Nice, France. DOI 10.1016/j.apsusc.2011.09.075</w:t>
@@ -11059,293 +11059,293 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00632225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of the top surface nanostructure of a tetrahedral amorphous carbon film on the friction mechanism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electrochemical performances of different Diamond-Like Carbon (DLC) films deposited by femtosecond pulsed laser ablation for heavy metal detection using SWASV technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Khadro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Julien Fontaine</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Errachid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-MRS 2010</w:t>
+              <w:t xml:space="preserve">e-MRS2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473543v1</w:t>
+                <w:t xml:space="preserve">ujm-00473542v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal Properties of SiN, DLC and Diamond Membranes</w:t>
+                <w:t xml:space="preserve">Matériaux carbonés pour les transducteurs et les capteurs micro et nanothermiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Eon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diamond 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Budapest, Hungary</w:t>
+              <w:t xml:space="preserve">GFEC2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2010, Château Laval, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId264" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00549339v1</w:t>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00473523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dépôt de couches minces par ablation laser femtoseconde et nanoseconde : corrélation avec les propriétés du plasma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11404,2036 +11404,2036 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">UVX 2010 10ème Colloque sur les Sources Cohérentes et Incohérentes UV, VUV, et X : Applications et développements Récents</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Porquerolles, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00549332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matériaux carbonés pour les transducteurs et les capteurs micro et nanothermiques</w:t>
+                <w:t xml:space="preserve">Thermal Properties of SiN, DLC and Diamond Membranes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Eon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFEC2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2010, Château Laval, France</w:t>
+              <w:t xml:space="preserve">Diamond 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Budapest, Hungary</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId268" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00473523v1</w:t>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00549339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrochemical performances of different Diamond-Like Carbon (DLC) films deposited by femtosecond pulsed laser ablation for heavy metal detection using SWASV technique</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Diamond-like carbon films deposited by femtosecond and nanosecond pulsed laser ablation: Correlation between the elaboration process and films properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-MRS2010</w:t>
+              <w:t xml:space="preserve">E-MRS 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00473542v1</w:t>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00473546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diamond-like carbon films deposited by femtosecond and nanosecond pulsed laser ablation: Correlation between the elaboration process and films properties</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">On the early stages of friction of tetrahedral amorphous carbon thin films deposited by femtosecond laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Fontaine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films - ICMCTF2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00473546v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00473541v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the early stages of friction of tetrahedral amorphous carbon thin films deposited by femtosecond laser ablation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Influence of the top surface nanostructure of a tetrahedral amorphous carbon film on the friction mechanism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierdomenico Paolino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Fontaine</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films - ICMCTF2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2010, San Diego, United States</w:t>
+              <w:t xml:space="preserve">e-MRS 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473541v1</w:t>
+                <w:t xml:space="preserve">ujm-00473543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of boron doped diamond like carbon films deposited by femtosecond and nanosecond pulsed laser ablation</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+                <w:t xml:space="preserve">Ultrashort pulsed laser deposition of thin films with femtosecond and temporal shaped laser beam</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guillermin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+                <w:t xml:space="preserve">A. Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2009</w:t>
+              <w:t xml:space="preserve">E-MRS 2009 : Atelier Franco-Roumain couplé aux symposia P et Q</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473535v1</w:t>
+                <w:t xml:space="preserve">ujm-00473521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of boron doped diamond like carbon films elaborated by femtosecond and nanosecond pulsed laser ablation</w:t>
+                <w:t xml:space="preserve">RAMAN MULTI WAVELENGTH AND ENERGY FILTRED TEM STUDY OF DIAMOND-LIKE CARBON FILMS DEPOSITED BY FEMTOSECOND AND NANOSECOND PULSED LASER ABLATION</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Béatrice Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Laser Ablation COLA 09</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2009, Singapore, Singapore</w:t>
+              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films - ICMCTF2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2009, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473818v1</w:t>
+                <w:t xml:space="preserve">ujm-00473531v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RAMAN MULTI WAVELENGTH AND ENERGY FILTRED TEM STUDY OF DIAMOND-LIKE CARBON FILMS DEPOSITED BY FEMTOSECOND AND NANOSECOND PULSED LASER ABLATION</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Béatrice Vacher</w:t>
+                <w:t xml:space="preserve">CONTROL OF FEMTOSECOND PULSED LASER DEPOSITED THIN FILMS THROUGH PLASMA OPTIMIZATION BY TEMPORAL SHAPING BASED ON GENETICAL ALGORITHM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Liebig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films - ICMCTF2009</w:t>
+              <w:t xml:space="preserve">International Conference on Metallurgical coatings and Thin Films - ICMCTF2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473531v1</w:t>
+                <w:t xml:space="preserve">ujm-00473529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrashort pulsed laser deposition of thin films with femtosecond and temporal shaped laser beam</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptive control of femtosecond laser induced ablation;consequences on plasma emission and thin film deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Colombier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Valette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2009 : Atelier Franco-Roumain couplé aux symposia P et Q</w:t>
+              <w:t xml:space="preserve">e-MRS 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00473521v1</w:t>
+                <w:t xml:space="preserve">ujm-00473814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CONTROL OF FEMTOSECOND PULSED LASER DEPOSITED THIN FILMS THROUGH PLASMA OPTIMIZATION BY TEMPORAL SHAPING BASED ON GENETICAL ALGORITHM</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">Effect of Boron Incorporation on the Structure and Electrical Properties of Diamond-Like Carbon Films Deposited by Femtosecond and Nanosecond Pulsed Laser Ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Sanchez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.N. Rouzaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.C. Rojas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metallurgical coatings and Thin Films - ICMCTF2009</w:t>
+              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00473529v1</w:t>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00386348v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive control of femtosecond laser induced ablation;consequences on plasma emission and thin film deposition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Valette</w:t>
+                <w:t xml:space="preserve">Structural and electrical characterization of boron containing diamond-like carbon films deposited by femtosecond pulsed laser deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-MRS 2009</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.1738-1741</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00473814v1</w:t>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00351277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of Boron Incorporation on the Structure and Electrical Properties of Diamond-Like Carbon Films Deposited by Femtosecond and Nanosecond Pulsed Laser Ablation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T.C. Rojas</w:t>
+                <w:t xml:space="preserve">Adaptive control of femtosecond laser plasma for film deposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Guillermin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Liebig</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Metallurgical Coatings and Thin Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2009, San Diego, United States</w:t>
+              <w:t xml:space="preserve">e-MRS 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.5163-5166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00386348v1</w:t>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00356323v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural and electrical characterization of boron containing diamond-like carbon films deposited by femtosecond pulsed laser deposition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Guerret-Piécourt</w:t>
+                <w:t xml:space="preserve">Study of boron doped diamond like carbon films elaborated by femtosecond and nanosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS 2008 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.1738-1741</w:t>
+              <w:t xml:space="preserve">10th International Conference on Laser Ablation COLA 09</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Singapore, Singapore</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00351277v1</w:t>
+                <w:t xml:space="preserve">ujm-00473818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive control of femtosecond laser plasma for film deposition</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A.-S. Loir</w:t>
+                <w:t xml:space="preserve">Characterization of boron doped diamond like carbon films deposited by femtosecond and nanosecond pulsed laser ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">e-MRS 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, Strasbourg, France. pp.5163-5166</w:t>
+              <w:t xml:space="preserve">E-MRS 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00356323v1</w:t>
+                <w:t xml:space="preserve">ujm-00473535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couches minces de Diamond-Like Carbon : élaboration et propriétés d'usage</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Electrical Properties within 70-300 Kof Boron containing DLC Filmsdeposited by femtosecond Pulsed Laser Ablation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Sikora</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bourgeois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques du Groupe Français d'Etude des carbones (GFEC)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, Chambon sur lac, France</w:t>
+              <w:t xml:space="preserve">ICMCTF 2008, International Conference on Metallurgical Coatings and Thin Films</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2008, San Diego, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00355959v1</w:t>
+                <w:t xml:space="preserve">ujm-00356328v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surface state and electrical properties of diamond-like carbon films deposited by pulsed laser</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Luc Garden</w:t>
+                <w:t xml:space="preserve">Couches minces de Diamond-Like Carbon : élaboration et propriétés d'usage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Sikora</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICFD 2008, International Conference on Flow Dynamics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2008, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">Journées scientifiques du Groupe Français d'Etude des carbones (GFEC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, Chambon sur lac, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00351378v1</w:t>
+                <w:t xml:space="preserve">ujm-00355959v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Properties within 70-300 Kof Boron containing DLC Filmsdeposited by femtosecond Pulsed Laser Ablation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Berkesse</w:t>
+                <w:t xml:space="preserve">Surface state and electrical properties of diamond-like carbon films deposited by pulsed laser</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sikora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Foutni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICMCTF 2008, International Conference on Metallurgical Coatings and Thin Films</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2008, San Diego, United States</w:t>
+              <w:t xml:space="preserve">ICFD 2008, International Conference on Flow Dynamics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2008, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00356328v1</w:t>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00351378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ripples formation under femtosecond laser irradiation : mono and multi pulses studies and interpretation</w:t>
               </w:r>
@@ -13803,51 +13803,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carl Liebig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Razvan Stoian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14053,64 +14053,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Berkesse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Garden</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christelle Guerret-Piécourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ITFPC 2007, Innovations on thin Films Processing and Characterization</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2007, Nancy, France</w:t>
@@ -14133,527 +14133,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00356331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hopping current density in reversely biased crystalline silicon / amorphous carbon heterojunctions</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">C. Godet</w:t>
+                <w:t xml:space="preserve">Analyse du comportement protecteur vis-à-vis de la corrosion humide de revêtements CVD base SiOx. Influence de la nature passivable sur substrat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Garrelie</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-C. Sanchez-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Millet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICANS 21, 21th International Conference on Amorphous and nanocrystalline Semiconductors</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Matériaux 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00356434v1</w:t>
+                <w:t xml:space="preserve">ujm-00356457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse du comportement protecteur vis-à-vis de la corrosion humide de revêtements CVD base SiOx. Influence de la nature passivable sur substrat</w:t>
+                <w:t xml:space="preserve">Influence of Si-chemical bonding on the semiconductive and anti-corrosion properties of Si-C-N coatings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Steyer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Sanchez-Lopez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Gachon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, Dijon, France</w:t>
+              <w:t xml:space="preserve">10th International Conference on Plasma and Surface Engineering, PSE 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2006, Garmisch-Partenkirchen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00356457v1</w:t>
+                <w:t xml:space="preserve">ujm-00356435v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Si-chemical bonding on the semiconductive and anti-corrosion properties of Si-C-N coatings</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Y. Gachon</w:t>
+                <w:t xml:space="preserve">Characterization of different DLC and DLN electrodes for biosensor design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maalouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Jaffrezic-Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Vittori</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sigaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Saikali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Conference on Plasma and Surface Engineering, PSE 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2006, Garmisch-Partenkirchen, Germany</w:t>
+              <w:t xml:space="preserve">International Joint Conference of JFSIMS and SMEBA 2005 (Japan-France Seminar on Intelligent Materials and Structures and International Symposium on Smart Materials for Engineering and Biomedical Application)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, Tokyo et Hakone, Japan. pp.31-36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00356435v1</w:t>
+                <w:t xml:space="preserve">ujm-00356386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of different DLC and DLN electrodes for biosensor design</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">M. Sigaud</w:t>
+                <w:t xml:space="preserve">New trends in femtosecond Pulsed Laser Deposition and femtosecond produced plasma diagnostics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Garrelie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Donnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Y. Saikali</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">N. Benchikh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Joint Conference of JFSIMS and SMEBA 2005 (Japan-France Seminar on Intelligent Materials and Structures and International Symposium on Smart Materials for Engineering and Biomedical Application)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">High Power Laser Ablation 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2006, Taos (New Mexico), United States. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.669122⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">ujm-00356386v1</w:t>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">ujm-00170156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dependance of the friction behaviour of hydrogenated Si-C-N coatings with the bonding structure</w:t>
               </w:r>
@@ -14754,144 +14742,156 @@
                 </w:rPr>
                 <w:t xml:space="preserve">ujm-00356446v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New trends in femtosecond Pulsed Laser Deposition and femtosecond produced plasma diagnostics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hopping current density in reversely biased crystalline silicon / amorphous carbon heterojunctions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Katsuno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Godet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-S. Loir</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">N. Benchikh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">High Power Laser Ablation 2006</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.669122⟩</w:t>
+              <w:t xml:space="preserve">ICANS 21, 21th International Conference on Amorphous and nanocrystalline Semiconductors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, Lisbon, Portugal. pp.1421-1424, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jnoncrysol.2005.09.038⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ujm-00170156v1</w:t>
+                <w:t xml:space="preserve">ujm-00356434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plasma plume investigation during femtosecond Pulsed Laser Deposition of Pure Diamond-Like Carbon Films and Nano-structured Diamond-Like Carbon Films containing metals</w:t>
               </w:r>
@@ -14903,51 +14903,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Garrelie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Subtil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Benchikh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Donnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15471,51 +15471,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sbartai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Namour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Sejnohova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -15641,51 +15641,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicole Jaffrezic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sbartai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -15720,77 +15720,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Procédé de fabrication de microcellules électrochimiques planaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Jaffrezic-Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Sbartai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Errachid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId323" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16031,51 +16031,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="B5DC0812"/>
+    <w:nsid w:val="F74F9BEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -16262,51 +16262,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loiranne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9169-1545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079408508" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-4041-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-05316740v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Banshamlan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang Thi Thanh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Loir" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bleu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Lefkir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164672" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487888v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choumad Ould" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Tite" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2024.109446" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979666v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bourquard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Misdanitis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Poulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.105564" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922491v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16010461" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050302v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.12.229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.113004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04000978v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Michalon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149492" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187937v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chaix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Galipaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2021.108382" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bleu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourquard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lefkir" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Loir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.145843" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197284v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gartiser" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Caja-Munoz" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.121905" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04000569v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Avila" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12040666" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280342v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Christien" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.08.084" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195906v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5683" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929373v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiranjeevi Maddi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00572" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363692v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maddi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tite" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2016.01.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PV4KHFC1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01495219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.039" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01496484v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Reynaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2016.03.024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01496461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fortgang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjla Zehani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b10647" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229582v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne--Sophie Loir" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2015.09.020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01157861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.01.123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KN1S0LK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00963994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4868103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00948958v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp409191s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00948962v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Michalon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863824" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00738971v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillermin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.09.075" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HRCDW461-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939085v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Sbartai" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sejnohova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3003598" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549680v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Khadro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2010.11.034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q731KTVZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549329v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sikora" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontaine" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3510483" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00476510v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdomenico Paolino" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ftouni" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garden" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3407671" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727759v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N. Rouzaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rojas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.09.111" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BS4V10G-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pech" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schupp" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hack" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gachon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2008.12.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B4P6B54H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727746v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berkesse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2008.07.013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMN3GCKV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berkesse" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Piecourt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4893-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-33P8KJ40-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350698v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Liebig" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Stoian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2008.07.207" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JFQFJ72-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351463v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;au" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109708v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnett" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benchikh" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.669122" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109718v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maalouf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vittori" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sigaud" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saikali" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2978/jsas.18.31" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109678v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Katsuno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2005.09.038" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWJ9M3M5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109670v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soldatkin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2005.10.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2F8KN1DL-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351461v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Millet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2005.11.130" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX0PGL7R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351360v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Subtil" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Belin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005127030" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082342v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benchikh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouchet-Fabre" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wolski" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.11.162" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MT232HP8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00170162v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Katsuno" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Godet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Orlianges" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-005-3257-6" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-259HK4T4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351355v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.01.129" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXNP1F5H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692666v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417292v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Christien" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455148v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455152v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garrelie" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455143v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185234v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015708v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416314v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maddi" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Barnier" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F S Bourquard" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117317v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaix Carole" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416290v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fortgang" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tite" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zehani" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416315v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Reynaud" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416296v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C S Maddi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229585v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261882v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Titte" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Rojas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257598v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257592v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fortang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257595v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012013v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012030v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01011991v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01081558v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Michalon" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012023v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01011966v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012019v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964001v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964012v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964007v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964005v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964011v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964003v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964000v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heau" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00965696v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejc&#237;" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816395v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Krejci" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Sejnohova" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00935259v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814364v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739003v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739028v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739033v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Khadro" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00632250v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00632225v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473543v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549339v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eon" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549332v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473523v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473542v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Errachid" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473546v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vacher" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473541v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473535v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473818v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473531v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473521v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473529v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473814v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00386348v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Rouzaud" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351277v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356323v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00355959v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351378v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Foutni" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356328v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288728v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillermin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dusser" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473812v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00342115v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473548v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351422v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chatelon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jamon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356331v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356434v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356457v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356435v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356386v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356446v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-C. Rojas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00170156v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356338v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Subtil" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113527v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bourquand" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Donnet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018935v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019305v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605208v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbartai" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Renaud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608913v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jaffrezic" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00664571v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renaud" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Namour" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005448v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loiranne" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9169-1545" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/079408508" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/J-4041-2012" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-05316740v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Banshamlan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai Hoang Thi Thanh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Loir" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Bleu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaya Lefkir" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2025.164672" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04487888v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choumad Ould" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Tite" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe H&#233;au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Donnet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2024.109446" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03979666v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Bourquard" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Misdanitis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Poulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2023.105564" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03922491v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Barnier" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Garrelie" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma16010461" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04050302v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Jamon" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ceramint.2022.12.229" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03793783v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.113004" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04000978v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Michalon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Reynaud" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149492" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187937v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Farre" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Chaix" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Galipaud" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2021.108382" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489377v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bleu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourquard" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Barnier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Lefkir" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-S. Loir" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2020.145843" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02280342v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Christien" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbon.2019.08.084" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04000569v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Borja Caja-Munoz" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Avila" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma12040666" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02197284v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Gartiser" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2019.121905" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02195906v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jrs.5683" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01929373v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chiranjeevi Maddi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fchem.2018.00572" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01363692v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maddi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tite" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diamond.2016.01.001" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PV4KHFC1-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01495219v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.10.039" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01496484v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Reynaud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2016.03.024" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01496461v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fortgang" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjla Zehani" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.5b10647" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229582v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne--Sophie Loir" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Colombier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optlastec.2015.09.020" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01157861v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2015.01.123" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6KN1S0LK-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00963994v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4868103" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00948958v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp409191s" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00948962v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.Y. Michalon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4863824" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00738971v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Guillermin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2011.09.075" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HRCDW461-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939085v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Sbartai" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejci" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sejnohova" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3003598" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549680v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basma Khadro" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Sikora" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2010.11.034" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q731KTVZ-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00476510v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierdomenico Paolino" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hossein Ftouni" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Garden" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3407671" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549329v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sikora" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Fontaine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3510483" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727759v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bourgeois" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-N. Rouzaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rojas" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2009.09.111" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9BS4V10G-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351624v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pech" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Schupp" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Steyer" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hack" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gachon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.wear.2008.12.007" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B4P6B54H-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01727746v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Berkesse" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guerret-Pi&#233;court" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2008.07.013" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JMN3GCKV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351650v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Berkesse" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Guerret-Piecourt" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-008-4893-4" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-33P8KJ40-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00350698v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carl Liebig" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Stoian" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2008.07.207" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9JFQFJ72-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351463v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. H&#233;au" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109718v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maalouf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Vittori" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sigaud" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Saikali" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2978/jsas.18.31" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109708v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Donnett" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Benchikh" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.669122" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109678v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Katsuno" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Godet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2005.09.038" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TWJ9M3M5-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00109670v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Soldatkin" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2005.10.005" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2F8KN1DL-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351461v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Millet" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.surfcoat.2005.11.130" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX0PGL7R-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00082342v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Benchikh" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouchet-Fabre" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krzysztof Wolski" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tsf.2004.11.162" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MT232HP8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00170162v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takashi Katsuno" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Godet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Orlianges" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00339-005-3257-6" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-259HK4T4-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351355v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Subtil" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Belin" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2005.01.129" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WXNP1F5H-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351360v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp4:2005127030" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04692666v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455152v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Garrelie" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455148v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02455143v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Christien" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185234v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417292v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02015708v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117317v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaix Carole" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Lagarde" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416290v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fortgang" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Tite" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Zehani" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416315v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Maddi" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Barnier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F S Bourquard" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Reynaud" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416296v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C S Maddi" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01416314v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229585v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261882v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Titte" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.C. Rojas" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257598v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257592v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fortang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01257595v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01011991v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01081558v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Reynaud" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-Y. Michalon" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012023v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012019v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01011966v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012013v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-01012030v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964011v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964005v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964000v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Heau" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964003v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00965696v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejc&#237;" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964012v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964007v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00964001v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739028v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Razvan Stoian" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739033v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Khadro" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816395v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Krejci" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Sejnohova" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814364v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00739003v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00935259v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00632250v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00632225v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473542v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Errachid" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473523v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Richard" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Eon" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549332v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00549339v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473546v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Vacher" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473541v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473543v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473521v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473531v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473529v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473814v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Valette" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00386348v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Sanchez-Lopez" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.N. Rouzaud" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351277v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356323v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473818v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473535v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356328v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00355959v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351378v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Foutni" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00288728v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Guillermin" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dusser" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473812v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00342115v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00473548v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00351422v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chatelon" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Jamon" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356331v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356457v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356435v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356386v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00170156v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356446v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.-C. Rojas" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356434v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00356338v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Subtil" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02113527v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Bourquand" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Donnet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vocanson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02018935v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02019305v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02605208v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbartai" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Namour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Renaud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02608913v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicole Jaffrezic" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00664571v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renaud" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Namour" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00005448v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>