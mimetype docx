--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -345,295 +345,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05122823v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma gondii and Trypanosoma lewisi Infection in Urban Small Mammals From Cotonou, Benin, With Special Emphasis on Coinfection Patterns</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Toxoplasma gondii from Gabonese forest, Central Africa: First report of an African wild strain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonas R. Etougbétché</w:t>
+                <w:t xml:space="preserve">Matthieu Fritz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gualbert Houéménou</w:t>
+                <w:t xml:space="preserve">Pierre Becquart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine A. Missihoun</w:t>
+                <w:t xml:space="preserve">Karine Passebosc-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Gauthier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Henri-Joël Dossou</w:t>
+                <w:t xml:space="preserve">Nicolas Plault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1155/tbed/9976509⟩</w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 19 (1), pp.e0012214. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012214⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963213v1</w:t>
+                <w:t xml:space="preserve">hal-04909698v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma gondii from Gabonese forest, Central Africa: First report of an African wild strain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lokman Galal</w:t>
+                <w:t xml:space="preserve">Toxoplasma gondii and Trypanosoma lewisi Infection in Urban Small Mammals From Cotonou, Benin, With Special Emphasis on Coinfection Patterns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas R. Etougbétché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Fritz</w:t>
+                <w:t xml:space="preserve">Gualbert Houéménou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Becquart</w:t>
+                <w:t xml:space="preserve">Antoine A. Missihoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karine Passebosc-Faure</w:t>
+                <w:t xml:space="preserve">Philippe Gauthier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Plault</w:t>
+                <w:t xml:space="preserve">Henri-Joël Dossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 19 (1), pp.e0012214. </w:t>
+              <w:t xml:space="preserve">Transboundary and emerging diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 2025, pp.9976509. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0012214⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1155/tbed/9976509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04909698v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963213v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potential community acquisition of NMC-A-producing Enterobacter ludwigii , an underestimated environmental threat?</w:t>
               </w:r>
@@ -1015,429 +1015,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04600867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A ring trial to harmonize Toxoplasma gondii microsatellite typing: comparative analysis of results and recommendations for optimization</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">M. Joeres</w:t>
+                <w:t xml:space="preserve">Genomic epidemiology of carbapenemase-producing Gram-negative bacteria at the human-animal-environment interface in Djibouti city, Djibouti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hasna Saïd Mohamed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Cardron</w:t>
+                <w:t xml:space="preserve">Juliette Hayer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">K. Passebosc-Faure</w:t>
+                <w:t xml:space="preserve">Julio Benavides</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Plault</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Fernández-Escobar</w:t>
+                <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10096-023-04597-7⟩</w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 905, pp.167160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167160⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04522392v1</w:t>
+                <w:t xml:space="preserve">hal-04273420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genomic epidemiology of carbapenemase-producing Gram-negative bacteria at the human-animal-environment interface in Djibouti city, Djibouti</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lokman Galal</w:t>
+                <w:t xml:space="preserve">Seroprevalence and risk factors of Toxoplasma gondii infection in sheep in Algeria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Ouchene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Hayer</w:t>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julio Benavides</w:t>
+                <w:t xml:space="preserve">Nadjet Amina Khelifi Touhami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Bañuls</w:t>
+                <w:t xml:space="preserve">Abdelkrim Aroussi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Ouchetati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167160⟩</w:t>
+              <w:t xml:space="preserve">Comparative Immunology, Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 95, pp.101960. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cimid.2023.101960⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04273420v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600921v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Seroprevalence and risk factors of Toxoplasma gondii infection in sheep in Algeria</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nassim Ouchene</w:t>
+                <w:t xml:space="preserve">A ring trial to harmonize Toxoplasma gondii microsatellite typing: comparative analysis of results and recommendations for optimization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Joeres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Azra Hamidović</w:t>
+                <w:t xml:space="preserve">G. Cardron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nadjet Amina Khelifi Touhami</w:t>
+                <w:t xml:space="preserve">K. Passebosc-Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkrim Aroussi</w:t>
+                <w:t xml:space="preserve">N. Plault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imane Ouchetati</w:t>
+                <w:t xml:space="preserve">M. Fernández-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Comparative Immunology, Microbiology and Infectious Diseases</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 95, pp.101960. </w:t>
+              <w:t xml:space="preserve">European Journal of Clinical Microbiology and Infectious Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 42 (7), pp.803-818. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cimid.2023.101960⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10096-023-04597-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600921v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seroprevalence of SARS-CoV-2 IgG and associated factors among people living with HIV over the first 12 months following the outbreak of COVID-19 in Burkina Faso, a sub-Saharan African country</w:t>
               </w:r>
@@ -1685,563 +1685,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">anses-04265771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma gondii in the faeces of wild felids from the Atlantic Forest, Brazil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A unique Toxoplasma gondii haplotype accompanied the global expansion of cats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Paula Bolais</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lokman Galal</w:t>
+                <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cecília Cronemberger</w:t>
+                <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabiane de Aguiar Pereira</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Alynne da Silva Barbosa</w:t>
+                <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Memórias do Instituto Oswaldo Cruz</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1590/0074-02760210302⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 13 (1), pp.5778. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-022-33556-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04522372v1</w:t>
+                <w:t xml:space="preserve">hal-03863411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Molecular prevalence, genetic characterization and patterns of &amp;lt;i&amp;gt;Toxoplasma gondii&amp;lt;/i&amp;gt; infection in domestic small mammals from Cotonou, Benin</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Henri-Joël Dossou</w:t>
+                <w:t xml:space="preserve">Toxoplasma gondii in the faeces of wild felids from the Atlantic Forest, Brazil</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Bolais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maeva Coan-Grosso</w:t>
+                <w:t xml:space="preserve">Cecília Cronemberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roxane Roques</w:t>
+                <w:t xml:space="preserve">Fabiane de Aguiar Pereira</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alynne da Silva Barbosa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/parasite/2022058⟩</w:t>
+              <w:t xml:space="preserve">Memórias do Instituto Oswaldo Cruz</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 117, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1590/0074-02760210302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957367v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04522372v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A unique Toxoplasma gondii haplotype accompanied the global expansion of cats</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multidrug-Resistant Enterobacterales in Community-Acquired Urinary Tract Infections in Djibouti, Republic of Djibouti</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
+                <w:t xml:space="preserve">Hasna Said Mohamed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Azra Hamidović</w:t>
+                <w:t xml:space="preserve">Mohamed Houmed Aboubaker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Dumont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Noëlle Didelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Laure Michon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41467-022-33556-7⟩</w:t>
+              <w:t xml:space="preserve">Antibiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (12), pp.1740. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/antibiotics11121740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03863411v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04238799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multidrug-Resistant Enterobacterales in Community-Acquired Urinary Tract Infections in Djibouti, Republic of Djibouti</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Yann Dumont</w:t>
+                <w:t xml:space="preserve">Molecular prevalence, genetic characterization and patterns of &amp;lt;i&amp;gt;Toxoplasma gondii&amp;lt;/i&amp;gt; infection in domestic small mammals from Cotonou, Benin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas R. Etougbétché</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri-Joël Dossou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Noëlle Didelot</w:t>
+                <w:t xml:space="preserve">Maeva Coan-Grosso</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Laure Michon</w:t>
+                <w:t xml:space="preserve">Roxane Roques</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antibiotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 11 (12), pp.1740. </w:t>
+              <w:t xml:space="preserve">Parasite</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 29, pp.58. </w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/antibiotics11121740⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/parasite/2022058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04238799v1</w:t>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genomic Epidemiology of SARS-CoV-2 in Western Burkina Faso, West Africa</w:t>
               </w:r>
@@ -2361,51 +2361,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hotspot of Toxoplasma gondii Africa 1 lineage in Benin: How new genotypes from West Africa contribute to understand the parasite genetic diversity worldwide</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonas Raoul Etougbétché</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2802,64 +2802,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Boumédiène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vector-Borne and Zoonotic Diseases</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 20 (1), pp.15-21. </w:t>
@@ -2936,51 +2936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Stragier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Boumédiène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Maugrion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3025,412 +3025,412 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02459045v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The introduction of new hosts with human trade shapes the extant distribution of Toxoplasma gondii lineages</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Prevalence and genetic characterization of Toxoplasma gondii in naturally infected backyard pigs intended for familial consumption in Romania</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Ioana Paştiu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Cozma-Petruț</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anamaria Balea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fatoumata Coulibaly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007435⟩</w:t>
+              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 12 (1), pp.586. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s13071-019-3842-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02275387v1</w:t>
+                <w:t xml:space="preserve">hal-02459652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prevalence and genetic characterization of Toxoplasma gondii in naturally infected backyard pigs intended for familial consumption in Romania</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Anamaria Ioana Paştiu</w:t>
+                <w:t xml:space="preserve">Diversity of Toxoplasma gondii strains at the global level and its determinants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anamaria Cozma-Petruț</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId140" w:history="1">
+                <w:t xml:space="preserve">Marie Laure Dardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Parasites &amp; Vectors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s13071-019-3842-8⟩</w:t>
+              <w:t xml:space="preserve">Food and Waterborne Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 15, pp.e00052. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fawpar.2019.e00052⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02459652v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02325430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diversity of Toxoplasma gondii strains at the global level and its determinants</w:t>
+                <w:t xml:space="preserve">The introduction of new hosts with human trade shapes the extant distribution of Toxoplasma gondii lineages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Azra Hamidović</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amedine Sarr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Laure Dardé</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Fatoumata Coulibaly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food and Waterborne Parasitology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 15, pp.e00052. </w:t>
+              <w:t xml:space="preserve">PLoS Neglected Tropical Diseases</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 13 (7), pp.e0007435. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.fawpar.2019.e00052⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pntd.0007435⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02325430v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02275387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposure of yellow-legged gulls to Toxoplasma gondii along the Western Mediterranean coasts: Tales from a sentinel</w:t>
               </w:r>
@@ -3455,51 +3455,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Ramos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yaiza Parra-Torres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3602,51 +3602,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Stragier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal for Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 49 (3-4), pp.267-275. </w:t>
@@ -3678,404 +3678,404 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02624520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxoplasma and Africa: one parasite, two opposite population structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Human toxoplasmosis: a systematic review for genetic diversity of Toxoplasma gondii in clinical samples</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Hosseini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Amouei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Sharif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sh. Sarvi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Trends in Parasitology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pt.2017.10.010⟩</w:t>
+              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S0950268818002947⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04563347v1</w:t>
+                <w:t xml:space="preserve">hal-01935860v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human toxoplasmosis: a systematic review for genetic diversity of Toxoplasma gondii in clinical samples</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Amouei</w:t>
+                <w:t xml:space="preserve">Toxoplasma and Africa: one parasite, two opposite population structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Sharif</w:t>
+                <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sh. Sarvi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lokman Galal</w:t>
+                <w:t xml:space="preserve">Marie-Fleur Durieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epidemiology and Infection</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1 - 9. </w:t>
+              <w:t xml:space="preserve">Trends in Parasitology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 34 (2), pp.140-154. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S0950268818002947⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pt.2017.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01935860v2</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04563347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxoplasma and Africa: One Parasite, Two Opposite Population Structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Fleur Durieux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Trends in Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 34 (2), pp.140-154. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.pt.2017.10.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01646804v1</w:t>
@@ -4086,90 +4086,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seroprevalence of Toxoplasma gondii in commensal rodents sampled across Senegal, West Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Amidi Diagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadija Ismaïl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkrim Aroussi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ambroise Dalecky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4233,51 +4233,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Geographical distribution of Toxoplasma gondii genotypes in Asia: A link with neighboring continents.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Chaichan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4325,2804 +4325,2804 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.meegid.2017.06.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01558393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (9)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toxoplasma gondii en Amérique du Sud : un parasite zoonotique ancien, une émergence récente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">France One Global Health Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2025, LYON, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05317310v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Investigation de deux épidémies françaises de toxoplasmose : l'apport de la génomique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Passebosc-Faure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Villena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociétés Françaises de Parasitologie et de Mycologie Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Angers, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04607802v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toxoplasmose sévère chez l’immunocompétent revue mondiale et épidémiologie des cas du CNR Toxoplasmose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ondine Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tinhinane Laiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Mercier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Yera</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Xème Congrès International Francophone Adelf - Epiter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, LIMOGES, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650809v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Typing of European Toxoplasma gondii type II strains by a novel Ion AmpliSeq-based technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Joeres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maksimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Höper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Calvelage</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Calero-Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International meeting Apicomplexa in farm Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bern, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04545266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Genotyping Toxoplasma gondii: whole genome sequences of isolates across Europe reveal diversity within European type II strains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Maksimov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Angulo-Lara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rafael Calero-Bernal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Fernández-Escobar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International meeting Apicomplexa in farm Animals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Bern, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04545255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Epidémiologie moléculaire de Toxoplasma gondii en Nouvelle Aquitaine : évaluation des voies d'introduction de souches exotiques du parasite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pacôme Sientzoff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sohib Gouasmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurelien Dumetre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Société Française de Parasitologie (SFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Did maritime trade between Europe and West Africa influence T. Gondii genetic diversity?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jonas Etougbetche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aretas Tonouhewa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gauthier G. Dobigny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15th Biennial Meeting on Toxoplasma Biology and Toxoplasmosis (TOXO-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Quimbaya, Colombia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307411v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prévalence de Toxoplasma gondii chez les animaux péri-domestiques et sauvages en région Provence-Alpes-Côte d'Azur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sohib Gouasmia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Dumètre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Davoust</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie L'Ollivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azra Hamidović</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Socité Française de Parasitologie (SFP)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toxoplasma gondii strains introgressions between France and West Africa: an exploration of human and environmental factors role</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lokman Galal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Vignoles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. International Meeting Molecular Epidemiology and Evolutionary Genetics of infectious Diseases (MEEGID XIII) - Institut of Tropical Medicine in Antwerp, Belgium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Antwerpen, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02309354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (14)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the History of the Domestic Cycle of Toxoplasma gondii in South Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg M. Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire de Microbiologie de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ecole Doctorale Vie Santé Université Strasbourg, Apr 2025, STRASBOURG, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05082091v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toxoplasma gondii en Amérique du Sud : un parasite zoonotique ancien, une émergence récente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg M. Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">France One Global Health Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, France One Global Health Forum, Oct 2025, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05317273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La toxoplasmose à l'ère de l'Anthropocène</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EcoFoG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, INRAE GUYANE, Apr 2025, KOUROU, Guyane française</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05082059v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the History of the Domestic Cycle of Toxoplasma gondii in South America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3rd Environmental Toxoplasmosis Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, BERLIN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04598103v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Understanding the History of the Domestic Cycle of Toxoplasma gondii in South America</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17th International Congress on Toxoplasmosis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2024, BERLIN, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04598092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genotyping Toxoplasma: whole genome sequences of isolates across europe reveal more diversity within European type II than expected</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Maksimov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Angulo-Lara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rafael Calero-Bernal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Fernández-Escobar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XVth International Congress Of Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Copenhagen, Denmark</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04544451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massive introgressions of Toxoplasma gondii domestic alleles in the Americas coincide with the recent introduction of the domestic cat.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Prugnolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Le Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th European Multicolloquium of Parasitology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Belgrade, Serbia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03402110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A possible role of invasive commensal rodents in shaping current Toxoplasma gondii population structure in Senegal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amedine Sarr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">14th International Conference on Molecular Epidemiology and Evolutionary Genetics of Infectious Diseases (MEEGID XIV)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, the Scientific Committee and Elsevier, Nov 2018, Sitges, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01920950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de l’introgression des génotypes de Toxoplasma gondii entre la France et l’Afrique de l’Ouest et Centrale, et son impact sur l’épidémiologie de la toxoplasmose dans ces régions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien Mercier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire thématique ED 615</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Confédérale Léonard de Vinci, Université de Poitiers (Frédéric BECQ), Université de Limoges (Bertrand COURTIOUX), Mar 2018, Cussac (Haute-Vienne), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01725604v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial structure of Toxoplasma gondii genetic diversity in Senegal: role of maritime trade?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Toxo-14 Conférence 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Tomar, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01768973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Structure spatiale de la diversité génétique de Toxoplasma gondii au Sénégal : rôle du commerce maritime ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrés de la Société Française de Parasitologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01587429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatial structure of Toxoplasma gondii genetic diversity in Senegal: role of maritime trade?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée GEIST, Facultés de Médecine et de Pharmacie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Limoges, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01667411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phénomènes d'introgressions dans l'étude de la diversité génétique du toxoplasme entre la France et l'Afrique de l'Ouest : des influences humaines et environnementales à explorer.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès national de la Société Française de Parasitologie (SFP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2016, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02326899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de l'introgression des génotypes de Toxoplasma gondii entre la France et l'Afrique de l'Ouest, et son impact sur l'épidémiologie de la toxoplasmose dans ces régions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ajzenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Benjamin Murat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Vignoles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carine Brouat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Edition du Club Toxo à l'Institut Cochin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02307303v1</w:t>
-              </w:r>
-[...1099 lines deleted...]
-                <w:t xml:space="preserve">hal-02309354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Autre publication scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7247,90 +7247,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A unique Toxoplasma gondii haplotype under strong selection has accompanied domestic cats in their global expansion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokman Galal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Ariey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Meriadeg Ar Gouilh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laure Dardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azra Hamidović</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -7545,51 +7545,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8D83A317"/>
+    <w:nsid w:val="09921944"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7776,51 +7776,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lokman-galal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2921-3849" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230820751" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/114154196750120111610" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05122823v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jolivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bigot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Galal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Roux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaf041" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04963213v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas R. Etougb&#233;tch&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualbert Hou&#233;m&#233;nou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine A. Missihoun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gauthier" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jo&#235;l Dossou" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/9976509" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04909698v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Passebosc-Faure" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plault" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012214" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937854v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Conquet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisl&#232;ne Laurens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carri&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joeres" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maksimov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H&#246;per" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calvelage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Calero-Bernal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04721-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04600867v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Sa&#239;d Mohamed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae144" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522392v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardron" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Passebosc-Faure" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Plault" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fern&#225;ndez-Escobar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04597-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273420v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hayer" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Benavides" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ba&#241;uls" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167160" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600921v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ouchene" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azra Hamidovi&#263;" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet Amina Khelifi Touhami" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Aroussi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Ouchetati" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cimid.2023.101960" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odilon D Kabor&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Poda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Ahmed Ouattara" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand N Michodigni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Aziz Belem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286665" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Appegren" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel de Cruz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve H&#233;ry-Arnaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12040548" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522372v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Bolais" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cec&#237;lia Cronemberger" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiane de Aguiar Pereira" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alynne da Silva Barbosa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0074-02760210302" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957367v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Coan-Grosso" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roques" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022058" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863411v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ariey" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Ar Gouilh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33556-7" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04238799v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Said Mohamed" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houmed Aboubaker" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumont" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Didelot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Michon" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11121740" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234584v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Sawadogo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Belarbi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Zongo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grit Schubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14122788" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03566469v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Raoul Etougb&#233;tch&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar&#233;tas Babatounde Nounnagnon Tonouhewa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008980" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03401649v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arwa Lachkhem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Lahmar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Passebosc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homayoun Riahi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88751-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03401903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Babba" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Mezhoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2020049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02275224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedine Sarr" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2019.2481" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459045v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Stragier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Maugrion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.104142" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02275387v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuny" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Brouat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Coulibaly" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007435" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459652v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Ioana Pa&#351;tiu" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Cozma-Petru&#539;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mercier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Balea" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-019-3842-8" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02325430v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2019.e00052" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02083503v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Ramos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaiza Parra-Torres" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.01.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624520v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gereon Schares" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vignoles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2018.11.004" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563347v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ajzenberg" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fleur Durieux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2017.10.010" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01935860v2" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hosseini" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amouei" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sharif" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Sarvi" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268818002947" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01646804v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01935853v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Amidi Diagne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Isma&#239;l" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Dalecky" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2018036" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01558393v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaichan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahittikorn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ariey" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.06.002" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082091v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg M. Ar Gouilh" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05317273v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082059v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04598103v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04598092v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544451v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Angulo-Lara" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Calero-Bernal" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03402110v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Le Gouilh" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01920950v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01725604v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01768973v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Murat" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01587429v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01667411v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02326899v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307303v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benjamin Murat" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05317310v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04607802v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herault" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04650809v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Perez" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Laiche" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yera" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04545266v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04545255v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307374v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Sientzoff" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohib Gouasmia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dumetre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307411v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Etougbetche" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aretas Tonouhewa" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier G. Dobigny" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307343v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dum&#232;tre" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davoust" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02309354v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04062628v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445500v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02314615v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LIMO0036" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lokman-galal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2921-3849" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/230820751" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/114154196750120111610" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05122823v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Jolivet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Fournier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Bigot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lokman Galal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edith Le Roux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mmy/myaf041" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04909698v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Fritz" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Becquart" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Passebosc-Faure" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Plault" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0012214" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04963213v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas R. Etougb&#233;tch&#233;" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gualbert Hou&#233;m&#233;nou" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine A. Missihoun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gauthier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri-Jo&#235;l Dossou" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/tbed/9976509" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04937854v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Conquet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chrisl&#232;ne Laurens" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Carri&#232;re" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae284" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522396v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Joeres" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maksimov" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. H&#246;per" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Calvelage" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Calero-Bernal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04721-7" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04600867v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Sa&#239;d Mohamed" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dupont" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jac/dkae144" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04273420v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Hayer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julio Benavides" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Ba&#241;uls" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167160" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04600921v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Ouchene" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azra Hamidovi&#263;" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadjet Amina Khelifi Touhami" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkrim Aroussi" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Ouchetati" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cimid.2023.101960" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522392v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Cardron" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Passebosc-Faure" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Plault" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Fern&#225;ndez-Escobar" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10096-023-04597-7" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522386v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odilon D Kabor&#233;" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armel Poda" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheick Ahmed Ouattara" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernand N Michodigni" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoul-Aziz Belem" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0286665" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anses.hal.science/anses-04265771v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Appegren" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Laura Boschiroli" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Krystel de Cruz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Michelet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve H&#233;ry-Arnaud" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pathogens12040548" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03863411v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Ariey" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Ar Gouilh" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-022-33556-7" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04522372v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Bolais" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cec&#237;lia Cronemberger" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabiane de Aguiar Pereira" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alynne da Silva Barbosa" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1590/0074-02760210302" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-04238799v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hasna Said Mohamed" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Houmed Aboubaker" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Dumont" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-No&#235;lle Didelot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Michon" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/antibiotics11121740" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03957367v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maeva Coan-Grosso" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roxane Roques" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2022058" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04234584v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacouba Sawadogo" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Essia Belarbi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ars&#232;ne Zongo" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grit Schubert" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/v14122788" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03566469v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Raoul Etougb&#233;tch&#233;" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ar&#233;tas Babatounde Nounnagnon Tonouhewa" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier Dobigny" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0008980" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03401649v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arwa Lachkhem" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibtissem Lahmar" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Passebosc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Homayoun Riahi" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-021-88751-1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03401903v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oussama Babba" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Mezhoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2020049" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02275224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amedine Sarr" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/vbz.2019.2481" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459045v2" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Stragier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Maugrion" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2019.104142" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02459652v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Ioana Pa&#351;tiu" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Cozma-Petru&#539;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mercier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anamaria Balea" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13071-019-3842-8" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02325430v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Laure Dard&#233;" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fawpar.2019.e00052" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02275387v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuny" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Brouat" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatoumata Coulibaly" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pntd.0007435" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02083503v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Gamble" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Ramos" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaiza Parra-Torres" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijppaw.2019.01.002" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02624520v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gereon Schares" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Vignoles" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpara.2018.11.004" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01935860v2" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Hosseini" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Amouei" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Sharif" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sh. Sarvi" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0950268818002947" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04563347v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ajzenberg" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fleur Durieux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pt.2017.10.010" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01646804v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01935853v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Amidi Diagne" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadija Isma&#239;l" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ambroise Dalecky" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/parasite/2018036" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01558393v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chaichan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Mahittikorn" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ariey" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.meegid.2017.06.002" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05317310v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04607802v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Herault" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Villena" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04650809v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Perez" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tinhinane Laiche" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Yera" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04545266v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Calero-Bernal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04545255v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Angulo-Lara" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307374v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pac&#244;me Sientzoff" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sohib Gouasmia" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelien Dumetre" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307411v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonas Etougbetche" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aretas Tonouhewa" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gauthier G. Dobigny" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307343v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Dum&#232;tre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Davoust" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie L'Ollivier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02309354v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Benjamin Murat" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082091v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg M. Ar Gouilh" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05317273v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-05082059v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04598103v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04598092v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04544451v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-03402110v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Prugnolle" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriadeg Le Gouilh" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01920950v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01725604v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01768973v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01587429v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-01667411v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02326899v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-02307303v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Benjamin Murat" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unilim.hal.science/hal-04062628v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03445500v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-02314615v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2018LIMO0036" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>