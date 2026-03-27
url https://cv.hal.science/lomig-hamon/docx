--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -325,315 +325,315 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02524962v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-swing-adsorption of gaseous mixture in isotropic porous medium: Transient 3D modeling and validation</w:t>
+                <w:t xml:space="preserve">Pressure-swing-adsorption of gaseous mixture in isotropic porous medium: Numerical sensitivity analysis in CFD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M.A. Campesi</w:t>
+                <w:t xml:space="preserve">J.-L. Harion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Pre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 129, pp.314-326. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cherd.2017.11.007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cej.2017.05.145⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01555526v1</w:t>
+                <w:t xml:space="preserve">hal-02003165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pressure-swing-adsorption of gaseous mixture in isotropic porous medium: Numerical sensitivity analysis in CFD</w:t>
+                <w:t xml:space="preserve">Pressure-swing-adsorption of gaseous mixture in isotropic porous medium: Transient 3D modeling and validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Dbouk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Campesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lomig Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Harion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Research and Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 129, pp.314-326. </w:t>
+              <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 348, pp.1049-1062. </w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cherd.2017.11.007⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cej.2017.05.145⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02003165v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01555526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling hydrogen diffusion in hybrid activated carbon-MIL-101(Cr) considering temperature variations and surface loading changes</w:t>
               </w:r>
@@ -3378,260 +3378,260 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02427640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of a novel heat exchanger adsorber concept for CO2 capture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Etude de matériaux hybrides MOF-charbon actif pour le stockage d’hydrogène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhewei Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lomig Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical and Chemical Phenomena in Heat Exchangers and Multifunctional Reactors for Sustainable Technology, Eurotherm Seminar</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
+              <w:t xml:space="preserve">Colloque Francophone du Carbone SFEC 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2016, Carqueiranne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02427637v1</w:t>
+                <w:t xml:space="preserve">hal-02881437v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de matériaux hybrides MOF-charbon actif pour le stockage d’hydrogène</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Study of a novel heat exchanger adsorber concept for CO2 capture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.A. Campesi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Talib Dbouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Francophone du Carbone SFEC 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2016, Carqueiranne, France</w:t>
+              <w:t xml:space="preserve">Physical and Chemical Phenomena in Heat Exchangers and Multifunctional Reactors for Sustainable Technology, Eurotherm Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02881437v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02427637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hydrogen adsorption kinetics in activated carbon incorporated composite MIL-101(Cr): Experiment and modeling</w:t>
               </w:r>
@@ -4060,247 +4060,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metal organic framework MIL-101(Cr) for hydrogen storage by adsorption</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simple method based on the potential theory for buoyancy effect correction of pure gases adsorption and gas mixtures adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louise Chenoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy de Weireld</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th International Symposium on the Characterization of Porous Solids</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Grenade, Spain</w:t>
+              <w:t xml:space="preserve">3èmes Journées de l'Association Française d'Adsorption</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01011663v1</w:t>
+                <w:t xml:space="preserve">hal-01011644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simple method based on the potential theory for buoyancy effect correction of pure gases adsorption and gas mixtures adsorption</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Metal organic framework MIL-101(Cr) for hydrogen storage by adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhewei Yu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Pre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Dalmazzone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées de l'Association Française d'Adsorption</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
+              <w:t xml:space="preserve">10th International Symposium on the Characterization of Porous Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Grenade, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01011644v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01011663v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement d’air de bâtiments d’élevage par biofiltration : estimation de la production de N2O liée au traitement de l’ammoniac NH3</w:t>
               </w:r>
@@ -4405,277 +4405,277 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02352772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Traitement d'air de porcherie par biofiltration</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Eric Dumont</w:t>
+                <w:t xml:space="preserve">Soft synthesis of MIL-101(Cr) for hydrogen storage by adsorption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhewei Yu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paul Landrain</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Pre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johnny Deschamp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Dalmazzone</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">45èmes Journées de la Recherche Porcine</w:t>
+              <w:t xml:space="preserve">3èmes Journées de l'Association Française d'Adsorption</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02352774v1</w:t>
+                <w:t xml:space="preserve">hal-01011650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft synthesis of MIL-101(Cr) for hydrogen storage by adsorption</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhewei Yu</w:t>
+                <w:t xml:space="preserve">Traitement d'air de porcherie par biofiltration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Dumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lomig Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Didier Dalmazzone</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solène Lagadec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Landrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Landrain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3èmes Journées de l'Association Française d'Adsorption</w:t>
+              <w:t xml:space="preserve">45èmes Journées de la Recherche Porcine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Feb 2014, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01011650v1</w:t>
+                <w:t xml:space="preserve">hal-02352774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of Hydrogen sulphide adsorption on MIL-47(V) and MIL-53(Al,Cr,Fe) Metal Organic Frameworks by isotherms measurements and in-situ IR experiments</w:t>
               </w:r>
@@ -5064,51 +5064,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of a fast pressure swing adsorption process for the removal of CO2 from biogas.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.A. Campesi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clément Garénaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5607,51 +5607,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="DC85B36C"/>
+    <w:nsid w:val="08FC8F84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5838,51 +5838,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lomig-hamon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8275-4866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253125804" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Khaliesah Kamal Azhari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Azmi Bustam" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lomig Hamon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35940/ijrte.B1115.0982S919" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555526v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gautier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dbouk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Campesi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Harion" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.05.145" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5V01LKZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003165v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2017.11.007" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HGBW9G72-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhewei Yu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamps" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanth Karikkethu Prabhakaran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2017.03.059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555514v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.02.192" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966475v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landrain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landrain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011668v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.03.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chenoy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy de Weireld" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-013-9579-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714283v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heymans" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Llewellyn" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillerm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt12102f" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00874940v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivaji G Ramalingam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Giraudet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.03.068" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3BLZW2G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869821v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es3025758" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard D. Pirngruber" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourrelly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip L. Llewellyn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lenoir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201100716" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-725GJ1FN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Oliviero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lavalley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp1092724" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373734v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jolima&#238;tre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie902008g" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373907v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Serre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devic" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Millange" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja901587t" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474372v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja907556q" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373900v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vimont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Daturi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la800227x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5MQTRNLC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373898v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-008-9113-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CFDX8D7F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427566v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azmi Shariff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427582v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427627v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Diring" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Odobel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Serier-Brault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427644v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427640v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427637v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moussa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881437v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256172v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dalmazzone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427632v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gar&#233;naux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121793v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881486v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011663v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamp" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011644v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352772v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352774v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011650v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670851v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881507v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougeard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663168v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881523v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256465v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373919v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256456v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter F&#252;rst" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lomig-hamon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8275-4866" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/253125804" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02524962v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nurul Khaliesah Kamal Azhari" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Azmi Bustam" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lomig Hamon" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.35940/ijrte.B1115.0982S919" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02003165v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Gautier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Dbouk" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Harion" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cherd.2017.11.007" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HGBW9G72-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555526v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Campesi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2017.05.145" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G5V01LKZ-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555508v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhewei Yu" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamps" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prasanth Karikkethu Prabhakaran" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.micromeso.2017.03.059" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555514v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.02.192" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00966475v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumont" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Lagadec" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Landrain" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Landrain" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011668v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2014.03.008" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00952640v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Chenoy" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy de Weireld" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-013-9579-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00714283v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Heymans" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. L. Llewellyn" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Guillerm" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Ghoufi" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2dt12102f" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-00874940v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shivaji G Ramalingam" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Giraudet" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Le Coq" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcis.2012.03.068" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G3BLZW2G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00869821v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/es3025758" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373915v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard D. Pirngruber" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bourrelly" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip L. Llewellyn" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Lenoir" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cssc.201100716" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-725GJ1FN-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00607870v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Oliviero" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Travert" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Lavalley" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp1092724" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373734v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Jolima&#238;tre" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ie902008g" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373907v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Serre" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Devic" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Loiseau" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Millange" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja901587t" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00474372v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Clet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja907556q" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373900v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vimont" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Daturi" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/la800227x" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5MQTRNLC-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373898v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Fr&#232;re" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10450-008-9113-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-CFDX8D7F-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427566v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azmi Shariff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427622v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427582v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427630v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427627v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Diring" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Odobel" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Serier-Brault" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427644v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Gautier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talib Dbouk" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Harion" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427640v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881437v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427637v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Moussa" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256172v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Dalmazzone" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02427632v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Gar&#233;naux" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01121793v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881486v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011644v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011663v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Deschamp" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352772v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01011650v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02352774v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00670851v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881507v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bougeard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01663168v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881523v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256465v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01373919v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01256456v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter F&#252;rst" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>