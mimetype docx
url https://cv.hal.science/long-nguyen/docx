--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -481,377 +481,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05086692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amorphous and nanocrystalline halide solid electrolytes with enhanced sodium-ion conductivity</w:t>
+                <w:t xml:space="preserve">Design principles for enabling an anode-free sodium all-solid-state battery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phillip Ridley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
+                <w:t xml:space="preserve">Grayson Deysher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elias Sebti</w:t>
+                <w:t xml:space="preserve">Jin an Sam Oh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bing Han</w:t>
+                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">George Duong</w:t>
+                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">So-Yeon Ham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matt.2023.12.028⟩</w:t>
+              <w:t xml:space="preserve">Nature Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41560-024-01569-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730421v1</w:t>
+                <w:t xml:space="preserve">hal-04730424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design principles for enabling an anode-free sodium all-solid-state battery</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Amorphous and nanocrystalline halide solid electrolytes with enhanced sodium-ion conductivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jin an Sam Oh</w:t>
+                <w:t xml:space="preserve">Phillip Ridley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
+                <w:t xml:space="preserve">Elias Sebti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+                <w:t xml:space="preserve">Bing Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">So-Yeon Ham</w:t>
+                <w:t xml:space="preserve">George Duong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, </w:t>
+              <w:t xml:space="preserve">Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 7 (2), pp.485-499. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41560-024-01569-9⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.matt.2023.12.028⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730424v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730421v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantitative analysis of sodium metal deposition and interphase in Na metal batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Weikang Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shuang Bai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bingyu Lu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...50 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bing Han</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy &amp; Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (3), pp.1216-1228. </w:t>
@@ -883,442 +883,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04730428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating Dry Room Compatibility of Chloride Solid-State Electrolytes for Scalable Manufacturing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
+                <w:t xml:space="preserve">Solvation–Reduction Coupling in Ca&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; Electroactivity in Glyme‐Based Electrolytes: A First Principles Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Darren Tan</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean‐sébastien Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1149/1945-7111/acee24⟩</w:t>
+              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 13, pp.2300311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/aenm.202300311⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04730419v1</w:t>
+                <w:t xml:space="preserve">hal-04125628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Operando Interaction and Transformation of Metastable Defects in Layered Oxides for Na‐Ion Batteries</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigating Dry Room Compatibility of Chloride Solid-State Electrolytes for Scalable Manufacturing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Darren Tan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">So-Yeon Ham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oleg Yu. Gorobtsov</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
+                <w:t xml:space="preserve">Jeong Beom Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/aenm.202203654⟩</w:t>
+              <w:t xml:space="preserve">Journal of The Electrochemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 170 (8), pp.080521. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1149/1945-7111/acee24⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730416v1</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solvation–Reduction Coupling in Ca&amp;lt;sup&amp;gt;2+&amp;lt;/sup&amp;gt; Electroactivity in Glyme‐Based Electrolytes: A First Principles Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Operando Interaction and Transformation of Metastable Defects in Layered Oxides for Na‐Ion Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Yu. Gorobtsov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Hirsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minghao Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Sheyfer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advanced Energy Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023, 13, pp.2300311. </w:t>
+              <w:t xml:space="preserve">, 2023, 13 (21), </w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/aenm.202300311⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/aenm.202203654⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04125628v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High‐Performing All‐Solid‐State Sodium‐Ion Batteries Enabled by the Presodiation of Hard Carbon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jin an Sam Oh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grayson Deysher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phillip Ridley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu‐ting Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1512,77 +1512,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overcoming the Interfacial Challenges of LiFePO 4 in Inorganic All-Solid-State Batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ashley Cronk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yu-Ting Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Grayson Deysher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">So-Yeon Ham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hedi Yang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1761,874 +1761,874 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04293885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Self-discharge mechanism of high-voltage KVPO4F for K-ion batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Romain Wernert</w:t>
+                <w:t xml:space="preserve">Evaluating Electrolyte–Anode Interface Stability in Sodium All-Solid-State Batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grayson Deysher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long H.B. Nguyen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">François Fauth</w:t>
+                <w:t xml:space="preserve">Sharon Wan-Hsuan Lin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">So-Yeon Ham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsaem.2c02379⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (42), pp.47706-47715. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.2c12759⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03857373v1</w:t>
+                <w:t xml:space="preserve">hal-04730406v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enabling a Co-Free, High-Voltage LiNi 0.5 Mn 1.5 O 4 Cathode in All-Solid-State Batteries with a Halide Electrolyte</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">So-Yeon Ham</w:t>
+                <w:t xml:space="preserve">Perspective: Design of cathode materials for sustainable sodium-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hayley Hirsh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saurabh Parab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minghao Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Energy Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsenergylett.2c01397⟩</w:t>
+              <w:t xml:space="preserve">MRS Energy &amp; Sustainability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9 (2), pp.183-197. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1557/s43581-022-00029-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730402v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730049v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perspective: Design of cathode materials for sustainable sodium-ion batteries</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Minghao Zhang</w:t>
+                <w:t xml:space="preserve">Enabling a Co-Free, High-Voltage LiNi 0.5 Mn 1.5 O 4 Cathode in All-Solid-State Batteries with a Halide Electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jihyun Jang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Ting Chen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grayson Deysher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diyi Cheng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">So-Yeon Ham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MRS Energy &amp; Sustainability</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1557/s43581-022-00029-9⟩</w:t>
+              <w:t xml:space="preserve">ACS Energy Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 7 (8), pp.2531-2539. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsenergylett.2c01397⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730049v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04730402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluating Electrolyte–Anode Interface Stability in Sodium All-Solid-State Batteries</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Baharak Sayahpour</w:t>
+                <w:t xml:space="preserve">Self-discharge mechanism of high-voltage KVPO4F for K-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wernert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H.B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Iadecola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Weill</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sharon Wan-Hsuan Lin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">So-Yeon Ham</w:t>
+                <w:t xml:space="preserve">François Fauth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 14 (42), pp.47706-47715. </w:t>
+              <w:t xml:space="preserve">ACS Applied Energy Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (12), pp.14913-14921. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsami.2c12759⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsaem.2c02379⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04730406v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03857373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First 18650-format Na-ion cells aging investigation: A degradation mechanism study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Controlling the Cathodic Potential of KVPO4F through Oxygen Substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wernert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+                <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Laurence Croguennec</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Iadecola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Power Sources</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.231253⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 34 (10), pp.4523-4535. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c00295⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03607692v1</w:t>
+                <w:t xml:space="preserve">hal-03690171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Controlling the Cathodic Potential of KVPO4F through Oxygen Substitution</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Long Nguyen</w:t>
+                <w:t xml:space="preserve">First 18650-format Na-ion cells aging investigation: A degradation mechanism study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emmanuel Petit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Antonella Iadecola</w:t>
+                <w:t xml:space="preserve">Jérémie Fondard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 34 (10), pp.4523-4535. </w:t>
+              <w:t xml:space="preserve">Journal of Power Sources</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 529, pp.231253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.2c00295⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpowsour.2022.231253⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03690171v1</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03607692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A combined operando synchrotron X-ray absorption spectroscopy and first-principles density functional theory study to unravel the vanadium reedox paradox in the Na3V2(PO4)2F3–Na3V2(PO4)2FO2 compositions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Iadecola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Belin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2718,64 +2718,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ionothermal synthesis of polyanionic electrode material Na3V2(PO4)2FO2 through a topotactic reaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2833,511 +2833,511 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03028092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability in water and electrochemical properties of the Na3V2(PO4)2F3 – Na3(VO)2(PO4)2F solid solution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Monitoring the crystal structure and the electrochemical properties of Na3(VO)2(PO4)2F through Fe3+ substitution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Olchowka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Belin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Broux</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lydie Bourgeois</w:t>
+                <w:t xml:space="preserve">Mathieu Duttine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy Storage Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ensm.2019.04.010⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 11 (42), pp.38808-38818. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsami.9b14249⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02172143v1</w:t>
+                <w:t xml:space="preserve">hal-02318063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring the crystal structure and the electrochemical properties of Na3(VO)2(PO4)2F through Fe3+ substitution</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Density functional theory-assisted 31P and 23Na magic-angle spinning nuclear magnetic resonance study of the Na3V2(PO4)2F3–Na3V2(PO4)2FO2 solid solution: unraveling Its local and electronic structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Broux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Duttine</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Masquelier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Materials &amp; Interfaces</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsami.9b14249⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 31 (23), pp.9759-9768. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b03546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02318063v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02467119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Density functional theory-assisted 31P and 23Na magic-angle spinning nuclear magnetic resonance study of the Na3V2(PO4)2F3–Na3V2(PO4)2FO2 solid solution: unraveling Its local and electronic structures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Stability in water and electrochemical properties of the Na3V2(PO4)2F3 – Na3(VO)2(PO4)2F solid solution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Broux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Masquelier</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Denux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lydie Bourgeois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 31 (23), pp.9759-9768. </w:t>
+              <w:t xml:space="preserve">Energy Storage Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 20, pp.324-334. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.9b03546⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ensm.2019.04.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02467119v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02172143v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aluminum substitution for vanadium in the Na3V2(PO4 )2F3 and Na3V2(PO4)2FO2 type materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Broux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 55 (78), pp.11719-11722. </w:t>
@@ -3369,295 +3369,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02294384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal Structures, Local Atomic Environments, and Ion Diffusion Mechanisms of Scandium-Substituted Sodium Superionic Conductor (NASICON) Solid Electrolytes</w:t>
+                <w:t xml:space="preserve">Ag3V2(PO4)2F3, a new compound obtained by Ag+/Na+ ion exchange into the Na3V2(PO4)2F3 framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yue Deng</w:t>
+                <w:t xml:space="preserve">Matteo Bianchini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christopher Eames</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">F. Lalère</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Fauth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver Pecher</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Kent J. Griffith</w:t>
+                <w:t xml:space="preserve">Rénald David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b05237⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (22), pp.10340-10347. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8ta01095a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03611096v1</w:t>
+                <w:t xml:space="preserve">hal-01812084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ag3V2(PO4)2F3, a new compound obtained by Ag+/Na+ ion exchange into the Na3V2(PO4)2F3 framework</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Crystal Structures, Local Atomic Environments, and Ion Diffusion Mechanisms of Scandium-Substituted Sodium Superionic Conductor (NASICON) Solid Electrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matteo Bianchini</w:t>
+                <w:t xml:space="preserve">Christopher Eames</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Lalère</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">François Fauth</w:t>
+                <w:t xml:space="preserve">Oliver Pecher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rénald David</w:t>
+                <w:t xml:space="preserve">Kent J. Griffith</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 6 (22), pp.10340-10347. </w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30 (8), pp.2618-2630. </w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c8ta01095a⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.7b05237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01812084v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (21)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3813,77 +3813,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solid state NMR characterization of Na3V2(PO4)2F3-yOy positive electrode materials for Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pablos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3919,820 +3919,820 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04741066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-voltage multi-electron reactions in metal-ion batteries using vanadium phosphate positive electrode materials</w:t>
+                <w:t xml:space="preserve">Polyanionic materials at the positive of Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Antonella Iadecola</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Olchowka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IBA 2022 - International Battery Association Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Présentiel &amp; Visioconférence, Slovenia</w:t>
+              <w:t xml:space="preserve">Keramic-Ceramics 2021 - 96th DKG Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DKG, Apr 2022, Visioconférence, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551403v1</w:t>
+                <w:t xml:space="preserve">hal-04551424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards reversible high-voltage multi-electron reactions in alkali-ion batteries using vanadium phosphate positive electrode materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Park Sunkyu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Meeting on Lithium Batteries - IMLB</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Sydney, Australia</w:t>
+              <w:t xml:space="preserve">E-MRS - 2022 Spring Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Materials Research Society, May 2022, Visioconférence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04551503v1</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551507v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards reversible high-voltage multi-electron reactions in alkali-ion batteries using vanadium phosphate positive electrode materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Park Sunkyu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS - 2022 Spring Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Materials Research Society, May 2022, Visioconférence, France</w:t>
+              <w:t xml:space="preserve">21st International Meeting on Lithium Batteries - IMLB</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551507v1</w:t>
+                <w:t xml:space="preserve">hal-04551503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polyanionic materials at the positive of Na-ion batteries</w:t>
+                <w:t xml:space="preserve">High-voltage multi-electron reactions in metal-ion batteries using vanadium phosphate positive electrode materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Park Sunkyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wernert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dany Carlier</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Iadecola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Keramic-Ceramics 2021 - 96th DKG Annual Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, DKG, Apr 2022, Visioconférence, Germany</w:t>
+              <w:t xml:space="preserve">IBA 2022 - International Battery Association Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Présentiel &amp; Visioconférence, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551424v1</w:t>
+                <w:t xml:space="preserve">hal-04551403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solid state NMR characterization of Na3V2(PO4)2F3-yOy positive electrode materials for Na-ion batteries</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Oiginal mchanisms observed during ccling of Na3V2(PO4)2F3 and Na3V2(PO4)3 in Na-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Park Sunkyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antonella Iadecola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IBA 2022 - International Battery Association Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2022, Présentiel &amp; Visioconférence, Slovenia</w:t>
+              <w:t xml:space="preserve">Journée Internationale sur les Hydrures et le Stockage de l'Énergie en "Hommage à Michel Latroche"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Thiais, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551592v1</w:t>
+                <w:t xml:space="preserve">hal-04548794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oiginal mchanisms observed during ccling of Na3V2(PO4)2F3 and Na3V2(PO4)3 in Na-ion batteries</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Croguennec</w:t>
+                <w:t xml:space="preserve">Solid state NMR characterization of Na3V2(PO4)2F3-yOy positive electrode materials for Na-ion batteries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pablos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Jacob Olchowka</w:t>
+                <w:t xml:space="preserve">Emmanuel Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Internationale sur les Hydrures et le Stockage de l'Énergie en "Hommage à Michel Latroche"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Thiais, France</w:t>
+              <w:t xml:space="preserve">IBA 2022 - International Battery Association Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Présentiel &amp; Visioconférence, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04548794v1</w:t>
+                <w:t xml:space="preserve">hal-04551592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of F- for O2- substitution in Na3V3+2-yV4+y(PO4)2F3-yOy on their structural and electrochemical properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Runhe Fang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4813,90 +4813,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modulating the properties of KVPO4F high voltage positive electrode through anionic substitution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fauth</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorenzo Stievano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antonella Iadecola</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">E-MRS - 2022 Spring Meeting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, European Materials Research Society, May 2022, Visioconférence, France</w:t>
@@ -4938,90 +4938,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High-voltage vanadium phosphate fluorides as positive electrode materials for alkali-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wernert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pablos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées d'Électrochimie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Mons, Belgium</w:t>
@@ -5044,458 +5044,458 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04551416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Local atomic and electronic structure of positive electrode materials for Na-ion batteries studied by NMR</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling-assisted design of calcium-based solid polymer electrolyte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yohan Biecher</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jacob Olchowka</w:t>
+                <w:t xml:space="preserve">Nicolas Sergent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tanguy Gogny-Picard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long Hoang Bao Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Sebastien Filhol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Liesse Doublet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Ibero-American NMR Meeting with the 10th GERMN Biennial Meeting and the 7th Iberian NMR Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2021, Visioconférence, Spain</w:t>
+              <w:t xml:space="preserve">E-MRS (European Materials Research Society) Fall meeting 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Online Edition, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04551626v1</w:t>
+                <w:t xml:space="preserve">hal-03519394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards reversible high-voltage multi-electron reactions in alkali-ion batteries using vanadium phosphate positive electrode materials</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
+                <w:t xml:space="preserve">Local atomic and electronic structure of positive electrode materials for Na-ion batteries studied by NMR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Wernert</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Biecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">240th ECS Meeting - Special Symposium in Honor of Claude Delmas</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Electrochemical Society, Oct 2021, Visioconférence, United States</w:t>
+              <w:t xml:space="preserve">9th Ibero-American NMR Meeting with the 10th GERMN Biennial Meeting and the 7th Iberian NMR Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2021, Visioconférence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04551524v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling-assisted design of calcium-based solid polymer electrolyte</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Liesse Doublet</w:t>
+                <w:t xml:space="preserve">Towards reversible high-voltage multi-electron reactions in alkali-ion batteries using vanadium phosphate positive electrode materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Croguennec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Park Sunkyu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Wernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">E-MRS (European Materials Research Society) Fall meeting 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Online Edition, Poland</w:t>
+              <w:t xml:space="preserve">240th ECS Meeting - Special Symposium in Honor of Claude Delmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Electrochemical Society, Oct 2021, Visioconférence, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03519394v1</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04551524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Insight on the local structure and electronic structure of positive electrode materials for Na-ion batteries using solid state NMR</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Carlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Biecher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5563,90 +5563,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards low-cost and sustainable Na-Ion batteries using vanadium phosphate positive electrode materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pablos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Runhe Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2021 MRS Fall Meeting &amp; Exhibit</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Materials Research Society, Nov 2021, Présentiel &amp; Visioconférence, United States</w:t>
@@ -5688,90 +5688,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-depth knowledge of Vanadium Fluoride Phosphates to optimize their properties at the positive electrode of Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chloé Pablos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Runhe Fang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Workshop on Sodium-Ion Battery - CICEnergigune</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2021, Visioconférence, Spain</w:t>
@@ -5813,77 +5813,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards reversible high-voltage multi-electron reactions in alkali-ion batteries using vanadium phosphate positive electrode materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edouard Boivin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Park Sunkyu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Wernert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -5938,51 +5938,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyanionic materials at the positive electrode of Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6063,64 +6063,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The redox paradox of vanadium at the origin of the electrochemical behavior of LiVPO4F1-yOy and Na3V2(PO4)2F3-yOy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edouard Boivin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacob Olchowka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6188,51 +6188,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polyanionic materials at the positive of Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Croguennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paula Sanz Camacho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6489,51 +6489,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chapter 2, Polyanionic-Type Compounds as Positive Electrodes for Na-ion batteries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Long H. B. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fan Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6878,51 +6878,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dat Le Thanh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Foix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Suard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berthelot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Hoang Bao Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.239120" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salcedo-Abraira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nusik Gedikoglu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guillou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC02470F" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05086692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT00817D" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730421v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Ridley" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sebti" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Han" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Duong" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matt.2023.12.028" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730424v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grayson Deysher" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin an Sam Oh" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ting Chen" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baharak Sayahpour" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So-Yeon Ham" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-024-01569-9" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730428v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weikang Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Bai" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingyu Lu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ee03141a" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730419v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Tan" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong Beom Lee" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/acee24" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730416v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Yu. Gorobtsov" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Hirsh" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghao Zhang" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Sheyfer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202203654" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125628v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Filhol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300311" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730412v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu&#8208;ting Chen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyi Cheng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300776" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285717v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wernert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Carlier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Croguennec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2023.107358" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730411v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Cronk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Yang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.2c02138" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293885v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TA05353A" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857373v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long H.B. Nguyen" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Iadecola" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Weill" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fauth" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c02379" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730402v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihyun Jang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.2c01397" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730049v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saurabh Parab" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43581-022-00029-9" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730406v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wan-Hsuan Lin" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c12759" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03607692v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long H. B. Nguyen" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Sanz Camacho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Fondard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.231253" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03690171v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Petit" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c00295" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978467v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Belin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Olchowka" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Masquelier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c06967" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028092v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02546" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172143v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Broux" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Denux" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bourgeois" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2019.04.010" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318063v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duttine" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b14249" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467119v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b03546" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294384v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC05137F" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03611096v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Deng" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Eames" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Pecher" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kent J. Griffith" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b05237" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812084v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bianchini" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lal&#232;re" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald David" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ta01095a" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788757v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhe Fang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pablos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Minart" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741066v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551403v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Park Sunkyu" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551503v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551507v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551424v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551592v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548794v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550265v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Bianchini Nuernberg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585094v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Stievano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551416v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551626v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Biecher" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551524v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519394v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergent" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Gogny-Picard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Filhol" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Doublet" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551623v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551465v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551446v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551530v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548643v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551482v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Chotard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551428v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05034029v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Haon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Avila Cardenas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Beaudhuin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03842712v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Chen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119818069.ch2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03220951v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019BORD0356" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426474v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dat Le Thanh" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Foix" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Suard" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Berthelot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Hoang Bao Nguyen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2025.239120" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136080v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long Nguyen" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salcedo-Abraira" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nusik Gedikoglu" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Guillou" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5CC02470F" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05086692v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D5DT00817D" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730424v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grayson Deysher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin an Sam Oh" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Ting Chen" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baharak Sayahpour" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=So-Yeon Ham" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41560-024-01569-9" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730421v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phillip Ridley" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Sebti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Han" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Duong" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matt.2023.12.028" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730428v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Weikang Li" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuang Bai" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bingyu Lu" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3ee03141a" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125628v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;s&#233;bastien Filhol" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300311" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730419v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Darren Tan" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeong Beom Lee" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1149/1945-7111/acee24" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730416v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Yu. Gorobtsov" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hayley Hirsh" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minghao Zhang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Sheyfer" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202203654" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730412v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu&#8208;ting Chen" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diyi Cheng" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/aenm.202300776" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285717v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Wernert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Carlier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Croguennec" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2023.107358" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730411v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Cronk" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hedi Yang" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.2c02138" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04293885v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dupr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D3TA05353A" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730406v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sharon Wan-Hsuan Lin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.2c12759" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730049v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saurabh Parab" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1557/s43581-022-00029-9" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730402v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihyun Jang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsenergylett.2c01397" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03857373v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long H.B. Nguyen" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonella Iadecola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Weill" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fauth" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.2c02379" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03690171v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Petit" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paula Sanz Camacho" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.2c00295" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-pau.hal.science/hal-03607692v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Long H. B. Nguyen" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Fondard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2022.231253" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02978467v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Belin" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacob Olchowka" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Masquelier" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.0c06967" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03028092v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c02546" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02318063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Duttine" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsami.9b14249" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467119v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Broux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.9b03546" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02172143v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Denux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydie Bourgeois" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ensm.2019.04.010" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02294384v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C9CC05137F" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01812084v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Bianchini" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Lal&#232;re" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald David" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8ta01095a" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03611096v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Deng" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Eames" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oliver Pecher" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kent J. Griffith" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.7b05237" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788757v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Runhe Fang" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Pablos" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Minart" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04741066v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551424v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551507v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Boivin" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Park Sunkyu" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551503v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551403v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548794v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551592v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04550265v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rafael Bianchini Nuernberg" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04585094v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Stievano" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551416v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03519394v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergent" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tanguy Gogny-Picard" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Sebastien Filhol" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Liesse Doublet" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551626v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Biecher" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551524v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551623v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551465v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551446v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551530v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04548643v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551482v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Chotard" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04551428v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-05034029v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Haon" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Armando Avila Cardenas" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Beaudhuin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Herlin-Boime" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03842712v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fan Chen" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119818069.ch2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-03220951v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019BORD0356" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>