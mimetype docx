--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -100,291 +100,291 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DermaDL: Advanced Convolutional Neural Networks for Computer-Aided Skin-Lesion Classification</w:t>
+                <w:t xml:space="preserve">Semantic Information Retrieval On Medical Texts: Research Challenges, Survey and Open Issues</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniel Lima</w:t>
+                <w:t xml:space="preserve">Lynda Tamine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jose Rodrigues-Jr</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sihem Amer-Yahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SN Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s42979-021-00641-5⟩</w:t>
+              <w:t xml:space="preserve">ACM Computing Surveys</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 54 (7), pp.1-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/3462476⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03626044v1</w:t>
+                <w:t xml:space="preserve">hal-03209651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Semantic Information Retrieval On Medical Texts: Research Challenges, Survey and Open Issues</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">DermaDL: Advanced Convolutional Neural Networks for Computer-Aided Skin-Lesion Classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Lima</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Rodrigues-Jr</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Brandoli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lynda Tamine</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
+                <w:t xml:space="preserve">Sihem Amer-Yahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACM Computing Surveys</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 54 (7), pp.1-38. </w:t>
+              <w:t xml:space="preserve">SN Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 2 (4), pp.253. </w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/3462476⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s42979-021-00641-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03209651v1</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03626044v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels corpus d’entraînement pour l’expansion de requêtes par plongement de mots : application à la recherche de microblogs culturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mulhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massih-Reza Amini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -457,51 +457,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels corpus d’entraînement pour l’expansion de requêtes par plongement de mots : application à la recherche de microblogs culturels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mulhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massih-Reza Amini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -623,51 +623,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Schwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th Clinical Natural Language Processing Workshop</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 5th Clinical Natural Language Processing Workshop, Jul 2023, Toronto, Canada. pp.312-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -718,51 +718,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Albarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mulhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -852,51 +852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Albarede</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mulhem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Le Pape-Gardeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -990,51 +990,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Schwab</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, Lille, France. pp.54-62</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1072,51 +1072,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Addressing Different Evaluation Environments for Information Retrieval through Pivot Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gabriela González Sáez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Mulhem</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1163,51 +1163,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Overview of the CLEF eHealth 2020 task 2: Consumer health search with ad hoc and spoken queries</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Suominen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1314,51 +1314,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hanna Suominen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liadh Kelly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Névéol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1448,265 +1448,269 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards the Evaluation of Information Retrieval Systems on Evolving Datasets with Pivot Systems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Overview of the CLEF eHealth Evaluation Lab 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hanna Suominen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liadh Kelly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabriela Nicole González-Sáez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laura Alonso Alemany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elias Bassani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 12880, Springer International Publishing, pp.91-102, 2021, Lecture Notes in Computer Science, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_8⟩</w:t>
+              <w:t xml:space="preserve">, 12880, Springer International Publishing, pp.308-323, 2021, Lecture Notes in Computer Science, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03369898v1</w:t>
+                <w:t xml:space="preserve">hal-03369846v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Overview of the CLEF eHealth Evaluation Lab 2021</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId11" w:history="1">
+                <w:t xml:space="preserve">Towards the Evaluation of Information Retrieval Systems on Evolving Datasets with Pivot Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriela Nicole González-Sáez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mulhem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lorraine Goeuriot</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...44 lines deleted...]
-            <w:pPr/>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Lorraine Goeuriot; Alexis Joly. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 12880, Springer International Publishing, pp.308-323, 2021, Lecture Notes in Computer Science, </w:t>
+              <w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction. 12th International Conference of the CLEF Association, CLEF 2021, Virtual Event, September 21–24, 2021, Proceedings</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12880, Springer International Publishing, pp.91-102, 2021, Lecture Notes in Computer Science, 978-3-030-85250-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_21⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-85251-1_8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03369846v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03369898v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId54"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -1861,51 +1865,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626044v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lima" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Rodrigues-Jr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brandoli" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-021-00641-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209651v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Tamine" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3462476" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625979v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massih-Reza Amini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayanika Dogra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.22.75-96" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156631v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albarede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mari&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230421v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265922v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400576v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez S&#225;ez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2021.long_6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156674v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Suominen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liadh Kelly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyang Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pasi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276489v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;v&#233;ol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ramadier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_26" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369898v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Nicole Gonz&#225;lez-S&#225;ez" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_8" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369846v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonso Alemany" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bassani" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_21" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03209651v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lynda Tamine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3462476" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626044v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Lima" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Rodrigues-Jr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Brandoli" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Amer-Yahia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s42979-021-00641-5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625979v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massih-Reza Amini" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nayanika Dogra" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/dn.22.75-96" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156631v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167619v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03626054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Albarede" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Le Pape-Gardeux" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Mari&#233;" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-99739-7_2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03230421v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Marie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265922v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03400576v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez S&#225;ez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24348/coria.2021.long_6" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03156674v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanna Suominen" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liadh Kelly" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengyang Liu" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriella Pasi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02276489v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie N&#233;v&#233;ol" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Ramadier" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-98932-7_26" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369846v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonso Alemany" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elias Bassani" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_21" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03369898v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Nicole Gonz&#225;lez-S&#225;ez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-85251-1_8" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>