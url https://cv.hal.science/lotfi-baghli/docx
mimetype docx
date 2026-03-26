--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -177,123 +177,123 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">HDR (1)</w:t>
+        <w:t xml:space="preserve">Cours (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Commande d’actionneurs électriques pour la traction et la génération d’énergie</w:t>
+                <w:t xml:space="preserve">Prototypage Rapide de Contrôle (RCP) par F28379D et MLBX</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Energie électrique. Université de Lorraine, 2025</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">HDR</w:t>
+              <w:t xml:space="preserve">Doctoral. France. 2026, pp.97</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cours</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-05029758v1</w:t>
+                <w:t xml:space="preserve">hal-05541559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (30)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -305,620 +305,620 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development and performance evaluation of a wind turbine emulator utilizing DFIG with TSR-based MPPT control for optimized power extraction</w:t>
+                <w:t xml:space="preserve">Implementation and Performance Assessment of a DFIG-Based Wind Turbine Emulator Using TSR-Driven MPPT for Enhanced Power Extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyas Bennia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Martin</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+                <w:t xml:space="preserve">Abdelkader Mechernene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00202-025-03452-6⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (24), pp.12966. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app152412966⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05384153v1</w:t>
+                <w:t xml:space="preserve">hal-05408449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model-Free Deadbeat Predictive Current Control for Grid-connected Inverters using Autoregressive Model and Recursive Least Squares</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development and performance evaluation of a wind turbine emulator utilizing DFIG with TSR-based MPPT control for optimized power extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyas Bennia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Baghli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mostefa Kermadi</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Philippe Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JESTPE.2025.3572359⟩</w:t>
+              <w:t xml:space="preserve">Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 108 (1), pp.47. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00202-025-03452-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05185427v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05384153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced interconnection and damping assignment passivity-based control for PM synchronous motors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model-Free Deadbeat Predictive Current Control for Grid-connected Inverters using Autoregressive Model and Recursive Least Squares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mostefa Kermadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aissa Rebai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saad Mekhilef</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Baghli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Azzi</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nadhir Mesbahi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Global Energy Interconnection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.gloei.2025.06.001⟩</w:t>
+              <w:t xml:space="preserve">IEEE Journal of Emerging and Selected Topics in Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JESTPE.2025.3572359⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05185426v1</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05185427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Implementation and Performance Assessment of a DFIG-Based Wind Turbine Emulator Using TSR-Driven MPPT for Enhanced Power Extraction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ilyas Bennia</w:t>
+                <w:t xml:space="preserve">Enhanced interconnection and damping assignment passivity-based control for PM synchronous motors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Azzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Serge Pierfederici</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdelkader Mechernene</w:t>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (24), pp.12966. </w:t>
+              <w:t xml:space="preserve">Global Energy Interconnection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (4), pp.657-667. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/app152412966⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.gloei.2025.06.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05408449v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05185426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive with SiC-MOSFET Inverter</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paisak Poolphaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17 (10), pp.2347. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -965,51 +965,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of Low-Resolution Hall Position Sensor in Control and Position Estimation of PMSM- A Review</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Milad Akrami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1063,408 +1063,408 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04678269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Parameter-Free Method for Estimating the Stator Resistance of a Wound Rotor Synchronous Machine</w:t>
+                <w:t xml:space="preserve">A new fuzzy design for switching gain adaptation of sliding mode controller for a wind energy conversion system using a doubly fed induction generator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peyman Haghgooei</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+                <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adrien Corne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
+                <w:t xml:space="preserve">Abdelkari Chemi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Davood Arab Khaburi</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sara Kadi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Electric Vehicle Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 14 (3), pp.65. </w:t>
+              <w:t xml:space="preserve">Archives of Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (1), pp.273‑291. </w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/wevj14030065⟩</w:t>
+                <w:t xml:space="preserve">⟨10.24425/aee.2023.143702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04024661v1</w:t>
+                <w:t xml:space="preserve">hal-04060581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative Study of IGBT and SiC MOSFET Three-Phase Inverter: Impact of Parasitic Capacitance on the Output Voltage Distortion</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">A Parameter-Free Method for Estimating the Stator Resistance of a Wound Rotor Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peyman Haghgooei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Corne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Davood Arab Khaburi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Actuators</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/act12090355⟩</w:t>
+              <w:t xml:space="preserve">World Electric Vehicle Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 14 (3), pp.65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/wevj14030065⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04202958v1</w:t>
+                <w:t xml:space="preserve">hal-04024661v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new fuzzy design for switching gain adaptation of sliding mode controller for a wind energy conversion system using a doubly fed induction generator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Abdelkari Chemi</w:t>
+                <w:t xml:space="preserve">Comparative Study of IGBT and SiC MOSFET Three-Phase Inverter: Impact of Parasitic Capacitance on the Output Voltage Distortion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paisak Poolphaka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Sara Kadi</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives of Electrical Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72 (1), pp.273‑291. </w:t>
+              <w:t xml:space="preserve"> Actuators</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24425/aee.2023.143702⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/act12090355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04060581v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, modeling and control of a hybrid grid-connected photovoltaic-wind system for the region of Adrar, Algeria</w:t>
               </w:r>
@@ -1652,434 +1652,434 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03184584v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved Super Twisting Based High Order Direct Power Sliding Mode Control of a Connected DFIG Variable Speed Wind Turbine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
+                <w:t xml:space="preserve">Improved hardware implementation of a TSR based MPPT algorithm for a low cost connected wind turbine emulator under unbalanced wind speeds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dekali Zouheyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boumediene Abdelmadjid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Periodica Polytechnica Electrical Engineering and Computer Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3311/ppee.17989⟩</w:t>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, pp.121039. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2021.121039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03386452v1</w:t>
+                <w:t xml:space="preserve">hal-03241817v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental implementation of the maximum power point tracking algorithm for a connected wind turbine emulator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
+                <w:t xml:space="preserve">Real-Time Emulation of a Grid-Connected Wind Energy Conversion System Based Double Fed Induction Generator Configuration under Random Operating Modes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dekali Zouheyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boumediene Abdelmadjid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue Roumaine des Sciences Techniques. Serie Électrotechnique et Énergétique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 23 (3), pp.207 - 219. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.18280/ejee.230305⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03320121v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03268039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved hardware implementation of a TSR based MPPT algorithm for a low cost connected wind turbine emulator under unbalanced wind speeds</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dekali Zouheyr</w:t>
+                <w:t xml:space="preserve">Improved Super Twisting Based High Order Direct Power Sliding Mode Control of a Connected DFIG Variable Speed Wind Turbine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Boumediene Abdelmadjid</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Periodica Polytechnica Electrical Engineering and Computer Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3311/ppee.17989⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.energy.2021.121039⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03241817v1</w:t>
+                <w:t xml:space="preserve">hal-03386452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Real-Time Emulation of a Grid-Connected Wind Energy Conversion System Based Double Fed Induction Generator Configuration under Random Operating Modes</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dekali Zouheyr</w:t>
+                <w:t xml:space="preserve">Experimental implementation of the maximum power point tracking algorithm for a connected wind turbine emulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Boumediene Abdelmadjid</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Roumaine des Sciences Techniques. Serie Électrotechnique et Énergétique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 66 (2), pp.111-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.18280/ejee.230305⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03268039v1</w:t>
+                <w:t xml:space="preserve">hal-03320121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of renewable energy micro-power plants on power grids over Africa</w:t>
               </w:r>
@@ -2286,51 +2286,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct torque control of induction machine drive based on sliding mode controller and a stator resistance compensator with a new hybrid observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumédiène</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2390,51 +2390,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensorless high-order sliding modes vector control for induction motor drive with a new adaptive speed observer using super-twisting strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2494,51 +2494,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">MRAS-based Sensorless Speed Integral Backstepping Control for Induction Machine, using a Flux Backstepping Observer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2598,51 +2598,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nonlinear Integral Backstepping Control for Induction Motor drive with Adaptive Speed Observer using Super Twisting Strategy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2687,51 +2687,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01800498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Novel Single Current Sensor Topology for Venturini Controlled Direct Matrix Converters&amp;quot; in its current form</w:t>
+                <w:t xml:space="preserve">Phase Currents Reconstruction using a Single Current Sensor of Three-Phase AC Motors fed by SVM-Controlled Direct Matrix Converters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Metidjil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Taib</w:t>
@@ -2762,106 +2762,106 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Rekioua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seddik Bacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 28 (7), pp.3509-3516. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 60 (12), pp.5497 - 5505. </w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TPEL.2012.2227341⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tie.2012.2232252⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00925842v1</w:t>
+                <w:t xml:space="preserve">hal-00926246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase Currents Reconstruction using a Single Current Sensor of Three-Phase AC Motors fed by SVM-Controlled Direct Matrix Converters</w:t>
+                <w:t xml:space="preserve">Novel Single Current Sensor Topology for Venturini Controlled Direct Matrix Converters&amp;quot; in its current form</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Metidjil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabil Taib</w:t>
@@ -2892,82 +2892,82 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Toufik Rekioua</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Seddik Bacha</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Industrial Electronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 60 (12), pp.5497 - 5505. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Power Electronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 28 (7), pp.3509-3516. </w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tie.2012.2232252⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TPEL.2012.2227341⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00926246v1</w:t>
+                <w:t xml:space="preserve">hal-00925842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Cost Direct Torque Control Algorithm for Induction Motor without AC Phase's Currents Sensors</w:t>
               </w:r>
@@ -3738,194 +3738,288 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.conengprac.2005.06.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03562592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HDR (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Commande d’actionneurs électriques pour la traction et la génération d’énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Baghli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Energie électrique. Université de Lorraine, 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">HDR</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">tel-05029758v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-Time Power electronics Control and Monitoring with TI F28379D DSC and GUI Composer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ilyas Bennia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelkader Mechernene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05289922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3935,446 +4029,446 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparaison entre les stratégies de contrôle de reconfiguration pour les machines synchrones à cinq phases tolérantes aux pannes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Azzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées couplées du GDR SEEDS et de la conférence JCGE - Jeunes Chercheurs en Génie Electrique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GDR SEEDS, Jun 2024, 44490 Le Croisic, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04828326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linear BLDC Motor Embeded Control on ESP32</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783233⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interconnection and Damping Assignment Approach for PM Synchronous Motors, Comparison with the Classical PI Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Azzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 3rd International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2024, Sidi-Bel-Abbes, France. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICAEE61760.2024.10783326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04837389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of High-Frequency Operation on the Efficiency of a PMSM Drive</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paisak Poolphaka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sisuda Chaithongsuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thierry Lubin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4383,590 +4477,590 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2024 International Conference on Electrical Machines (ICEM)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Torino, France. pp.1-7, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICEM60801.2024.10700173⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05104521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Smart Microgrids for Agriculture: MG-FARM's Innovative Approach to Electrifying Farms in North Africa - Case Studies of Morocco and Algeria</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelilah Rochd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Bakhouya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Pierfederici</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Driss Yousfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE PES/IAS PowerAfrica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Marrakech, Morocco. pp.1-3, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/PowerAfrica57932.2023.10363302⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04404543v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison Between Reconfiguration Control Strategies for Fault-Tolerant Five-Phase Synchronous Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Azzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Phatiphat Thounthong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chiang Mai, France. pp.1-7, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372297⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Current Sensor Fault Tolerant strategy for a Wound Rotor Synchronous Machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peyman Haghgooei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sisuda Chaithongsuk</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noureddine Takorabet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 IEEE Transportation Electrification Conference and Expo, Asia-Pacific (ITEC Asia-Pacific)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Chiang Mai, Thailand. pp.1-7, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITECAsia-Pacific59272.2023.10372228⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04373317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Speed controller efficiency of the TSR based MPPT of a variable speed wind power system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 2nd International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Constantine, Algeria. pp.1-5, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICAEE53772.2022.9962056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced performances of the DFIG power control using the exponential reaching law based sliding mode control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouheyr Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4995,476 +5089,476 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ELECTRIMACS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04085430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Implementing a 200 kHz PWM Field Oriented Control using RTLib and C program on a dSPACE MicroLabBox</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ehsan Jamshidpour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 2nd International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Constantine, Algeria. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICAEE53772.2022.9962145⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03882370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance improvement of SVM-DTC of Induction Machine Drive via Backstepping Controller and Stator Resistance Compensator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Horch</w:t>
+                <w:t xml:space="preserve">Experimental Emulation of a Small Wind Turbine Under Operating Modes Using DC Motor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 4th International Conference on Power Electronics and their Applications (ICPEA)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Elazig, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICPEA1.2019.8911194⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICAEE47123.2019.9014667⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03655687v1</w:t>
+                <w:t xml:space="preserve">hal-03655693v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental Emulation of a Small Wind Turbine Under Operating Modes Using DC Motor</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
+                <w:t xml:space="preserve">Performance improvement of SVM-DTC of Induction Machine Drive via Backstepping Controller and Stator Resistance Compensator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Horch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 4th International Conference on Power Electronics and their Applications (ICPEA)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Algiers, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICAEE47123.2019.9014667⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICPEA1.2019.8911194⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03655693v1</w:t>
+                <w:t xml:space="preserve">hal-03655687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prototyping of photovoltaic grid-tie inverter with active and reactive power injection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Merah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Algiers, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICAEE47123.2019.9014764⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655691v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indirect power control for a Grid Connected Double Fed Induction Generator Based Wind Turbine Emulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zouheyr Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5483,521 +5577,521 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 International Conference on Advanced Electrical Engineering (ICAEE)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2019, Algiers, France. pp.1-6, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICAEE47123.2019.9014778⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655692v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Control of a Grid Connected DFIG Based Wind Turbine Emulator</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
+                <w:t xml:space="preserve">Vertical Displacement Sliding Mode Control of a Half-Vehicle Active Suspension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Benariba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Djemai</w:t>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Boumediene</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 5th International Symposium on Environment-Friendly Energies and Applications (EFEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.1-6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EFEA.2018.8617049⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2018, Rome, France. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EFEA.2018.8617086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03655683v1</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vertical Displacement Sliding Mode Control of a Half-Vehicle Active Suspension</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">H. Benariba</w:t>
+                <w:t xml:space="preserve">Control of a Grid Connected DFIG Based Wind Turbine Emulator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zouheyr Dekali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">A. Boumediene</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Djemai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 5th International Symposium on Environment-Friendly Energies and Applications (EFEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2018, Rome, France. pp.1-6, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/EFEA.2018.8617086⟩</w:t>
+              <w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EFEA.2018.8617049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03655682v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03655683v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensorless high-order super twisting sliding modes vector control for induction motor drives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Horch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdelmadjid Boumediene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2016 8th International Conference on Modelling, Identification and Control (ICMIC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2016, Algiers, France. pp.237-242, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICMIC.2016.7804115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03655695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of a data acquisition and tracking system for vehicles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khadidja Benmansour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Djemai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2014 3rd International Symposium on Environmental Friendly Energies and Applications (EFEA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2014, Paris, France. pp.1-6, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EFEA.2014.7059936⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03660790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Independent and Direct Rotor-Flux Oriented Control of Series-Connected Induction Machines Using Decoupled Kalman-Filters.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rijaniaina Njakasoa Andriamalala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6042,253 +6136,253 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Michel Sargos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37th IEEE IECON</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2011, Melbourne, Australia. pp.non connu, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IECON.2011.6119873⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00649374v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ANALISE E IDENTIFICACAO DE FALTA NO COMANDO DE INTERRUPTORES DE CONVERSORES USANDO WAVELET</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Talvanes Meneses Oliveira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edison Roberto Cabral da Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cursino Brand-Ao Jacobina</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">O Congresso Brasileiro de Automática (CBA)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2008, Juiz de Fora, Brazil. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00329453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neutral Voltage Analysis for Broken Rotor Bars Detection in Induction Motors Using Hilbert Transform Phase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.E.K Oumaamar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Khezzar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Boucherna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6307,419 +6401,419 @@
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">42nd Industry Applications Conference (IAS 2007)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, Nouvelle-Orléans, United States. pp.CR-ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00185662v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Torque Ripples Suppression for Six-Phase Induction Motors Under Open Phase Faults</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decoupling Modeling and Control of Six-Phase Induction Machines Under Open Phase Fault Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Raed Alcharea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Betin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard-André Capolino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Annual Conference of IEEE Industrial Electronics (IECON 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.1363 à 1368</w:t>
+              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.5101 à 5106</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00164319v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00164325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decoupling Modeling and Control of Six-Phase Induction Machines Under Open Phase Fault Conditions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId175" w:history="1">
+                <w:t xml:space="preserve">Torque Ripples Suppression for Six-Phase Induction Motors Under Open Phase Faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Kiani-Nezhad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Babak Nahid-Mobarakeh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Betin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard-André Capolino</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32nd Annual Conference of IEEE Industrial Electronics (IECON 2006)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.5101 à 5106</w:t>
+              <w:t xml:space="preserve">, Nov 2006, Paris, France. pp.1363 à 1368</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00164325v1</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00164319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sensor fault detection for fault tolerant vector controlled induction machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Poure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2005 IEEE 11th European Conference on Power Electronics and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, Dresden, Germany. 10 pp.-P.10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/EPE.2005.219346⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03565893v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Broken bars diagnosis of 3600 rpm 750 kW induction motor comparison modelization and measurement of phase currents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6728,123 +6822,123 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrezak Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Caironi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Durantay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SDEMPED'01</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001, GRADO, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893702v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic algorithm for the identification of the parameters of an induction motor on start-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6873,100 +6967,100 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SCEEPCI'99</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1999, OUJDA, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuro-Fuzzy Vector Control of a Broken-Bar Induction Motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Abed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6981,73 +7075,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE-99</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, LAUSANNE, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893744v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genetic algorithm for the identification of the parameters of an induction motor on start-up</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7076,87 +7170,87 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMACS'99</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, LISBOA, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893754v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling induction motors for diagnostic purposes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aïcha Abed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7184,73 +7278,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE'99</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, LAUSANNE, Switzerland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03893747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adaptive Neuro-Fuzzy speed control of an induction motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7279,73 +7373,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PEMC'98</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1998, PRAGUE, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Stator Flux Oriented Drive for an Induction Motor with Extra (a, b) coils</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7374,73 +7468,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IECON'98</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 1998, Aachen, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neuro-Fuzzy speed control of an induction motor</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7469,176 +7563,189 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IMACS - CESA'98</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 1998, Hammamet, Tunisia. pp.1026-1030</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuro-Fuzzy Controller in a Field Oriented Control for Induction Motors</w:t>
+                <w:t xml:space="preserve">Modelling Rotor Cage Induction Motors for Default Detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrezak Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPE'97</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1997, Tromdheim, Norway. pp.2.444-2.448</w:t>
+              <w:t xml:space="preserve">SDEMPED'97</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Carry le rouet, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802520v1</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802552v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison Between Fuzzy and Classical Speed Control Within a Field Oriented Method for Induction Motors</w:t>
+                <w:t xml:space="preserve">Neuro-Fuzzy Controller in a Field Oriented Control for Induction Motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
@@ -7647,193 +7754,180 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrezak Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE'97</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 1997, Trondheim, Norway</w:t>
+              <w:t xml:space="preserve">, Sep 1997, Tromdheim, Norway. pp.2.444-2.448</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId195" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802536v1</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling Rotor Cage Induction Motors for Default Detection</w:t>
+                <w:t xml:space="preserve">Comparison Between Fuzzy and Classical Speed Control Within a Field Oriented Method for Induction Motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis Hein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abderrezak Rezzoug</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SDEMPED'97</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 1997, Carry le rouet, France</w:t>
+              <w:t xml:space="preserve">EPE'97</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 1997, Trondheim, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04802552v1</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04802536v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Field oriented control method using decoupling terms for induction motors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -7862,51 +7956,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPE'96</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 1996, Nancy, France. pp.147-151</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04802581v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7916,133 +8010,133 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Enhanced Performances of the DFIG Power Control Using the Exponential Reaching Law Based Sliding Mode Control</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dekali Zouheyr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi BAGHLI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Boumediene Abdelmadjid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrimacs 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1164, Springer International Publishing, pp.311-322, 2024, Lecture Notes in Electrical Engineering, 978-3-031-55696-8. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId201" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-031-55696-8_21⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04597434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8052,51 +8146,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l’ouvrage intitulé « Commande des systèmes électriques : perspectives technologiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hubert Razik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -8112,51 +8206,51 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diagnostic des machines électriques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 2-7462-0735-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03682951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -8166,185 +8260,185 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la commande de la machine asynchrone, utilisation de la logique floue, des réseaux de neurones et des algorithmes génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Energie électrique. Université Henri Poincaré - Nancy I, 1999. Français. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Henri Poincaré - Nancy 1, 1999. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : 1999NAN10001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">tel-00356891v1</w:t>
+                <w:t xml:space="preserve">tel-01747043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId205" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la commande de la machine asynchrone, utilisation de la logique floue, des réseaux de neurones et des algorithmes génétiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Baghli</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université Henri Poincaré - Nancy 1, 1999. Français. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Energie électrique. Université Henri Poincaré - Nancy I, 1999. Français. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨NNT : 1999NAN10001⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">tel-01747043v1</w:t>
+                <w:t xml:space="preserve">tel-00356891v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId207"/>
+      <w:footerReference w:type="default" r:id="rId208"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -8412,51 +8506,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6D9D2E85"/>
+    <w:nsid w:val="1774FAEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8643,51 +8737,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lotfi-baghli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3078-3328" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153637102" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-3014-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05029758v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Baghli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384153v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bennia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Martin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03452-6" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185427v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Kermadi" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Rebai" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Mekhilef" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Mesbahi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2025.3572359" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185426v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azzi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloei.2025.06.001" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408449v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mechernene" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app152412966" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573915v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paisak Poolphaka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17102347" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678269v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Akrami" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frick" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174216" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04024661v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Haghgooei" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Corne" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab Khaburi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/wevj14030065" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04202958v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act12090355" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04060581v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Horch" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkari Chemi" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kadi" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/aee.2023.143702" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045702v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Kebbati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-022-04426-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03184584v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouheyr Dekali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Boumediene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.230101" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03386452v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/ppee.17989" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03320121v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03241817v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dekali Zouheyr" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Abdelmadjid" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.121039" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03268039v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.230305" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03318776v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Terfa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bhandari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.121702" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoune Sahri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pietrzak-David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kheloui" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v12.i3.pp1390-1404" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655696v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJDSSS.2019.103384" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655672v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCAT.2019.100131" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800495v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v8.i4.pp1650-1662" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800498v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Metidjil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Taib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Rekioua" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2227341" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926246v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tie.2012.2232252" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814658v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Metidji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2190101" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087922v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijaniaina Njakasoa Andriamalala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nirinarison Razafinjaka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Sargos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558540v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Hamiti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rezzoug" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2010.07.024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440401v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2008.2004664" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudir Marouani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Hadiouche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2008.918486" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102670v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562592v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Al-Rouh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rezzoug" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2005.06.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289922v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828326v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837395v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783233" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837389v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783326" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104521v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisuda Chaithongsuk" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700173" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404543v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Rochd" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bakhouya" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Yousfi" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerAfrica57932.2023.10363302" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373320v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372297" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373317v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372228" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04085441v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dekali" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boumediene" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962056" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04085430v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03882370v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962145" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655687v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014667" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655693v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPEA1.2019.8911194" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655691v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Merah" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014764" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655692v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014778" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655683v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Djemai" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2018.8617049" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655682v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benariba" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2018.8617086" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655695v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIC.2016.7804115" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03660790v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benmansour" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2014.7059936" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649374v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2011.6119873" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329453v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talvanes Meneses Oliveira" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Roberto Cabral da Silva" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cursino Brand-Ao Jacobina" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185662v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E.K Oumaamar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khezzar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucherna" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164319v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Kiani-Nezhad" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Betin" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard-Andr&#233; Capolino" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164325v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raed Alcharea" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565893v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219346" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893702v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Caironi" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Durantay" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893753v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893744v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Abed" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893754v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893747v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802410v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802461v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802494v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802520v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802536v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802552v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hein" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802581v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597434v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi BAGHLI" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55696-8_21" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682951v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00356891v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747043v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999NAN10001" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/lotfi-baghli" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-3078-3328" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/153637102" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/E-3014-2013" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05541559v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Baghli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05408449v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyas Bennia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pierfederici" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Mechernene" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app152412966" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05384153v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ehsan Jamshidpour" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Martin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00202-025-03452-6" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185427v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostefa Kermadi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aissa Rebai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saad Mekhilef" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadhir Mesbahi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JESTPE.2025.3572359" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185426v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Azzi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phatiphat Thounthong" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noureddine Takorabet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gloei.2025.06.001" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04573915v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paisak Poolphaka" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Lubin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17102347" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04678269v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Akrami" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Frick" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en17174216" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04060581v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Horch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkari Chemi" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kadi" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/aee.2023.143702" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04024661v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peyman Haghgooei" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Corne" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davood Arab Khaburi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/wevj14030065" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04202958v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/act12090355" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04045702v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Kebbati" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13762-022-04426-y" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03184584v2" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouheyr Dekali" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Boumediene" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.230101" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03241817v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dekali Zouheyr" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boumediene Abdelmadjid" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.121039" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03268039v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/ejee.230305" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03386452v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3311/ppee.17989" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03320121v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03318776v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Terfa" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bhandari" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2021.121702" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655666v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaldoune Sahri" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Pietrzak-David" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kheloui" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v12.i3.pp1390-1404" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655696v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Boum&#233;di&#232;ne" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJDSSS.2019.103384" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655672v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJCAT.2019.100131" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800495v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.11591/ijpeds.v8.i4.pp1650-1662" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800498v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00926246v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Metidjil" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Taib" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toufik Rekioua" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seddik Bacha" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tie.2012.2232252" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00925842v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2227341" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814658v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Metidji" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPEL.2012.2190101" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01087922v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rijaniaina Njakasoa Andriamalala" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Nirinarison Razafinjaka" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Razik" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Michel Sargos" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00558540v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tahar Hamiti" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrezak Rezzoug" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matcom.2010.07.024" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00440401v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2008.2004664" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562597v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khoudir Marouani" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djafar Hadiouche" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIE.2008.918486" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00102670v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03562592v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Al-Rouh" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rezzoug" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2005.06.016" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05029758v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05289922v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04828326v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837395v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783233" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04837389v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE61760.2024.10783326" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05104521v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sisuda Chaithongsuk" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700173" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04404543v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Rochd" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Bakhouya" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Driss Yousfi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerAfrica57932.2023.10363302" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373320v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372297" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04373317v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITECAsia-Pacific59272.2023.10372228" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04085441v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Dekali" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boumediene" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962056" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-04085430v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03882370v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE53772.2022.9962145" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655693v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPEA1.2019.8911194" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655687v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014667" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655691v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Merah" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014764" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655692v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICAEE47123.2019.9014778" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655682v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benariba" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2018.8617086" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655683v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Djemai" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2018.8617049" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03655695v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICMIC.2016.7804115" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03660790v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khadidja Benmansour" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EFEA.2014.7059936" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00649374v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON.2011.6119873" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00329453v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Talvanes Meneses Oliveira" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edison Roberto Cabral da Silva" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cursino Brand-Ao Jacobina" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00185662v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E.K Oumaamar" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khezzar" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Boucherna" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164325v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raed Alcharea" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Nahid-Mobarakeh" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Betin" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard-Andr&#233; Capolino" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164319v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Kiani-Nezhad" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03565893v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poure" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EPE.2005.219346" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893702v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Caironi" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Durantay" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893753v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893744v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Abed" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893754v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03893747v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802410v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802461v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802494v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802552v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Hein" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802520v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802536v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802581v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04597434v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi BAGHLI" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-55696-8_21" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03682951v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01747043v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1999NAN10001" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00356891v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>