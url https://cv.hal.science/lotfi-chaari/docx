--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -316,51 +316,51 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s25020472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05043513v1</w:t>
+                <w:t xml:space="preserve">hal-04923529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Review of CNN Applications in Smart Agriculture Using Multimodal Data</w:t>
               </w:r>
@@ -433,51 +433,51 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s25020472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04923529v1</w:t>
+                <w:t xml:space="preserve">hal-05043513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bayesian optimization for sparse neural networks with trainable activation functions</w:t>
               </w:r>
@@ -747,1563 +747,1563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03669388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Globally altered sleep patterns and physical activity levels by confinement in 5056 individuals: ECLB COVID-19 international online survey</w:t>
+                <w:t xml:space="preserve">Effects of home confinement on mental health and lifestyle behaviours during the COVID-19 outbreak: Insight from the ECLB-COVID19 multicenter study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Khaled Trabelsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Liwa Masmoudi</w:t>
+                <w:t xml:space="preserve">Michael Brach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Omar Boukhris</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (4), pp.495-506. </w:t>
+              <w:t xml:space="preserve">, 2021, 38 (1), pp.9-21. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5114/biolsport.2021.101605⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5114/biolsport.2020.96857⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753466v1</w:t>
+                <w:t xml:space="preserve">hal-04753462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convolutional Neural Network for Drowsiness Detection Using EEG Signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sleep Quality and Physical Activity as Predictors of Mental Wellbeing Variance in Older Adults during COVID-19 Lockdown: ECLB COVID-19 International Online Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Siwar Chaabene</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Achraf Ammar</w:t>
+                <w:t xml:space="preserve">Liwa Masmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Boukhris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sensors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/s21051734⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 18 (8), pp.4329. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph18084329⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03161019v1</w:t>
+                <w:t xml:space="preserve">hal-04753452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sleep Quality and Physical Activity as Predictors of Mental Wellbeing Variance in Older Adults during COVID-19 Lockdown: ECLB COVID-19 International Online Survey</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Convolutional Neural Network for Drowsiness Detection Using EEG Signals</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Boudaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Hökelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Achraf Ammar</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph18084329⟩</w:t>
+              <w:t xml:space="preserve">Sensors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 21 (5), pp.1734. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/s21051734⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753452v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161019v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of home confinement on mental health and lifestyle behaviours during the COVID-19 outbreak: Insight from the ECLB-COVID19 multicenter study</w:t>
+                <w:t xml:space="preserve">Globally altered sleep patterns and physical activity levels by confinement in 5056 individuals: ECLB COVID-19 international online survey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Achraf Ammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Michael Brach</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liwa Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Omar Boukhris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Hamdi Chtourou</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Omar Boukhris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biology of Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 38 (1), pp.9-21. </w:t>
+              <w:t xml:space="preserve">, 2021, 38 (4), pp.495-506. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.5114/biolsport.2020.96857⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5114/biolsport.2021.101605⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753462v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753466v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Unsupervised Bayesian change detection for remotely sensed images</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Psychological consequences of COVID-19 home confinement: The ECLB-COVID19 multicenter study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Walma Gharbi</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Patrick Mueller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Boukhris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11760-020-01738-9⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 15 (11), pp.e0240204. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0240204⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02950804v1</w:t>
+                <w:t xml:space="preserve">hal-04753459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">ProgNet: COVID-19 Prognosis Using Recurrent and Convolutional Neural Networks</w:t>
+                <w:t xml:space="preserve">Bayesian curved lane estimation for autonomous driving</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Open Medical Imaging Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (1), pp.11-12. </w:t>
+              <w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11, pp.4133-4143. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2174/1874347102012010011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s12652-020-01688-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03161028v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian curved lane estimation for autonomous driving</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">COVID-19 Home Confinement Negatively Impacts Social Participation and Life Satisfaction: A Worldwide Multicenter Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Omar Boukhris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liwa Masmoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Ambient Intelligence and Humanized Computing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12652-020-01688-7⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 17 (17), pp.6237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijerph17176237⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02950806v1</w:t>
+                <w:t xml:space="preserve">hal-04753445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Psychological consequences of COVID-19 home confinement: The ECLB-COVID19 multicenter study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Covid-19 pandemic by the &amp;quot;real-time&amp;quot; monitoring: the Tunisian case and lessons for global epidemics in the context 3PM strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olga Golubnitschaja</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0240204⟩</w:t>
+              <w:t xml:space="preserve">EPMA Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (2), pp.133-138. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13167-020-00207-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753459v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02940975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 Home Confinement Negatively Impacts Social Participation and Life Satisfaction: A Worldwide Multicenter Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effects of COVID-19 Home Confinement on Eating Behaviour and Physical Activity: Results of the ECLB-COVID19 International Online Survey</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Brach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Achraf Ammar</w:t>
+                <w:t xml:space="preserve">Khaled Trabelsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamdi Chtourou</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Omar Boukhris</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Liwa Masmoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Environmental Research and Public Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijerph17176237⟩</w:t>
+              <w:t xml:space="preserve">Nutrients</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (6), pp.1583. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/nu12061583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753445v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02913539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Covid-19 pandemic by the &amp;quot;real-time&amp;quot; monitoring: the Tunisian case and lessons for global epidemics in the context 3PM strategies</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">ProgNet: COVID-19 Prognosis Using Recurrent and Convolutional Neural Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olga Golubnitschaja</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPMA Journal</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13167-020-00207-0⟩</w:t>
+              <w:t xml:space="preserve">The Open Medical Imaging Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (1), pp.11-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2174/1874347102012010011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02940975v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03161028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of COVID-19 Home Confinement on Eating Behaviour and Physical Activity: Results of the ECLB-COVID19 International Online Survey</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Unsupervised Bayesian change detection for remotely sensed images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walma Gharbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nutrients</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (6), pp.1583. </w:t>
+              <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 14, pp.1-8. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/nu12061583⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11760-020-01738-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02913539v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02950804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Bayesian grouplet transform</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bayesian sparse regularization for parallel MRI reconstruction using Complex Bernoulli-Laplace mixture priors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Kallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 13 (5), pp.871-878. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s11760-019-01423-6⟩</w:t>
+              <w:t xml:space="preserve">, 2019, 14, pp.445-453. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s11760-019-01567-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02932319v1</w:t>
+                <w:t xml:space="preserve">hal-02950816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian sparse regularization for parallel MRI reconstruction using Complex Bernoulli-Laplace mixture priors</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Bayesian grouplet transform</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Kallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Signal, Image and Video Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019, 14, pp.445-453. </w:t>
+              <w:t xml:space="preserve">, 2019, 13 (5), pp.871-878. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11760-019-01567-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11760-019-01423-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02950816v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02932319v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bayesian Non-Parametric Hidden Markov Random Model for Hemodynamic Brain Parcellation</w:t>
               </w:r>
@@ -2413,278 +2413,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01426385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hamiltonian Monte Carlo method for non-smooth energy sampling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatio-spectral regularization to improve magnetic resonance spectroscopic imaging quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Laruelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleakhena Ken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TSP.2016.2585120⟩</w:t>
+              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 129 (7), pp.918-931. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/nbm.3532⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01376544v1</w:t>
+                <w:t xml:space="preserve">hal-01381730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-spectral regularization to improve magnetic resonance spectroscopic imaging quantification</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A hamiltonian Monte Carlo method for non-smooth energy sampling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NMR in Biomedicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 129 (7), pp.918-931. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, vol. 64 (n° 21), pp. 5585-5594. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/nbm.3532⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TSP.2016.2585120⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01381730v1</w:t>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01376544v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse EEG Source Localization Using Bernoulli Laplacian Priors</w:t>
               </w:r>
@@ -2781,455 +2781,455 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01261357v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards Accurate and Robust MRSI Quantification to Improve the Radiation Therapy Treatment of GBM</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Flexible multivariate hemodynamics fMRI data analyses and simulations with PyHRF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Fecher</w:t>
+                <w:t xml:space="preserve">Thomas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveig Badillo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Risser</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ben Rowland</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Bakhous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2014.05.2292⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Brain Imaging methods (eCollection 2014), 8 (Article 67), pp.23. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fnins.2014.00067⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01485017v1</w:t>
+                <w:t xml:space="preserve">hal-01084249v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Flexible multivariate hemodynamics fMRI data analyses and simulations with PyHRF</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Solveig Badillo</w:t>
+                <w:t xml:space="preserve">Spatio-temporal wavelet regularization for parallel MRI reconstruction: application to functional MRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Risser</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+                <w:t xml:space="preserve">Sébastien Mériaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Bakhous</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Brain Imaging methods (eCollection 2014), 8 (Article 67), pp.23. </w:t>
+              <w:t xml:space="preserve">Magnetic Resonance Materials in Physics, Biology and Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 27 (6), pp.41. </w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fnins.2014.00067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s10334-014-0436-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01084249v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01084324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatio-temporal wavelet regularization for parallel MRI reconstruction: application to functional MRI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards Accurate and Robust MRSI Quantification to Improve the Radiation Therapy Treatment of GBM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Laruelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Fecher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Mériaux</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ben Rowland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Magnetic Resonance Materials in Physics, Biology and Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 27 (6), pp.41. </w:t>
+              <w:t xml:space="preserve">International Journal of Radiation Oncology, Biology, Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, vol. 90 (n° 1 suppl), pp. S793. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10334-014-0436-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijrobp.2014.05.2292⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01084324v1</w:t>
+                <w:t xml:space="preserve">hal-01485017v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fast joint detection-estimation of evoked brain activity in event-related fMRI using a variational approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3296,359 +3296,359 @@
                 </w:rPr>
                 <w:t xml:space="preserve">inserm-00753873v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A wavelet-based regularized reconstruction algorithm for SENSE parallel MRI with applications to neuroimaging</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
+                <w:t xml:space="preserve">OPTIMED : Optimisation itérative pour la résolution de problèmes inverses de grande taille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaâri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Chouzenoux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nelly Pustelnik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Chaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Saïd Moussaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Medical Image Analysis</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Traitement du Signal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 28 (3-4), pp.329-374</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00692260v1</w:t>
+                <w:t xml:space="preserve">hal-00733443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">OPTIMED : Optimisation itérative pour la résolution de problèmes inverses de grande taille</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Saïd Moussaoui</w:t>
+                <w:t xml:space="preserve">A wavelet-based regularized reconstruction algorithm for SENSE parallel MRI with applications to neuroimaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Traitement du Signal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Medical Image Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15 (2), pp.185--201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.media.2010.08.001⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00733443v1</w:t>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00692260v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hierarchical Bayesian Model for Frame Representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 58 (11), pp.5560--5571. </w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3708,316 +3708,316 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Multi-LLM Agent System for Modular Ontology Population: A Case Study on ADHD</w:t>
+                <w:t xml:space="preserve">TRACT : A Transformer and Statistical Framework for Anomaly Detection in Multivariate Non-stationary Time Series</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yassine Belmabrouk</w:t>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Megdiche</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2026)</w:t>
+              <w:t xml:space="preserve">the 18th International Conference on Agents and Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05427201v1</w:t>
+                <w:t xml:space="preserve">hal-05403848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRACT : A Transformer and Statistical Framework for Anomaly Detection in Multivariate Non-stationary Time Series</w:t>
+                <w:t xml:space="preserve">A Multi-LLM Agent System for Modular Ontology Population: A Case Study on ADHD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yassine Belmabrouk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel-Rahman H. Tawil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Imen Megdiche</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">the 18th International Conference on Agents and Artificial Intelligence</w:t>
+              <w:t xml:space="preserve">International Conference on Agents and Artificial Intelligence (ICAART 2026)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2026, Marbella, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05403848v1</w:t>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05427201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hybrid Deep Learning and Ontology-Based Framework for Contextual Hyperactivity Detection in Children with ADHD</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4068,77 +4068,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Semantic Framework for the Contextual Interpretation of ADHD Symptom Manifestations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdel-Rahman H. Tawil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Vlachos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Imen Megdiche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4310,64 +4310,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inférence bayésienne pour l'estimation des paramètres des erreurs de reconstruction à l'aide d'une distribution gamma multivariée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ibrahim Traore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Marquet-Doléac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4494,373 +4494,373 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05043545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">SENET-D: Efficient Semantic Segmentation for RGB-Depth food images</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thierry Roland Baban a Erep</w:t>
+                <w:t xml:space="preserve">MDE in the Era of Generative AI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Alaoui Mdaghri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meriem Ouederni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eugène Sobngwi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">34th IEEE International Workshop on Machine Learning for Signal Processing (MLSP 2024)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Verification and Evaluation of Computer and Communication Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Djerba, Tunisia. pp.113-127, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-85356-2_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04706424v1</w:t>
+                <w:t xml:space="preserve">hal-05043533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BAYESIAN SPARSE MODEL FOR COMPLEX-VALUED MAGNETIC RESONANCE SPECTROSCOPY RESTORATION</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Wafae Labriji</w:t>
+                <w:t xml:space="preserve">SENET-D: Efficient Semantic Segmentation for RGB-Depth food images</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Roland Baban a Erep</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
+                <w:t xml:space="preserve">Pierre Ele</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaelle Dormio</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Eugène Sobngwi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE International Symposium on Biomedical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">34th IEEE International Workshop on Machine Learning for Signal Processing (MLSP 2024)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, MLSP Technical Committee of the IEEE Signal Processing Society, Sep 2024, London, United Kingdom. à paraître</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04732385v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04706424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MDE in the Era of Generative AI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">BAYESIAN SPARSE MODEL FOR COMPLEX-VALUED MAGNETIC RESONANCE SPECTROSCOPY RESTORATION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Labriji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmed Alaoui Mdaghri</w:t>
+                <w:t xml:space="preserve">Gaelle Dormio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meriem Ouederni</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Elizabeth Moyal Cohen-Jonathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Verification and Evaluation of Computer and Communication Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2024, Djerba, Tunisia. pp.113-127, </w:t>
+              <w:t xml:space="preserve">2024 IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Athens, Greece. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-85356-2_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISBI56570.2024.10635294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05043533v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04732385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fully automatic Bayesian method for trainable activation function and deep neural networks</w:t>
               </w:r>
@@ -4922,248 +4922,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04706413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cross-validation approach for classifying physical activity intensity: a case study in children with attention deficit/hyperactivity disorder</w:t>
+                <w:t xml:space="preserve">Robust analysis and spectral-based deep learning to detect driving fatigue from EEG signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ibrahim Traoré</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+                <w:t xml:space="preserve">Antonio Quintero-Rincón</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaâri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th ACS/IEEE International Conference on Computer Systems and Applications (AICCSA 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/AICCSA59173.2023.10479317⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Technology Innovations for Healthcare (ICTIH 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Magdeburg, Germany. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10111943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04414203v1</w:t>
+                <w:t xml:space="preserve">hal-04209476v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust analysis and spectral-based deep learning to detect driving fatigue from EEG signals</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A cross-validation approach for classifying physical activity intensity: a case study in children with attention deficit/hyperactivity disorder</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antonio Quintero-Rincón</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hadj Batatia</w:t>
+                <w:t xml:space="preserve">Jérôme Marquet-Doleac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Technology Innovations for Healthcare (ICTIH 2022)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Magdeburg, Germany. pp.1-6, </w:t>
+              <w:t xml:space="preserve">20th ACS/IEEE International Conference on Computer Systems and Applications (AICCSA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Dec 2023, Giza, Egypt. pp.1-8, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10111943⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/AICCSA59173.2023.10479317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04209476v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04414203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How AI can advance MDE ?</w:t>
               </w:r>
@@ -5268,1010 +5268,1010 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04338171v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Early mild cognitive impairment detection using cognitive-motor tasks and machine learning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Anita Hökelmann</w:t>
+                <w:t xml:space="preserve">A machine learning technique for device non-wear detection in children with ADHD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ibrahim Traoré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imen Megdiche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Marquet-Doleac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaâri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Innovations in Intelligent Systems and Applications (INISTA 2023)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Workshop on Health Informatics @ AICCSA 2023: IT Innovations and Disruptive Approaches in the Digital Health Era (HOPE 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ACS/IEEE International Conference on Computer Systems and Applications, Dec 2023, Giza, Egypt</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04338190v1</w:t>
+                <w:t xml:space="preserve">hal-04338230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New MCI Detection Method Based on Transformer and EEG Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Early mild cognitive impairment detection using cognitive-motor tasks and machine learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Hökelmann</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">31st European Signal Processing Conference (EUSIPCO 2023)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.23919/EUSIPCO58844.2023.10290024⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Innovations in Intelligent Systems and Applications (INISTA 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Hammamet, Tunisia. pp.1-6, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/INISTA59065.2023.10310653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338180v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338190v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A machine learning technique for device non-wear detection in children with ADHD</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Marquet-Doleac</w:t>
+                <w:t xml:space="preserve">New MCI Detection Method Based on Transformer and EEG Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Haroun Hassan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Workshop on Health Informatics @ AICCSA 2023: IT Innovations and Disruptive Approaches in the Digital Health Era (HOPE 2023)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">31st European Signal Processing Conference (EUSIPCO 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Helsinki, Finland. pp.1200-1204, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.23919/EUSIPCO58844.2023.10290024⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04338230v1</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04338180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian optimization for artificial neural networks: application to Covid-19 image classification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
+                <w:t xml:space="preserve">MCI identification based on EEG signals during a cognitive test</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Boudaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anita Hökelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaâri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Conference on Technology Innovations for Healthcare (ICTIH)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Magdeburg, France. pp.34-37, </w:t>
+              <w:t xml:space="preserve">International Conference on Technology Innovations for Healthcare (ICTIH 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Magdeburg, Germany. pp.68-73, </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04753469v1</w:t>
+                <w:t xml:space="preserve">hal-04209477v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient Bayesian Learning of Sparse Deep Artificial Neural Networks</w:t>
+                <w:t xml:space="preserve">Bayesian Optimization Using Hamiltonian Dynamics for Sparse Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faïez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">20th International Symposium on Symposium on Intelligent Data Analysis (IDA 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/978-3-031-01333-1_7⟩</w:t>
+              <w:t xml:space="preserve">19th International Symposium on Biomedical Imaging (ISBI 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE Signal Processing Society (SPS); IEEE Engineering in Medicine and Biology Society (EMBS), Mar 2022, Kolkata, India. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI52829.2022.9761469⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03788529v1</w:t>
+                <w:t xml:space="preserve">hal-03858776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MCI identification based on EEG signals during a cognitive test</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId38" w:history="1">
+                <w:t xml:space="preserve">Physiological/Non-physiological artifacts classification using EEG signals based on CNN</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hela Zouari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Ben Jemea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Technology Innovations for Healthcare (ICTIH 2022)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 International Conference on Technology Innovations for Healthcare (ICTIH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Magdeburg, France. pp.26-29, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112088⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112022⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04209477v1</w:t>
+                <w:t xml:space="preserve">hal-04753431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian Optimization Using Hamiltonian Dynamics for Sparse Artificial Neural Networks</w:t>
+                <w:t xml:space="preserve">Efficient Bayesian Learning of Sparse Deep Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19th International Symposium on Biomedical Imaging (ISBI 2022)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISBI52829.2022.9761469⟩</w:t>
+              <w:t xml:space="preserve">20th International Symposium on Symposium on Intelligent Data Analysis (IDA 2022)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Rennes, France. pp.78-88, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-01333-1_7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03858776v1</w:t>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03788529v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological/Non-physiological artifacts classification using EEG signals based on CNN</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+                <w:t xml:space="preserve">Bayesian optimization for artificial neural networks: application to Covid-19 image classification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faiez Gargouri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2022 International Conference on Technology Innovations for Healthcare (ICTIH)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2022, Magdeburg, France. pp.26-29, </w:t>
+              <w:t xml:space="preserve">, Sep 2022, Magdeburg, France. pp.34-37, </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112088⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICTIH57289.2022.10112015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04753431v1</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04753469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drowsiness Detection Using Joint EEG-ECG Data With Deep Learning</w:t>
               </w:r>
@@ -6359,416 +6359,416 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03381946v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Joint Bayesian Hyperspectral Unmixing for change detection</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Walma Gharbi</w:t>
+                <w:t xml:space="preserve">EEG-based Hypo-vigilance detection using convolutional neural network</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amal Boudaya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bassem Bouaziz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Achraf Ammar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mediterranean and Middle-East Geoscience and Remote Sensing Symposium (M2GARSS 2020)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">18th International Conference Smart Homes and Health Telematics (ICOST 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Hammamet, Tunisia. pp.69-78</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02942312v1</w:t>
+                <w:t xml:space="preserve">hal-02947739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">EEG-based Hypo-vigilance detection using convolutional neural network</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId37" w:history="1">
+                <w:t xml:space="preserve">Lentigo detection using a deep learning approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Zorgui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Batatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th International Conference Smart Homes and Health Telematics (ICOST 2020)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference On Smart Living and Public Health (ICOST 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2020, Hammamet, Tunisia. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-51517-1_8⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947739v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02968415v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lentigo detection using a deep learning approach</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Hadj Batatia</w:t>
+                <w:t xml:space="preserve">Joint Bayesian Hyperspectral Unmixing for change detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walma Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference On Smart Living and Public Health (ICOST 2020)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2020, Hammamet, Tunisia. pp.1-5, </w:t>
+              <w:t xml:space="preserve">Mediterranean and Middle-East Geoscience and Remote Sensing Symposium (M2GARSS 2020)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2020, Tunis, Tunisia. pp.37-40, </w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-030-51517-1_8⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/M2GARSS47143.2020.9105275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02968415v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02942312v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A sleep monitoring method with EEG signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yessrine Abichou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6800,429 +6800,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02938626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian compressed sensing for IoT : application to EEG recording</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Plug and Play Bayesian Algorithm for Solving Myope Inverse Problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st International Conference on Digital Health Technologies - ICDHT 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2018, Sfax, Tunisia. pp.53-60</w:t>
+              <w:t xml:space="preserve">26th European Signal and Image Processing Conference (EUSIPCO 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.737-741</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03033971v1</w:t>
+                <w:t xml:space="preserve">hal-03634930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Plug and Play Bayesian Algorithm for Solving Myope Inverse Problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sparse Bayesian pMRI Reconstruction With Complex Bernoulli-Laplace Mixture Priors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hadj Batatia</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdelaziz Kallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">26th European Signal and Image Processing Conference (EUSIPCO 2018)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2018, Rome, Italy. pp.737-741</w:t>
+              <w:t xml:space="preserve">4th IEEE Middle East Conference on Biomedical Engineering (MECBME 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2018, Tunis, Tunisia. pp.193-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03634930v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02947757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Bayesian pMRI Reconstruction With Complex Bernoulli-Laplace Mixture Priors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Siwar Chaabene</w:t>
+                <w:t xml:space="preserve">Robust lane Extraction using Two-Dimension Declivity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Fakhfakh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nizar Fakhfakh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abdelaziz Kallel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IEEE Middle East Conference on Biomedical Engineering (MECBME 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Conference on Artificial Intelligence and Soft Computing (ICAISC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Zakopane, Poland. pp.14-24, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-91262-2_2⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02947757v1</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02938620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust lane Extraction using Two-Dimension Declivity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nizar Fakhfakh</w:t>
+                <w:t xml:space="preserve">Bayesian compressed sensing for IoT : application to EEG recording</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Itebeddine Ghorbel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walma Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Conference on Artificial Intelligence and Soft Computing (ICAISC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">1st International Conference on Digital Health Technologies - ICDHT 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Sfax, Tunisia. pp.53-60</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02938620v1</w:t>
+                <w:t xml:space="preserve">hal-03033971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A general non-smooth Hamiltonian Monte Carlo scheme using Bayesian proximity operator calculation</w:t>
               </w:r>
@@ -7431,502 +7431,502 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01490731v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Probability map prediction of relapse areas in glioblastoma patients using multi-parametric MR</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
+                <w:t xml:space="preserve">MRSI data unmixing using spatial and spectral priors in transformed domains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Laruelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId200" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Maximilien Vermandel</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESTRO 35 Radiotherapy and Oncology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Turin, Italy. pp.S226-S227</w:t>
+              <w:t xml:space="preserve">13th IEEE International Symposium on Biomedical Imaging: From Nano to Macro (ISBI 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Prague, Czech Republic. pp. 952-955</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01471037v1</w:t>
+                <w:t xml:space="preserve">hal-01491210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">MRSI data unmixing using spatial and spectral priors in transformed domains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Andrea Laruelo</w:t>
+                <w:t xml:space="preserve">Adaptive Mean Shift Based Hemodynamic Brain Parcellation in fMRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohanad Albughdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th IEEE International Symposium on Biomedical Imaging: From Nano to Macro (ISBI 2016)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2016, Prague, Czech Republic. pp. 952-955</w:t>
+              <w:t xml:space="preserve">7th International Conference on Medical Imaging and Augmented Reality (MIAR 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Bern, Switzerland. pp. 247-258</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01491210v1</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01466644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Mean Shift Based Hemodynamic Brain Parcellation in fMRI</w:t>
+                <w:t xml:space="preserve">Multi-subject joint parcellation detection estimation in functional MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohanad Albughdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Forbes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International Conference on Medical Imaging and Augmented Reality (MIAR 2016)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">13th IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Prague, Czech Republic. pp.74-77, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2016.7493214⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId203" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01466644v1</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01261982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-subject joint parcellation detection estimation in functional MRI</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mohanad Albughdadi</w:t>
+                <w:t xml:space="preserve">Probability map prediction of relapse areas in glioblastoma patients using multi-parametric MR</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Andrea Laruelo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jose Dolz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maximilien Vermandel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th IEEE International Symposium on Biomedical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ESTRO 35 Radiotherapy and Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Turin, Italy. pp.S226-S227</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01261982v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01471037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse signal recovery using a Bernoulli generalized Gaussian prior</w:t>
               </w:r>
@@ -7938,51 +7938,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EUSIPCO 2015 23rd European Signal Processing Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2015, Nice, France. </w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
@@ -8010,442 +8010,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01278488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A hierarchical sparsity-smoothness Bayesian model for ℓ0 + ℓ1 + ℓ2 regularization</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Model Selection for Hemodynamic Brain Parcellation in fMRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohanad Albughdadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Dobigeon</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing - ICASSP 2014</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2014, Florence, Italy. pp. 1901-1905</w:t>
+              <w:t xml:space="preserve">EUSIPCO - 22nd European Signal Processing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2014, Lisbon, Portugal. pp.31 - 35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01147247v1</w:t>
+                <w:t xml:space="preserve">hal-01107475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Model Selection for Hemodynamic Brain Parcellation in fMRI</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sparse Bayesian Image Restoration with Linear Operator Uncertainties with Application to EEG Signal Recovery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Florence Forbes</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUSIPCO - 22nd European Signal Processing Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2nd IEEE Middle East Conference on Biomedical Engineering (MECBME 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Doha, Qatar. pp.139--142, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/MECBME.2014.6783225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01107475v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03224142v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sparse Bayesian Image Restoration with Linear Operator Uncertainties with Application to EEG Signal Recovery</w:t>
+                <w:t xml:space="preserve">A hierarchical sparsity-smoothness Bayesian model for ℓ0 + ℓ1 + ℓ2 regularization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Dobigeon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IEEE Middle East Conference on Biomedical Engineering (MECBME 2014)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE International Conference on Acoustics, Speech, and Signal Processing - ICASSP 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2014, Florence, Italy. pp. 1901-1905</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03224142v1</w:t>
+                <w:t xml:space="preserve">hal-01147247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hybrid Sparse Regularization for Magnetic Resonance Spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Laruelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Rowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Engineering in Medicine and Biology Society Conference - EMBC 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Osaka, Japan. pp. 6768-6771</w:t>
@@ -8468,1065 +8468,1065 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01148277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robust voxel-wise Joint Detection Estimation of Brain Activity in fMRI</w:t>
+                <w:t xml:space="preserve">Parcel-free Joint Detection-Estimation in fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICIP 2012 - 19th IEEE International Conference on Image Processing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">44e Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, May 2012, Bruxelles, Belgium</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00859386v1</w:t>
+                <w:t xml:space="preserve">hal-00780084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive experimental condition selection in event-related fMRI</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Sélection de variables dans un cadre Bayésien de traitement de données d'IRM fonctionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bakhous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISBI 2012 - IEEE International Symposium on Biomedical Imaging</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">44e Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique, May 2012, Bruxelles, Belgique</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">cea-00710489v1</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parcel-free Joint Detection-Estimation in fMRI</w:t>
+                <w:t xml:space="preserve">Hemodynamic-informed parcellation of fMRI data in a Joint Detection Estimation framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44e Journées de Statistique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">MICCAI 2012 - 15th International Conference on Medical Image Computing and Computer-Assisted Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2012, Nice, France. pp.180-188, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-33454-2_23⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00780084v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00859388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sélection de variables dans un cadre Bayésien de traitement de données d'IRM fonctionnelle</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+                <w:t xml:space="preserve">Adaptive experimental condition selection in event-related fMRI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Bakhous</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">44e Journées de Statistique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ISBI 2012 - IEEE International Symposium on Biomedical Imaging</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2012, Barcelone, Spain. pp.1755-1758, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISBI.2012.6235920⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00780088v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">cea-00710489v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hemodynamic-informed parcellation of fMRI data in a Joint Detection Estimation framework</w:t>
+                <w:t xml:space="preserve">Robust voxel-wise Joint Detection Estimation of Brain Activity in fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI 2012 - 15th International Conference on Medical Image Computing and Computer-Assisted Intervention</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2012, Nice, France. pp.180-188, </w:t>
+              <w:t xml:space="preserve">ICIP 2012 - 19th IEEE International Conference on Image Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Orlando, United States. pp.1273-1276, </w:t>
             </w:r>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-642-33454-2_23⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ICIP.2012.6467099⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00859388v1</w:t>
+                <w:t xml:space="preserve">hal-00859386v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Variational solution to the joint detection estimation of brain activity in fMRI</w:t>
+                <w:t xml:space="preserve">A Variational Bayesian approach for the Joint Detection Estimation of Brain Activity in functional MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Thomas Vincent</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MICCAI 2011 - 14th International Conference on Medical Image Computing and Computer-Assisted Intervention</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">43èmes Journées de Statistique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Statistique (SFdS), May 2011, Tunis, Tunisia</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00635384v1</w:t>
+                <w:t xml:space="preserve">hal-00780559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Variational Bayesian approach for the Joint Detection Estimation of Brain Activity in functional MRI</w:t>
+                <w:t xml:space="preserve">Bayesian variational approximation for the joint detection estimation of brain activity in fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">43èmes Journées de Statistique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SSP 2011 - IEEE Statistical Signal Processing Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Nice, France. pp.469-472, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/SSP.2011.5967734⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00780559v1</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00780506v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bayesian variational approximation for the joint detection estimation of brain activity in fMRI</w:t>
+                <w:t xml:space="preserve">Variational solution to the joint detection estimation of brain activity in fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Dojat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Michel Dojat</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SSP 2011 - IEEE Statistical Signal Processing Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2011, Nice, France. pp.469-472, </w:t>
+              <w:t xml:space="preserve">MICCAI 2011 - 14th International Conference on Medical Image Computing and Computer-Assisted Intervention</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2011, Toronto, Canada. pp.260-268, </w:t>
             </w:r>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/SSP.2011.5967734⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/978-3-642-23629-7_32⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00780506v1</w:t>
+                <w:t xml:space="preserve">inserm-00635384v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A hierarchical Bayesian model for frame representation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference Acoustics, Speech, and Signal (ICASSP)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2010, Dallas, USA, France. pp.4086-4089</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9564,64 +9564,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minimization of a sparsity promoting criterion for the recovery of complex-valued signals</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9672,77 +9672,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solving inverse problems with overcomplete transforms and convex optimization techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nelly Pustelnik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SPIE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2009, San Diego, California, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9759,271 +9759,401 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00826119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Poster de conférence (2)</w:t>
+        <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance of three parallel MRI reconstruction methods in the presence of coil sensitivity map errors</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
+                <w:t xml:space="preserve">2965 Voxel-Based Analysis for Predicting Recurrence in Post-Operative Glioblastoma Using Magnetic Resonance Spectroscopy Imaging: Beyond the Cho/NAA Ratio</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wafae Labriji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elizabeth Moyal Cohen-Jonathan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soléakhéna Ken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Poster session of International Society for Magnetic Resonance in Medicine Meeting (ISMRM'10)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ESTRO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2025, Vienne, Austria. Radiotherapy and Oncology, 206 (supplément 1), pp.S3806-S3808, 2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0167-8140(25)01401-X⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00621936v1</w:t>
+                <w:t xml:space="preserve">hal-05558885v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Performance of three parallel MRI reconstruction methods in the presence of coil sensitivity map errors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lotfi Chaâri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Ciuciu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poster session of International Society for Magnetic Resonance in Medicine Meeting (ISMRM'10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2010, France. pp.1, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00621936v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Wavelet based parallel MRI regularization using bivariate sparsity promoting priors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Benazza-Benyahia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Poster session of IEEE International Conference on Image Processing (ICIP'09)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, France. 10pp., 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00621935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10033,109 +10163,109 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Digital Health Approach for Predictive, Preventive, Personalised and Participatory Medicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, pp.XVI, 88, 2019, Advances in Predictive, Preventive and Personalised Medicine, 978-3-030-11799-3. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-030-11800-6⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId234" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02976657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10145,667 +10275,667 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Consolidated Clinical Document Architecture: Analysis and Evaluation to Support the Interoperability of Tunisian Health Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dhafer Ben Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Itebeddine Ghorbel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nebras Gharbi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId238" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kais Belhaj Hmida</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Faiez Gargouri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Digital Health Approach for Predictive, Preventive, Personalised and Participatory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 10, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Springer International Publishing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.43-52, 2019, Advances in Predictive, Preventive and Personalised Medicine (APPPM), 978-3-030-11799-3. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/978-3-030-11800-6_5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04495556v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joint Detection-Estimation in Functional MRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-François Giovannelli; Jérôme Idier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Regularization and Bayesian Methods for Inverse Problems in Signal and Image Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, John Wiley and Sons, pp.169-200, 2015, 978-1-84821-637-2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/9781118827253.ch7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01254177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting MRSI data properties to improve quantication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Laruelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Rowland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Massoptier, Laurent; Song, Yu. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Multimodal imaging towards individualized radiotherapy treatments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 9, AQUILAB Lille, pp.63--68, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266932v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnetic resonance spectroscopic data processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andrea Laruelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ben Rawland</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Soleakhena Ken</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Massoptier, Laurent; Viard, Romain. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Innovative imaging to improve radiotherapy treatments</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 15, Lulu Enterprises Inc, pp.91--96, 2014, 978-1291604177</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03266931v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection-estimation conjointe en IRM fonctionnelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-François Giovannelli and Jérôme Idier. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Méthodes d'inversion appliquées au traitement du signal et de l'image</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Hermès, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00823455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -10815,231 +10945,231 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Method for performing parallel magnetic resonance imaging</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mériaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/IB2011/002330. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00843491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spatio-temporal regularized reconstruction for parallel MRI acquisition systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chaari Lotfi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Pesquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mériaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : PCT/IB2011/002330. 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00844111v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11049,169 +11179,169 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mild cognitive impairment detection based on EEG and HRV data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amal Boudaya</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siwar Chaabene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bassem Bouaziz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anita Hökelmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaâri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04430766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemodynamic Brain Parcellation Using A Non-Parametric Bayesian Approach</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohanad Albughdadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -11259,388 +11389,388 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Ciuciu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01275622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Hamiltonian Monte Carlo Method for Non-Smooth Energy Sampling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Yves Tourneret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Chaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hadj Batatia</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01291840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Subject-level Joint Parcellation-Detection-Estimation in fMRI</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Badillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Dehaene-Lambertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01255465v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hemodynamic-Informed Parcellation of fMRI Data in a Joint Detection Estimation Framework</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Solveig Badillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ghislaine Dehaene-Lambertz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Forbes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01228007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -11650,114 +11780,114 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel magnetic resonance imaging reconstruction problems using wavelet representations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lotfi Chaari</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Modeling and Simulation. Université Paris-Est, 2010. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2010PEST1010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00575136v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId258"/>
+      <w:footerReference w:type="default" r:id="rId260"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11904,51 +12034,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255561v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekram Chamseddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Tlig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Chaari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Sayadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.111047" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043513v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Sakka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Ivanovici" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mothe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25020472" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923529v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567319v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fakhfakh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2024.3387073" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414176v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roland Baban a Erep" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Cha&#226;ri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010209" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669388v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Bouaziz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753466v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Trabelsi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ammar" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwa Masmoudi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boukhris" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Chtourou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2021.101605" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161019v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Chaabene" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Boudaya" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita H&#246;kelmann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21051734" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753452v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18084329" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753462v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Brach" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2020.96857" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950804v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walma Gharbi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benazza-Benyahia" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-020-01738-9" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161028v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874347102012010011" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950806v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Fakhfakh" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12652-020-01688-7" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753459v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mueller" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0240204" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753445v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17176237" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940975v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Golubnitschaja" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13167-020-00207-0" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913539v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061583" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932319v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-019-01423-6" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950816v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kallel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-019-01567-5" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohanad Albughdadi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciuciu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.01.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376544v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Batatia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2016.2585120" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381730v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Laruelo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleakhena Ken" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.3532" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261357v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Facundo Hernan Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2015.2450015" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485017v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fecher" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Rowland" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2014.05.2292" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01084249v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vincent" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Badillo" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bakhous" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00067" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01084324v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;riaux" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pesquet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-014-0436-5" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753873v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2012.2225636" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692260v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2010.08.001" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTBMZSRZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733443v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chouzenoux" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Moussaoui" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692261v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2055562" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427201v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traore" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belmabrouk" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Rahman H. Tawil" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403848v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403795v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403830v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vlachos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731443.3771356" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392441v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Pourtales" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403949v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043545v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Millan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706424v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ele" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Sobngwi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732385v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Labriji" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dormio" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Moyal Cohen-Jonathan" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635294" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043533v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alaoui Mdaghri" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ouederni" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85356-2_8" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706413v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414203v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traor&#233;" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Doleac" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA59173.2023.10479317" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209476v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Quintero-Rinc&#243;n" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10111943" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338171v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Nicolas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Suhairi Subhi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akina Renard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Maria Garcia-Romero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338190v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INISTA59065.2023.10310653" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338180v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Haroun Hassan" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10290024" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338230v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753469v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112015" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788529v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-01333-1_7" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209477v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112022" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858776v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ez Gargouri" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI52829.2022.9761469" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753431v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Zouari" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ben Jemea" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112088" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381946v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geoffroy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Wendt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942312v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/M2GARSS47143.2020.9105275" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947739v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968415v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Zorgui" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51517-1_8" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938626v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yessrine Abichou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033971v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itebeddine Ghorbel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634930v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947757v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938620v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91262-2_2" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120308v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081402" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490731v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fuertes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Picart" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ferrari" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471037v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Dolz" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Vermandel" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491210v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466644v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01261982v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493214" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278488v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUSIPCO.2015.7362676" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147247v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dobigeon" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01107475v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224142v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECBME.2014.6783225" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148277v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859386v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2012.6467099" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00710489v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2012.6235920" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780084v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780088v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859388v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33454-2_23" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00635384v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23629-7_32" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780559v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780506v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967734" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853350v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00369590v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826119v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621936v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621935v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976657v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783030117993" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11800-6" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495556v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Ben Ali" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nebras Gharbi" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Belhaj Hmida" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-11800-6_5" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11800-6_5" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254177v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118827253.ch7" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266932v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266931v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Rawland" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823455v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843491v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844111v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaari Lotfi" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430766v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275622v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291840v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01255465v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228007v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00575136v2" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010PEST1010" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255561v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ekram Chamseddine" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Tlig" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Chaari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Sayadi" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compbiomed.2025.111047" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04923529v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad El Sakka" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihai Ivanovici" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josiane Mothe" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s25020472" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043513v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567319v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Fakhfakh" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TPAMI.2024.3387073" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414176v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Roland Baban a Erep" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lotfi Cha&#226;ri" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s24010209" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669388v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Bouaziz" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faiez Gargouri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753462v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achraf Ammar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Trabelsi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Brach" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamdi Chtourou" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Boukhris" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2020.96857" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753452v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liwa Masmoudi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph18084329" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161019v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siwar Chaabene" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Boudaya" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita H&#246;kelmann" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s21051734" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753466v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5114/biolsport.2021.101605" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753459v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Mueller" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0240204" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950806v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Fakhfakh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12652-020-01688-7" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753445v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph17176237" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02940975v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olga Golubnitschaja" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13167-020-00207-0" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02913539v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12061583" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03161028v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1874347102012010011" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950804v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walma Gharbi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Benazza-Benyahia" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-020-01738-9" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950816v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz Kallel" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-019-01567-5" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932319v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11760-019-01423-6" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426385v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohanad Albughdadi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Tourneret" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Forbes" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ciuciu" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sigpro.2017.01.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381730v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Laruelo" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadj Batatia" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soleakhena Ken" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/nbm.3532" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376544v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Chaux" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2016.2585120" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01261357v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Facundo Hernan Costa" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TBME.2015.2450015" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01084249v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Solveig Badillo" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Risser" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bakhous" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2014.00067" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01084324v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien M&#233;riaux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Pesquet" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10334-014-0436-5" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485017v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Fecher" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Rowland" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijrobp.2014.05.2292" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00753873v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dojat" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMI.2012.2225636" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00733443v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Chouzenoux" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nelly Pustelnik" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Moussaoui" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692260v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.media.2010.08.001" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PTBMZSRZ-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692261v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TSP.2010.2055562" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403848v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traore" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imen Megdiche" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05427201v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yassine Belmabrouk" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Rahman H. Tawil" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403795v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403830v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Vlachos" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Dol&#233;ac" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3731443.3771356" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05392441v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline de Pourtales" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05403949v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043545v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Millan" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gilbert" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05043533v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Alaoui Mdaghri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Ouederni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85356-2_8" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706424v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ele" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#232;ne Sobngwi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04732385v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafae Labriji" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#233;akh&#233;na Ken" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Dormio" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Moyal Cohen-Jonathan" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI56570.2024.10635294" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04706413v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209476v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Quintero-Rinc&#243;n" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10111943" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04414203v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ibrahim Traor&#233;" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Marquet-Doleac" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AICCSA59173.2023.10479317" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338171v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Willem Nicolas" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamad Suhairi Subhi" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akina Renard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Maria Garcia-Romero" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338230v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338190v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/INISTA59065.2023.10310653" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04338180v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Haroun Hassan" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO58844.2023.10290024" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04209477v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112022" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03858776v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fa&#239;ez Gargouri" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI52829.2022.9761469" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753431v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hela Zouari" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ben Jemea" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112088" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03788529v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-01333-1_7" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753469v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTIH57289.2022.10112015" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03381946v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Geoffroy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herwig Wendt" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947739v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02968415v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Zorgui" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-51517-1_8" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02942312v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/M2GARSS47143.2020.9105275" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938626v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yessrine Abichou" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03634930v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947757v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938620v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-91262-2_2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033971v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Itebeddine Ghorbel" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03120308v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/EUSIPCO.2017.8081402" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01490731v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fuertes" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Picart" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Ferrari" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01491210v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01466644v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01261982v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2016.7493214" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471037v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Dolz" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Vermandel" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01278488v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EUSIPCO.2015.7362676" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01107475v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03224142v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/MECBME.2014.6783225" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01147247v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Dobigeon" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01148277v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780084v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780088v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859388v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-33454-2_23" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-00710489v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISBI.2012.6235920" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00859386v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICIP.2012.6467099" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780559v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00780506v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SSP.2011.5967734" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00635384v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-23629-7_32" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853350v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00369590v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00826119v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-05558885v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0167-8140(25)01401-X" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621936v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00621935v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02976657v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.springer.com/gp/book/9783030117993" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11800-6" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495556v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Ben Ali" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nebras Gharbi" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kais Belhaj Hmida" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/chapter/10.1007/978-3-030-11800-6_5" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11800-6_5" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01254177v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118827253.ch7" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266932v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03266931v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Rawland" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00823455v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843491v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844111v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chaari Lotfi" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04430766v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01275622v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01291840v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01255465v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghislaine Dehaene-Lambertz" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228007v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pastel.hal.science/tel-00575136v2" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2010PEST1010" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>