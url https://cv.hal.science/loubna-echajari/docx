--- v0 (2026-03-07)
+++ v1 (2026-03-30)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loubna Echajari </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de gestionUniversité de technologie de Troyes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loubna-echajari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019, j’interviens dans les programmes Ingénieur, Master, Doctorat et Formation continue de l'UTT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme Ingénieur (Toutes Branches confendures 3ᵉ, 4ᵉ et 5ᵉ années )</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(UEs transversales du programme  Management de l’entreprise)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Management des ressources humaines (GE04)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Stratégie d’entreprise (GE34)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Théorie des organisations (GE11)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prise de décision à l’ère de l’IA  (GE10)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’erreur humaine dans les accidents industriels (SO05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master (mentions : Risque & Environnement ; Ingénierie des Systèmes Complexes)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Introduction à la recherche (IR30)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prise de décision à l’ère de l’intelligence artificielle (GE10)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat – (toutes sépcialités confondue)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation à l'insertion professionnelle (BFIP1 – responsable du bouquet)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enjeux épistémologiques et méthodologiques de recherche en doctorat (BFIP2 – intervenante )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Outils, enjeux et défis de l'intelligence artificielle pour la recherche (BOSS4 –intervenante)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE MULTIPLICITY OF PATHS TO SUSTAINABILITY, GRAND CHALLENGES AND ROUTINE CHANGES: THE LONG ROAD FOR BORDEAUX WINEMAKERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Leszczynska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 48 (3), pp.89-116. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.jie.pr2.0191.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04867811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le codage de l’information médicale à l’épreuve de l’IA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Jeanningros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Lewkowicz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 248 (6), pp.153-191. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.248.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le codage de l'information médicale à l'épreuve de l'IA: Performance et incertitude du codage en centre hospitalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Jeanningros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Lewkowicz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 248 (6), pp.153-191. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.248.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques des routines organisationnelles en contexte de crise. Le cas du Département d’Information Médicale du Centre Hospitalier de Troyes face à la crise Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Friot-Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Laplanche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (6), pp.364-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from complex and heterogeneous experiences: the role of knowledge codification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Knowing Across Boundaries, 19 (5), pp.968-986. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-02-2015-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from complex and heterogeneous experiences: the role of knowledge codification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Knowing Across Boundaries, 19 (5), pp.968-986. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-02-2015-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de systèmes de gestion de connaissances intra et inter-organisationnels : une innovation organisationnelle de la structure d’un écosystème non pré-compétitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Colloque AGECSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Sustainable Knowledge Management: The Emergence of Non-Pre-Competitive Knowledge Ecosystems in a Regulated Safety Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Colloque AGECSO, Paper Development Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement d’une capacité de résilience organisationnelle au sein d’une HRO par l’émergence d’un système de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Colloque AGeCSO Ecosystèmes, Connaissances, Innovation et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pick up the phone to save lives: routine under uncertainty in a French emergency medical call center</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECT+ Substanability Lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des routines organisationnelles comme levier de l’innovation organisationnelle : le cas du Département d’Information Médicale du Centre Hospitalier de Troyes face à la crise Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Friot-Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Laplanche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 ÈME CONGRÈS ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguring practices and routines to meet ecological challenges: in vino veritas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Leszczyńska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Group for Organizational Studies: EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en œuvre d’un processus complexe de codification des connaissances pour apprendre d’une expérience rare : le cas Fukushima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Jorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ermine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeCSO 2016 : 9e Colloque International Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apprentissage organisationnel en environnement complexe et évolutif : les apports de la gestion des connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Colloque International GeCSO Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France. http://www.agecso.com/wp/conferences/gecso2014/actes-de-la-conference-2014/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01069985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing knowledge codification to learn from rare and complex experiences : the case of Fukushima nuclear accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Jorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ermine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organization Science Winter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Park city, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01635176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational innovation as an enabler for the emergence of a non-precompetitive knowledge ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Forum on Knowledge Asset Dynamics (IFKAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.616-633, 2023, 978-88-96687-16-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126171v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId44"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Loubna Echajari </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Maître de conférences en sciences de gestionUniversité de technologie de Troyes</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">loubna-echajari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignement</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading1"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis 2019, j’interviens dans les programmes Ingénieur, Master, Doctorat et Formation continue de l'UTT</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Programme Ingénieur (Toutes Branches confendures 3ᵉ, 4ᵉ et 5ᵉ années )</w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">(UEs transversales du programme  Management de l’entreprise)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Management des ressources humaines (GE04)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Stratégie d’entreprise (GE34)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Théorie des organisations (GE11)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prise de décision à l’ère de l’IA  (GE10)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Analyse de l’erreur humaine dans les accidents industriels (SO05)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Master (mentions : Risque & Environnement ; Ingénierie des Systèmes Complexes)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Introduction à la recherche (IR30)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Prise de décision à l’ère de l’intelligence artificielle (GE10)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Doctorat – (toutes sépcialités confondue)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Formation à l'insertion professionnelle (BFIP1 – responsable du bouquet)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enjeux épistémologiques et méthodologiques de recherche en doctorat (BFIP2 – intervenante )</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Outils, enjeux et défis de l'intelligence artificielle pour la recherche (BOSS4 –intervenante)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le codage de l’information médicale à l’épreuve de l’IA.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Jeanningros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Lewkowicz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, N° 248 (6), pp.153-191. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.248.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04890946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THE MULTIPLICITY OF PATHS TO SUSTAINABILITY, GRAND CHALLENGES AND ROUTINE CHANGES: THE LONG ROAD FOR BORDEAUX WINEMAKERS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Leszczynska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Innovation Economics &amp; Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 48 (3), pp.89-116. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/e.jie.pr2.0191.⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-04867811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le codage de l'information médicale à l'épreuve de l'IA: Performance et incertitude du codage en centre hospitalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hugo Jeanningros</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myriam Lewkowicz</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Réseaux : communication, technologie, société</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, N° 248 (6), pp.153-191. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/res.248.0153⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05395213v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dynamiques des routines organisationnelles en contexte de crise. Le cas du Département d’Information Médicale du Centre Hospitalier de Troyes face à la crise Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Friot-Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Laplanche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal de gestion et d'économie de la santé</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (6), pp.364-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03580008v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from complex and heterogeneous experiences: the role of knowledge codification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Knowing Across Boundaries, 19 (5), pp.968-986. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-02-2015-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01200608v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning from complex and heterogeneous experiences: the role of knowledge codification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Knowledge Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Knowing Across Boundaries, 19 (5), pp.968-986. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/JKM-02-2015-0048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03234730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement de systèmes de gestion de connaissances intra et inter-organisationnels : une innovation organisationnelle de la structure d’un écosystème non pré-compétitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Colloque AGECSO</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Sustainable Knowledge Management: The Emergence of Non-Pre-Competitive Knowledge Ecosystems in a Regulated Safety Context</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18ème Colloque AGECSO, Paper Development Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Troyes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05115194v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le développement d’une capacité de résilience organisationnelle au sein d’une HRO par l’émergence d’un système de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème Colloque AGeCSO Ecosystèmes, Connaissances, Innovation et Territoires</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03761932v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pick up the phone to save lives: routine under uncertainty in a French emergency medical call center</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Delatour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECT+ Substanability Lab</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261808v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’évolution des routines organisationnelles comme levier de l’innovation organisationnelle : le cas du Département d’Information Médicale du Centre Hospitalier de Troyes face à la crise Covid-19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephane Sanchez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Friot-Guichard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Blua</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Laplanche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8 ÈME CONGRÈS ARAMOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconfiguring practices and routines to meet ecological challenges: in vino veritas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lazaric</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorota Leszczyńska</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Group for Organizational Studies: EGOS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Hamburg, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03260990v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La mise en œuvre d’un processus complexe de codification des connaissances pour apprendre d’une expérience rare : le cas Fukushima</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Jorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ermine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GeCSO 2016 : 9e Colloque International Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01310647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'apprentissage organisationnel en environnement complexe et évolutif : les apports de la gestion des connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7e Colloque International GeCSO Gestion des Connaissances dans la Société et les Organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, Aix-en-Provence, France. http://www.agecso.com/wp/conferences/gecso2014/actes-de-la-conference-2014/</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01069985v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing knowledge codification to learn from rare and complex experiences : the case of Fukushima nuclear accident</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martial Jorel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Louis Ermine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Organization Science Winter Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2017, Park city, United States. , 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01635176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Organizational innovation as an enabler for the emergence of a non-precompetitive knowledge ecosystem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Attour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loubna Echajari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Remond</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Forum on Knowledge Asset Dynamics (IFKAD)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.616-633, 2023, 978-88-96687-16-1</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04126171v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId44"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8EE7E6DB"/>
+    <w:nsid w:val="D3FC0885"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -254,51 +254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="EB608E22"/>
+    <w:nsid w:val="046EE9D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -402,51 +402,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="365C8ABE"/>
+    <w:nsid w:val="C32CC365"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -550,51 +550,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="1F880144"/>
+    <w:nsid w:val="5CC6B206"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -790,51 +790,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loubna-echajari" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867811v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Echajari" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Leszczynska" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.jie.pr2.0191." TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890946v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jeanningros" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lewkowicz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.248.0153" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395213v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580008v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Friot-Guichard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Laplanche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200608v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JKM-02-2015-0048" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-PN9T1J3T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115045v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Attour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Remond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761932v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03261808v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delatour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261010v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Leszczy&#324;ska" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Jorel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ermine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01069985v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126171v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/loubna-echajari" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04890946v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loubna Echajari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Jeanningros" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Lewkowicz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/res.248.0153" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04867811v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lazaric" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Leszczynska" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/e.jie.pr2.0191." TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05395213v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03580008v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Sanchez" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Friot-Guichard" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Blua" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Laplanche" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01200608v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Thomas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/JKM-02-2015-0048" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/4W2-PN9T1J3T-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03234730v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115045v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Attour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Remond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05115194v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03761932v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utt.hal.science/hal-03261808v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Delatour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03261010v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03260990v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorota Leszczy&#324;ska" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01310647v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martial Jorel" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Ermine" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01069985v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01635176v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04126171v2" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>