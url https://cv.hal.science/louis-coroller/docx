--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -166,51 +166,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (31)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (32)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1100,1560 +1100,1556 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04809314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of water activity on the radial growth of fungi in a dairy environment</w:t>
+                <w:t xml:space="preserve">Key Factors Determining the Behavior of Pathogens in Dry-Cured Ham after High Pressure Processing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valle Marion</w:t>
+                <w:t xml:space="preserve">Cristina Serra-Castelló</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Nguyen van Long</w:t>
+                <w:t xml:space="preserve">Anna Jofré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
+                <w:t xml:space="preserve">Nicoletta Belletti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111247⟩</w:t>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app122412732⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03736427v1</w:t>
+                <w:t xml:space="preserve">hal-04738127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Key Factors Determining the Behavior of Pathogens in Dry-Cured Ham after High Pressure Processing</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Effect of abiotic factors and culture media on the growth of cheese-associated Nectriaceae species</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Savary</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monika Coton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cristina Serra-Castelló</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Nicoletta Belletti</w:t>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app122412732⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 364, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/foods11081114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04738127v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04809794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Bayesian Approach to Describe and Simulate the pH Evolution of Fresh Meat Products Depending on the Preservation Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Zagorec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Louis Coroller</w:t>
+                <w:t xml:space="preserve">Nicolas Moriceau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Anthoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Foods</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 11 (8), pp.1114. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/foods11081114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03689467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">BtID -Outils pour identifier, tracer et contrôler les contaminants de Bacillus thuringiensis de la fourche à la fourchette</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of water activity on the radial growth of fungi in a dairy environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valle Marion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nguyen van Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaud Bregier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Florence Postollec</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Guinebretière</w:t>
+                <w:t xml:space="preserve">Audrey Pawtowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.15454/5kqe-4413⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 157, pp.111247. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2022.111247⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03159089v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03736427v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spoilage of fresh turkey and pork sausages: Influence of potassium lactate and modified atmosphere packaging</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
+                <w:t xml:space="preserve">BtID -Outils pour identifier, tracer et contrôler les contaminants de Bacillus thuringiensis de la fourche à la fourchette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Postollec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Herbin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandra Séverac Cauquil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Louarn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sabine Jeuge</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Marie-Hélène Desmonts</w:t>
+                <w:t xml:space="preserve">Marie-Hélène Guinebretière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Research International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109501⟩</w:t>
+              <w:t xml:space="preserve">Innovations Agronomiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82, pp.53-65. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15454/5kqe-4413⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02892620v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03159089v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spoilage of Chilled Fresh Meat Products during Storage: A Quantitative Analysis of Literature Data</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId63" w:history="1">
+                <w:t xml:space="preserve">Spoilage of fresh turkey and pork sausages: Influence of potassium lactate and modified atmosphere packaging</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Jeuge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Monique Zagorec</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Feurer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jeanne-Marie Membré</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Hélène Desmonts</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microorganisms</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/microorganisms8081198⟩</w:t>
+              <w:t xml:space="preserve">Food Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 137, pp.109501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.foodres.2020.109501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-02917422v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02892620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-scale multivariate dataset on the characterization of microbiota diversity, microbial growth dynamics, metabolic spoilage volatilome and sensorial profiles of two industrially produced meat products subjected to changes in lactate concentration and packaging atmosphere</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spoilage of Chilled Fresh Meat Products during Storage: A Quantitative Analysis of Literature Data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Monique Zagorec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne-Marie Membré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Poirier</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Sandrine Guillou</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 30, pp.1-8. </w:t>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (8), pp.1-27. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105453⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8081198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve"> (data paper)</w:t>
-[...10 lines deleted...]
-                <w:t xml:space="preserve">hal-02914971v1</w:t>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02917422v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Differentiation of vegetative cells into spores: a kinetic model applied to &amp;lt;em&amp;gt;bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
+                <w:t xml:space="preserve">Large-scale multivariate dataset on the characterization of microbiota diversity, microbial growth dynamics, metabolic spoilage volatilome and sensorial profiles of two industrially produced meat products subjected to changes in lactate concentration and packaging atmosphere</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Gauvry</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Matthieu Jules</w:t>
+                <w:t xml:space="preserve">Simon Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc-Du Martin Luong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Anthoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Guillou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeanne-Marie Membré</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00322-19⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 30, pp.1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2020.105453⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02617842v1</w:t>
+                <w:t xml:space="preserve">hal-02914971v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of incubation temperature and pH on the recovery of &amp;lt;em&amp;gt;Bacillus weihenstephanensis&amp;lt;/em&amp;gt; spores after exposure to a peracetic acid-based disinfectant or to pulsed light</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Clément Trunet</w:t>
+                <w:t xml:space="preserve">Differentiation of vegetative cells into spores: a kinetic model applied to &amp;lt;em&amp;gt;bacillus subtilis&amp;lt;/em&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Gauvry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Gabrielle Mathot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Narjes Mtimet</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Ivan Leguerinel</w:t>
+                <w:t xml:space="preserve">Matthieu Jules</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2018.04.014⟩</w:t>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 85 (10), pp. 1-13. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00322-19⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02621475v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02617842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling the Effect of Modified Atmospheres on Conidial Germination of Fungi from Dairy Foods</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marion Burlot</w:t>
+                <w:t xml:space="preserve">Effect of incubation temperature and pH on the recovery of &amp;lt;em&amp;gt;Bacillus weihenstephanensis&amp;lt;/em&amp;gt; spores after exposure to a peracetic acid-based disinfectant or to pulsed light</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Trunet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Narjes Mtimet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A.-G. Mathot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Postollec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguerinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.02109⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 278, pp.81-87. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2018.04.014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03736432v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02621475v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Knowledge of the physiology of spore-forming bacteria can explain the origin of spores in the food environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emilie Gauvry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Gabrielle Mathot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Leguérinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Postollec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Research in Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 168 (4), pp.369 - 378. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.resmic.2016.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01606869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temperature, water activity and pH during conidia production affect the physiological state and germination time of Penicillium species</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Nguyen van Long</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Vasseur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2694,51 +2690,51 @@
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 241, pp.151 - 160. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2016.10.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01866774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
@@ -2832,1378 +2828,1512 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01551069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of temperature, pH, and water activity on Mucor spp. growth on synthetic medium, cheese analog and cheese</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modeling the Effect of Modified Atmospheres on Conidial Germination of Fungi from Dairy Foods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Nguyen van Long</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Morin-Sardin</w:t>
-[...53 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marion Burlot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.fm.2015.11.019⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 8, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fmicb.2017.02109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01866870v1</w:t>
+                <w:t xml:space="preserve">hal-03736432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacillus cereus cell response upon exposure to acid environment: toward the identification of potential biomarkers.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Noémie Desriac</w:t>
+                <w:t xml:space="preserve">Effect of temperature, pH, and water activity on Mucor spp. growth on synthetic medium, cheese analog and cheese</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Morin-Sardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Veronique V. Broussolle</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Karim Rigalma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Jany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Coton</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 56, pp.69 - 79. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2015.11.019⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01329455v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01866870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of spore resistance for assessment and optimization of heating processes: a never-ending story</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Bacillus cereus cell response upon exposure to acid environment: toward the identification of potential biomarkers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Desriac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique V. Broussolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Postollec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Mafart</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anne Gabrielle Mathot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danièle Sohier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, pp.568-572</w:t>
+              <w:t xml:space="preserve">Frontiers in Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00654628v1</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01329455v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling the influence of palmitic, palmitoleic, stearic and oleic acids on apparent heat resistance of spores of Bacillus cereus NTCC 11145 and Clostridium sporogenes Pasteur 79.3</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brice Mvou Lekogo</w:t>
+                <w:t xml:space="preserve">Quantification of spore resistance for assessment and optimization of heating processes: a never-ending story</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mafart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, pp.242-247</w:t>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.568-572</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00654177v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654628v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">New prediction interval and band in the nonlinear regression model: Application to predictive modelling in food science</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modelling the influence of palmitic, palmitoleic, stearic and oleic acids on apparent heat resistance of spores of Bacillus cereus NTCC 11145 and Clostridium sporogenes Pasteur 79.3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Pierre Vila</w:t>
+                <w:t xml:space="preserve">Brice Mvou Lekogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Gabrielle Mathot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mafart</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Communications in Statistics - Simulation and Computation</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, pp.242-247</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00550610v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00654177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Physiological traits of Penicillium glabrum strain LCP 08.5568, a filamentous fungus isolated from bottled aromatised mineral water</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">New prediction interval and band in the nonlinear regression model: Application to predictive modelling in food science</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre Gauchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Nevarez</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">M. A. Le Bras</w:t>
+                <w:t xml:space="preserve">Jean-Pierre Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2009.01.013⟩</w:t>
+              <w:t xml:space="preserve">Communications in Statistics - Simulation and Computation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 39 (02), pp.322-334. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/03610910903448799⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00551244v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00550610v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelling pH evolution and lactic acid production in the growth medium of a lactic acid bacterium: Application to set a biological TTI</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Physiological traits of Penicillium glabrum strain LCP 08.5568, a filamentous fungus isolated from bottled aromatised mineral water</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Nevarez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Le Madec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ellouze</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">C. Bonaiti</w:t>
+                <w:t xml:space="preserve">M. A. Le Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 128 (1), pp.101-107. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2008.06.035⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 130 (3), pp.166-171. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2009.01.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-00551780v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of Roundup on the marine microbial community, as shown by an in situ microcosm experiment</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Hansy Haberkorn</w:t>
+                <w:t xml:space="preserve">Modelling pH evolution and lactic acid production in the growth medium of a lactic acid bacterium: Application to set a biological TTI</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Ellouze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Pichaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Bonaiti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2008.07.004⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 128 (1), pp.101-107. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2008.06.035⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00552104v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00551780v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantifying the effects of heating temperature, and combined effects of heating medium pH and recovery medium pH on the heat resistance of Salmonella typhimurium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
+                <w:t xml:space="preserve">Impact of Roundup on the marine microbial community, as shown by an in situ microcosm experiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sabine Stachowski-Haberkorn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Beatriz Becker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Marie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Spegagne</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Olivier Couvert</w:t>
+                <w:t xml:space="preserve">Hansy Haberkorn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 116 (1), pp.88-95. </w:t>
+              <w:t xml:space="preserve">Aquatic Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 89 (4), pp.232-241. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2006.12.016⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.aquatox.2008.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00553560v1</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00552104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A general model based on two mixed Weibull distributions of bacterial resistance, for fitting various shapes of inactivation curves</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Quantifying the effects of heating temperature, and combined effects of heating medium pH and recovery medium pH on the heat resistance of Salmonella typhimurium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Spegagne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Couvert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mafart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1128/AEM.00876-06⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 116 (1), pp.88-95. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfoodmicro.2006.12.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00552093v1</w:t>
+                <w:t xml:space="preserve">hal-00553560v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the water activities of the heating and the recovery media on the apparent heat resistance of Bacillus cereus spores</w:t>
+                <w:t xml:space="preserve">A general model based on two mixed Weibull distributions of bacterial resistance, for fitting various shapes of inactivation curves</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ivan Leguérinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Mettler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Savy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Mafart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 72 (10), pp.6493-6502. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1128/AEM.00876-06⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00552093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effect of the water activities of the heating and the recovery media on the apparent heat resistance of Bacillus cereus spores</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Coroller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ivan Leguérinel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Mafart</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Applied and Environmental Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 2001, pp.317-322</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00635845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4213,279 +4343,279 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FILTREX :A new software for parametric identification and optimal sampling os experiments for complex microbiological dynamic systems by nonlinear filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Vila</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AgroStat2014 : 13èmes Journées Agro-Industrie et Méthodes Statistiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2014, Rabat, Morocco</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01608678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FILTREX : A new software for parametric identification and optimal sampling os experiments for complex microbiological dynamic systems by nonlinear filtering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre Gauchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Bouvier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Bidot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Coroller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-C. Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sofware day at the 8th International Conference Predictive modelling in food</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2013, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01604491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4495,543 +4625,543 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the growth prediction of the growth of pathogenic microorganisms as a function of pH</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Le Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janushan Christy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Majou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAFP European Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Aberdeen (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Challenge tests to study inactivation potential and kinetic parameters (ISO 20976-2:2022)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Bergis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gail Betts</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Binet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Bird</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Bover-Cid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAFP European Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Aberdeen (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Predicting the growth of Bacillus cereus: An improved model based on phylogenetic affiliation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Le Marc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janushan Christy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valerie Stahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IAFP European Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Aberdeen (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05490836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effect of constituents of a model emulsion on the germination and growth of bacterial spores</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Léonard Akkari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Couvert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.F. Lepage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Desriac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Microbial spoilers in Food 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Quimper, France. 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02606625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId175"/>
+      <w:footerReference w:type="default" r:id="rId178"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5099,51 +5229,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="57BA5910"/>
+    <w:nsid w:val="99205FC0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5330,51 +5460,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louis-coroller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7350-9471" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464171v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ballan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Azib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Innocent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Urien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112434" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386727v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dutoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decourcelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111132" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398659v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Camarero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovaf033" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397703v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Hafdane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Desriac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Marc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01101-25" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Amamana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118696" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809314v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trunet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104509" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736427v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valle Marion" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nguyen van Long" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bregier" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111247" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738127v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Serra-Castell&#243;" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Jofr&#233;" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Belletti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app122412732" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689467v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moriceau" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Anthoine" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11081114" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159089v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Herbin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S&#233;verac Cauquil" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Louarn" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/5kqe-4413" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892620v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Jeuge" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Desmonts" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109501" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917422v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081198" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914971v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105453" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621475v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Mathot" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2018.04.014" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M8GQNTK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736432v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vasseur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Burlot" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02109" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606869v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.10.006" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866774v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Panse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551069v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Carlin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2017.03.008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866870v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morin-Sardin" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rigalma" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2015.11.019" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329455v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654628v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mafart" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654177v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mvou Lekogo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550610v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauchi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vila" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610910903448799" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00551244v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nevarez" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Madec" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Le Bras" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2009.01.013" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00551780v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ellouze" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pichaud" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonaiti" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.06.035" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93CPTLQR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00552104v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Stachowski-Haberkorn" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Becker" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marie" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hansy Haberkorn" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2008.07.004" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00553560v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Spegagne" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2006.12.016" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00552093v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mettler" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savy" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00876-06" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00635845v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608678v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bouvier" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bidot" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604491v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Augustin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490847v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Denis" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janushan Christy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Majou" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490949v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bergis" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Betts" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Binet" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bird" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bover-Cid" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490836v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Stahl" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606625v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard Akkari" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lepage" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desriac" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louis-coroller" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-7350-9471" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05464171v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Marchal" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Ballan" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Azib" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Innocent" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Urien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.112434" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05507613v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Destanque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flora Pensec" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Picot" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Thierry" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Maillard" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118945" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386727v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Dutoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Trunet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Decourcelle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Coroller" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2025.111132" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05398659v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Legu&#233;rinel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrienne Camarero" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/lambio/ovaf033" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05397703v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaoutar Hafdane" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Desriac" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Le Marc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/aem.01101-25" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05386732v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Mounier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Amamana" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Coton" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lwt.2025.118696" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809314v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Trunet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vischer" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Brul" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2024.104509" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738127v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Serra-Castell&#243;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Jofr&#233;" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicoletta Belletti" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app122412732" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809794v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Savary" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Coton" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Jany" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11081114" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03689467v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc-Du Martin Luong" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Zagorec" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Moriceau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Anthoine" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736427v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valle Marion" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Nguyen van Long" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaud Bregier" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Pawtowski" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2022.111247" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03159089v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Postollec" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Herbin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra S&#233;verac Cauquil" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Louarn" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Guinebreti&#232;re" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15454/5kqe-4413" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892620v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Jeuge" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Feurer" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Desmonts" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2020.109501" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02917422v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne-Marie Membr&#233;" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Guillou" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8081198" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02914971v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Poirier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2020.105453" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02617842v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Gauvry" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Couvert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ivan Leguerinel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Jules" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00322-19" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621475v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Narjes Mtimet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Mathot" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2018.04.014" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6M8GQNTK-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01606869v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resmic.2016.10.006" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866774v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vasseur" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dantigny" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Panse" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2016.10.022" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01551069v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Carlin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2017.03.008" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736432v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Burlot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmicb.2017.02109" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01866870v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Morin-Sardin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Rigalma" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2015.11.019" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01329455v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique V. Broussolle" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Gabrielle Mathot" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Sohier" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654628v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Mafart" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00654177v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brice Mvou Lekogo" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550610v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Gauchi" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Vila" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03610910903448799" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00551244v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Nevarez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Le Madec" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Le Bras" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2009.01.013" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00551780v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ellouze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pichaud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bonaiti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2008.06.035" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-93CPTLQR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00552104v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine Stachowski-Haberkorn" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beatriz Becker" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Marie" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hansy Haberkorn" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.aquatox.2008.07.004" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00553560v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Spegagne" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfoodmicro.2006.12.016" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00552093v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Mettler" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Savy" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1128/AEM.00876-06" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00635845v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01608678v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Bouvier" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bidot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01604491v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-C. Augustin" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490847v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Denis" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janushan Christy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Michel" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Majou" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490949v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bergis" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gail Betts" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Binet" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Bird" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Bover-Cid" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05490836v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Stahl" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02606625v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. L&#233;onard Akkari" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Lepage" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Desriac" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>