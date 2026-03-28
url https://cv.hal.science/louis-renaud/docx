--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -1261,515 +1261,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01489393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An aptasensor for ochratoxin A based on grafting of polyethylene glycol on a boron-doped diamond microcell</w:t>
+                <w:t xml:space="preserve">Electrically addressable deposition of diazonium-functionalized antibodies on boron-doped diamond microcells for the detection of ochratoxin A</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amani Chrouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Sbartai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdellatif Baraket</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">L. Renaud</w:t>
+                <w:t xml:space="preserve">François Bessueille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Renaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Maaref</w:t>
+                <w:t xml:space="preserve">Abderrazak Maaref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 488, pp.36-44. </w:t>
+              <w:t xml:space="preserve">Analytical Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 7 (6), pp.2444-2451. </w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ab.2015.07.012⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1039/c4ay02899f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01229503v1</w:t>
+                <w:t xml:space="preserve">hal-01230062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xurography for 2D and multi-level glucose/O2 microfluidic biofuel cell</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Gold coated optical fibers as three-dimentional electrodes for microflidic enzymatic biofuel cells : Toward geometrically enhanced performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Desmaele</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Renaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">D. Selloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Tingry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s10404-014-1539-z⟩</w:t>
+              <w:t xml:space="preserve">Biomicrofluidics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 9(4), pp.041102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/1.4928946⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01489308v1</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gold coated optical fibers as three-dimentional electrodes for microflidic enzymatic biofuel cells : Toward geometrically enhanced performance</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Xurography for 2D and multi-level glucose/O2 microfluidic biofuel cell</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Selloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Tingry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomicrofluidics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/1.4928946⟩</w:t>
+              <w:t xml:space="preserve">Microfluidics and Nanofluidics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10404-014-1539-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01489434v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01489308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrically addressable deposition of diazonium-functionalized antibodies on boron-doped diamond microcells for the detection of ochratoxin A</w:t>
+                <w:t xml:space="preserve">An aptasensor for ochratoxin A based on grafting of polyethylene glycol on a boron-doped diamond microcell</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amani Chrouda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amel Sbartai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdellatif Baraket</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Renaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Bessueille</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Abderrazak Maaref</w:t>
+                <w:t xml:space="preserve">A. Maaref</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Methods</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Analytical Biochemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 488, pp.36-44. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ab.2015.07.012⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1039/c4ay02899f⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01230062v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01229503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALL-organic electrostrictive polymer composites with low driving electrical voltages for micro-fluidic pump applications</w:t>
               </w:r>
@@ -2005,51 +2005,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimized electrode arrangement and activation of bioelectrodes activity by carbon nanoparticles for efficient ethanol microfluidic biofuel cells</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Selloum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Tingry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6543,51 +6543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478394v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guermonprez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Tu Anh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nioche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Krejci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosx.2025.100590" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Battaglini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanaur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios14110541" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832289v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gosset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Durrieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Deman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barbe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.07.005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987679v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Neuville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Luu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Wetrhus Minde" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espen Jettestuen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC01253A" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02087650v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonfante" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roux-Marchand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Audry-Deschamps" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kleimann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06052A" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01681522v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Desma&#235;le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Thuy Nguyen Boisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2016.08.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-026GPG23-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116180v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu No&#235;l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Carroux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201602047" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J09MRC32-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987695v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmaele" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nguyen-Boisse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tingry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489393v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xichen Yuan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kleimann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229503v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Chrouda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Sbartai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Baraket" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaref" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2015.07.012" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3F9S4WC3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489308v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Selloum" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1539-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489434v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928946" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230062v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bessueille" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Maaref" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ay02899f" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489396v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Quyen Le" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Capsal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Galineau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ganet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xunquian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11814" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489398v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2015.05.099" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q03KMK0P-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489905v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T&#233;cher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Innocent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2014.07.052" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejci" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sejnohova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3003598" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Le" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe da Costa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Huguet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sistat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pichot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2012.02.015" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4D30HKZ0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01692477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Da Costa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2011.1773" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108161v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gruber" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2011.04.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DHZSR6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696507v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zebda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cretin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrigno" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2010.06.032" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV8731NM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424646v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Zebda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cretin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pichot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2009.04.066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63XSVWLJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886779v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Stephan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pittet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sigaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vittori" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b811629f" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/208DE8FF4E307144F3C2020F7098C30D6D2AEF1E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448518v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1156" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986179v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Yassine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L. Deman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chateaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631203v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Ferrigno" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice L&#233;ca-Bouvier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Galvan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2009.5332387" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421165v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ehrhart" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bennetau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Madrange" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2008.04.027" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZTJ4TWM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020719v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Neng Lu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertoncini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020946v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Dispagne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Denoroy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804310v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Piro" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804235v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chateaux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958235v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bayard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958238v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Ferro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssemedine Guedri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara A. Bilmes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958245v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987668v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Minde" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ludvig Vinningland" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Kristian Dysthe" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535916v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988018v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368972v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durrieu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perullini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ferro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guedri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987767v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vergoten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00965696v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejc&#237;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816395v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Krejci" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Sejnohova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886776v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pittet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stephan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Galvan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333837v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958241v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958275v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00664571v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbartai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Errachid" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Namour" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01988277v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05478394v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Guermonprez" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Tu Anh" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Renaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Nioche" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Krejci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biosx.2025.100590" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792978v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Battaglini" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Sanaur" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/bios14110541" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01832289v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Gosset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Durrieu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Deman" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Barbe" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2018.07.005" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987679v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Neuville" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Thuy Luu" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Wetrhus Minde" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Espen Jettestuen" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C6LC01253A" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02087650v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bonfante" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Roux-Marchand" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Audry-Deschamps" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Renaud" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kleimann" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/C7CP06052A" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01681522v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Desma&#235;le" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Thuy Nguyen Boisse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Tingry" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2016.08.008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-026GPG23-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://udl.hal.science/hal-02116180v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuai Wang" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Dupin" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu No&#235;l" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Carroux" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/chem.201602047" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-J09MRC32-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987695v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Desmaele" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Nguyen-Boisse" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Tingry" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489393v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xichen Yuan" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Audry" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kleimann" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01230062v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amani Chrouda" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Sbartai" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Bessueille" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abderrazak Maaref" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4ay02899f" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489434v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4928946" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489308v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Selloum" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10404-014-1539-z" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01229503v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Baraket" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maaref" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ab.2015.07.012" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3F9S4WC3-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489396v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh-Quyen Le" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Capsal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Galineau" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ganet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Xunquian" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep11814" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489398v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2015.05.099" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Q03KMK0P-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489905v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. T&#233;cher" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Innocent" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2014.07.052" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939085v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Namour" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhamid Errachid" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejci" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Sejnohova" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ac3003598" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01690457v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Son Le" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe da Costa" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Huguet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sistat" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Pichot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jelechem.2012.02.015" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4D30HKZ0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01692477v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Da Costa" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2011.1773" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02108161v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Vurpillot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gruber" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald da Costa" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Martin" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultramic.2011.04.001" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2DHZSR6P-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01696507v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zebda" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cretin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Ferrigno" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2010.06.032" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KV8731NM-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424646v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelkader Zebda" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Cretin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Pichot" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpowsour.2009.04.066" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-63XSVWLJ-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886779v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Stephan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Pittet" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Sigaud" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vittori" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b811629f" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/208DE8FF4E307144F3C2020F7098C30D6D2AEF1E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00448518v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1166/sl.2009.1156" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986179v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Yassine" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-L. Deman" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F. Chateaux" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00631203v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosaria Ferrigno" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice L&#233;ca-Bouvier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Galvan" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2009.5332387" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00421165v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Ehrhart" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bennetau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Madrange" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Thomas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2008.04.027" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1ZTJ4TWM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020719v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guo-Neng Lu" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bertoncini" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02020946v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ondine Dispagne" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Denoroy" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804310v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Piro" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804235v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Chateaux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958235v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Bayard" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02043848v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bayard" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958238v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannis Ferro" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssemedine Guedri" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara A. Bilmes" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958245v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987668v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Minde" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Ludvig Vinningland" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dag Kristian Dysthe" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01535916v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01988018v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01368972v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Durrieu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perullini" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ferro" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Guedri" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01987767v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01489570v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Vergoten" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Zuttion" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Vidal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00965696v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Krejc&#237;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816395v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Krejci" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romana Sejnohova" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01886776v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Pittet" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stephan" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leca-Bouvier" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-M. Galvan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00333837v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958241v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01958275v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00664571v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Jaffrezic-Renault" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sbartai" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Errachid" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ph. Namour" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01988277v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>