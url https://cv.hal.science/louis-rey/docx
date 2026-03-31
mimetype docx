--- v0 (2026-03-05)
+++ v1 (2026-03-31)
@@ -1323,323 +1323,323 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Suivi des enregistrements géophone et RFID. Synthèse des campagnes de terrain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Restitution du fractionnement des méso-habitats des rivières intermittentes par imagerie drone : le cas de l’Albarine.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Lejot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Rey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Peeters</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Christophe Mora</w:t>
+                <w:t xml:space="preserve">Gloria Tshitoko Katshimu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Le Gal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">[Rapport de recherche] CNRS; CNR. 2025</w:t>
+              <w:t xml:space="preserve">UMR 5600 EVS CNRS; Université Lumière Lyon 2. 2025, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05237936v1</w:t>
+                <w:t xml:space="preserve">hal-05273087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Restitution du fractionnement des méso-habitats des rivières intermittentes par imagerie drone : le cas de l’Albarine.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Louis Rey</w:t>
+                <w:t xml:space="preserve">Suivi des enregistrements géophone et RFID. Synthèse des campagnes de terrain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Peeters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Perret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Margaux Pred'Homme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gloria Tshitoko Katshimu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dominique Le Gal</w:t>
+                <w:t xml:space="preserve">Christophe Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">UMR 5600 EVS CNRS; Université Lumière Lyon 2. 2025, pp.28</w:t>
+              <w:t xml:space="preserve">[Rapport de recherche] CNRS; CNR. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05273087v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05237936v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi des enregistrements géophone et RFID. Synthèse des campagnes de terrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Peeters</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Cassel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">O. Navratil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Vazquez‐tarrio</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2331,51 +2331,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="D4867B9A"/>
+    <w:nsid w:val="7AD10DFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2562,51 +2562,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louis-rey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380420v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Rusn&#225;k" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Opravil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dunesme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afzali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109688" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230310v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227689v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Oneill" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Wilson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-18783" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708932v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieumerci Eluo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cubizolle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298245v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Perret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Gal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827614v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois D&#233;bias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanethe Herrera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Butler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sheikh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kari Wellman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285672v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godfroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237936v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Peeters" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Pred'Homme" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mora" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273087v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Tshitoko Katshimu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750532v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vazquez&#8208;tarrio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047194v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048934v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049371v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04011477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louis-rey" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380420v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milo&#353; Rusn&#225;k" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#352;imon Opravil" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Dunesme" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Afzali" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Rey" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geomorph.2025.109688" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05230310v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Helling" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Parmentier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Pi&#233;gay" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05227689v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Chin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani Oneill" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gretchen Wilson" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Boyer" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05410254v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathis Messager" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu25-18783" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708932v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dieumerci Eluo" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Cubizolle" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298245v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Lejot" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Perret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Le Gal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristell Michel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827614v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois D&#233;bias" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04802080v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanethe Herrera" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michaela Butler" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Sheikh" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kari Wellman" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04285672v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Godfroy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05273087v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gloria Tshitoko Katshimu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237936v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Peeters" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Navratil" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margaux Pred'Homme" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mora" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03750532v3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cassel" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Vazquez&#8208;tarrio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04374937v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Berger" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Edouard Cossart" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fressard" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Chaize" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Christol" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05047194v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05048934v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049371v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dumas.ccsd.cnrs.fr/dumas-04011477v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049465v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Mathian" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>