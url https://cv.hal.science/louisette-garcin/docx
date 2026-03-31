--- v0 (2026-03-06)
+++ v1 (2026-03-31)
@@ -561,234 +561,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05493147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modéliser les profils de mobilité individuelle : perspectives pour une mutualisation spatiotemporelle des déplacements quotidiens</w:t>
+                <w:t xml:space="preserve">Toward a systemic understanding of mobility patterns: modular modeling and cross-territorial validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RFTM - 7èmes Rencontres Francophones Transport Mobilité</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2025, Dunkerque, France</w:t>
+              <w:t xml:space="preserve">ECTQG 2025 - European Colloquium on Quantitative and Theoretical Geography</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2025, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05118697v1</w:t>
+                <w:t xml:space="preserve">hal-05250108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a systemic understanding of mobility patterns: modular modeling and cross-territorial validation</w:t>
+                <w:t xml:space="preserve">Modéliser les profils de mobilité individuelle : perspectives pour une mutualisation spatiotemporelle des déplacements quotidiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Chardonnel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ECTQG 2025 - European Colloquium on Quantitative and Theoretical Geography</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2025, Tallinn, Estonia</w:t>
+              <w:t xml:space="preserve">RFTM - 7èmes Rencontres Francophones Transport Mobilité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Dunkerque, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05250108v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05118697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation probabiliste de la mobilité quotidienne pour une planification durable des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SAGEO 2025 - Spatial Analysis and GEOmatics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2025, Avignon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1029,51 +1029,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1553,51 +1553,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation probabiliste de la mobilité quotidienne pour une planification durable des territoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la conférence Spatial Analysis and GEOmatics (SAGEO) 2025 - Méthodes et Applications des Sciences de l’Information Géographique pour des Territoires Durables</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 978-2-910545-13-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1648,51 +1648,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louisette Garcin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Josselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonia Chardonnel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Vernet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2153,51 +2153,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="24A0F549"/>
+    <w:nsid w:val="499CB2F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2384,51 +2384,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louisette-garcin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-3739-7232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05528385v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025AVIG1030" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974718v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier-Postel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/geomat-2020-0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493147v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118697v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250108v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082081v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449746v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dalle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212399v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Palate" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Chesneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212368v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vernet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575396v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481981v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02528166v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brachet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327438v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Doignon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04824954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718530v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212389v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327044v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gestin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/louisette-garcin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0003-3739-7232" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05528385v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louisette Garcin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2025AVIG1030" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02974718v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Josselin" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Carpentier-Postel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Audard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Safa&#226; Amarouch" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Durand" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/geomat-2020-0009" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05493147v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05250108v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118697v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Chardonnel" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05082081v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04449746v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Dalle" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212399v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Palate" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Chesneau" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212368v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Vernet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03575396v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03481981v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02528166v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Brachet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327438v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Doignon" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136774v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04824954v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04718530v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212389v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04327044v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Gestin" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>