--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (28)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (27)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -831,1000 +831,1000 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04997987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arbitrer en EPS : une expérience de responsabilisation</w:t>
+                <w:t xml:space="preserve">Longitudinal trajectories of athlete burnout among young table tennis players: A 3-wave study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Ganière</w:t>
+                <w:t xml:space="preserve">Guillaume Martinent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">David Adé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Benoît Louvet</w:t>
+                <w:t xml:space="preserve">Jean-Claude Decret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, Numéro spécial 3, </w:t>
+              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (4), p. 367-375. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/ejrieps.4491⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.09.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997992v1</w:t>
+                <w:t xml:space="preserve">hal-02367768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal trajectories of athlete burnout among young table tennis players: A 3-wave study</w:t>
+                <w:t xml:space="preserve">Arbitrer en EPS : une expérience de responsabilisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Martinent</w:t>
+                <w:t xml:space="preserve">Caroline Ganière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Adé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Louvet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Decret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 9 (4), pp.367-375. </w:t>
+              <w:t xml:space="preserve">Ejournal de la recherche sur l’intervention en éducation physique et sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, Numéro spécial 3, </w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.09.003⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4000/ejrieps.4491⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04997990v1</w:t>
+                <w:t xml:space="preserve">hal-04997992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotions and performance in rugby</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The performance trajectory of physical education students differs across subtypes of perfectionism: A piecewise growth curve model of the 2 × 2 model of perfectionism.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Champely</w:t>
+                <w:t xml:space="preserve">Patrick Gaudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Andrew Lane</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kristina Kljajic</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.05.007⟩</w:t>
+              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (2), pp.223-237. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1037/spy0000138⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03276640v1</w:t>
+                <w:t xml:space="preserve">hal-02367760v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The performance trajectory of physical education students differs across subtypes of perfectionism: A piecewise growth curve model of the 2 × 2 model of perfectionism.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Group-Based Emotions: Evidence for Emotion-Performance Relationships in Team Sports</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Gaudreau</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Claude Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sport, Exercise, and Performance Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1037/spy0000138⟩</w:t>
+              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 90 (1), pp.54-63. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/02701367.2018.1563274⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02367760v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03384739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Group-Based Emotions: Evidence for Emotion-Performance Relationships in Team Sports</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Preliminary Exploration of the Inclusion of a Child With Autism in a Preschool With Complex Dynamic Systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amael André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Despois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Velez</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Research Quarterly for Exercise and Sport</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/02701367.2018.1563274⟩</w:t>
+              <w:t xml:space="preserve">Journal of Special Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 53 (3), pp.166-176. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0022466919829851⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03384739v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02306361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Preliminary Exploration of the Inclusion of a Child With Autism in a Preschool With Complex Dynamic Systems</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Do high emotional intelligent soccer referees better cope with competitive stressors?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christine Velez</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Special Education</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/sm/2019013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0022466919829851⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02306361v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02367742v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Do high emotional intelligent soccer referees better cope with competitive stressors?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Emotional Intelligence (EI) Training Adapted to the International Preparation Constraints in Rugby: Influence of EI Trainer Status on EI Training Effectiveness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Martinent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Campo</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Nicolas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/sm/2019013⟩</w:t>
+              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 10 (art. 1939), 7 p. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01939⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02367742v1</w:t>
+                <w:t xml:space="preserve">hal-02332036v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emotional Intelligence (EI) Training Adapted to the International Preparation Constraints in Rugby: Influence of EI Trainer Status on EI Training Effectiveness</w:t>
+                <w:t xml:space="preserve">Emotions and performance in rugby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Benoit Louvet</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Champely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Nicolas</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Andrew Lane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Rosnet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 10 (art. 1939), 7 p. </w:t>
+              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 8 (6), pp.595-600. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3389/fpsyg.2019.01939⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.05.007⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02332036v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03276640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The role of the referee in physical education lessons: student experience and motivation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Adé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ganière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1884,51 +1884,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emotion–performance relationships in team sport: The role of personal and social identities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martinent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Pellet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2005,51 +2005,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Étude de la dynamique d’interaction &amp;quot;enseignant-élève porteur de troubles du spectre autistique&amp;quot; à la maternelle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Despois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2116,147 +2116,177 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Longitudinal trajectories of athlete burnout among young table tennis players: A 3-wave study</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Martinent</w:t>
+                <w:t xml:space="preserve">Promotion de l’activité physique chez les seniors. Revue systématique des programmes d’intervention centrés sur les barrières affectives</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabrice Dosseville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Ferrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martin S Hagger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Sport and Health Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jshs.2016.09.003⟩</w:t>
+              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Psychologie du sport appliquée à la performance et à la santé tout au long de la vie, 4 (100), pp.115-127. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/sta.110.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02367768v1</w:t>
+                <w:t xml:space="preserve">hal-02367784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déterminants psychologiques des stratégies de coping des arbitres de football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -2275,1143 +2305,1009 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Movement &amp; Sport Sciences - Science &amp; Motricité</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Les officiels des pratiques sportives, 1 (87), pp.63-77. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/sm.087.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02367778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Promotion de l’activité physique chez les seniors. Revue systématique des programmes d’intervention centrés sur les barrières affectives</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mickaël Campo</w:t>
+                <w:t xml:space="preserve">Influence de la structuration de l’apprentissage coopératif sur les relations filles-garçons en éducation physique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">STAPS : Revue internationale des sciences du sport et de l'éducation physique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue des sciences de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 40 (1), pp.83-105. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.7202/1027624ar⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/sta.110.0115⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02367784v1</w:t>
+                <w:t xml:space="preserve">hal-02146349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence de la structuration de l’apprentissage coopératif sur les relations filles-garçons en éducation physique</w:t>
+                <w:t xml:space="preserve">Cooperative group, risk-taking and inclusion of pupils with learning disabilities in physical education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Deneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Revue des sciences de l'éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">British Educational Research Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39 (4), pp.677-693. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/01411926.2012.674102⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.7202/1027624ar⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02146349v1</w:t>
+                <w:t xml:space="preserve">hal-02139657v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative group, risk-taking and inclusion of pupils with learning disabilities in physical education</w:t>
+                <w:t xml:space="preserve">Cooperative Learning in Physical Education and Acceptance of Students with Learning Disabilities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Deneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pascale Deneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">British Educational Research Journal</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Applied Sport Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 23 (4), pp.474-485. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10413200.2011.580826⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/01411926.2012.674102⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02139657v1</w:t>
+                <w:t xml:space="preserve">hal-02139667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cooperative Learning in Physical Education and Acceptance of Students with Learning Disabilities</w:t>
+                <w:t xml:space="preserve">Danse hip-hop et discrimination entre les élèves de l'enseignement général et les élèves de SEGPA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Deneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Sport Psychology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1 (23), pp.23-38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/cdle.029.0023⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10413200.2011.580826⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02139667v1</w:t>
+                <w:t xml:space="preserve">hal-02368358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Danse hip-hop et discrimination entre les élèves de l'enseignement général et les élèves de SEGPA</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Contribution d’une démarche quantitative à l’analyse des flux médiatiques d’information</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ludovic Birot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Féménias</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Pécout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Thouvarecq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Gillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carrefours de l'éducation</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 32, pp.63-80. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/edc.930⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/cdle.029.0023⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02368358v1</w:t>
+                <w:t xml:space="preserve">hal-02368368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Revisiting the changing and stable properties of coping utilization using latent class growth analysis: A longitudinal investigation with soccer referees</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Latent Class Growth Modelling: A Tutorial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heather Andruff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natasha Carraro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amanda Thompson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gaudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Pascale Deneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2008.02.002⟩</w:t>
+              <w:t xml:space="preserve">Tutorials in Quantitative Methods for Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 5 (1), pp.11-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.20982/tqmp.05.1.p011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02368381v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02368389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contribution d’une démarche quantitative à l’analyse des flux médiatiques d’information</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Revisiting the changing and stable properties of coping utilization using latent class growth analysis: A longitudinal investigation with soccer referees</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gaudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Menaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascale Deneuve</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Études de communication - Langages, information, médiations</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Psychology of Sport and Exercise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 10 (1), pp.124-135. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.psychsport.2008.02.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/edc.930⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02368368v1</w:t>
+                <w:t xml:space="preserve">hal-02368381v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Latent Class Growth Modelling: A Tutorial</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Longitudinal Patterns of Stability and Change in Coping across Three Competitions: A Latent Class Growth Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gaudreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">André Menaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
-              <w:r>
-[...167 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascale Deneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Sport and Exercise Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 29 (1), pp.100-117. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1123/jsep.29.1.100⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02368399v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3421,51 +3317,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligence émotionnelle et pratiques sportive : l'influence de l'expérience chez les enseignants</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3481,1398 +3377,1398 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7ème Congrès International de la Société Française de Psychologie du Sport (SFPS) : Expérience, Accompagnement de la Performance, Résilience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Vichy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de l'intelligence émotionnelle des enseignants d'éducation physique et sportive : comparatif avec les enseignants des autres disciplines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edwin Girard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amaël André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19ème Congrès International de l'Association des Chercheurs en Activités Physiques et Sportives (ACAPS)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04100673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interpersonal Emotion Regulation and its Effect on learning in Physical Education among Adolescents</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Le rôle d’arbitre lors de leçons d’EPS : expérience et motivation des élèves</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adé David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mickael Campo</w:t>
+                <w:t xml:space="preserve">Caroline Ganiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th Annual International Conference on Psychology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2018, Athens, Greece</w:t>
+              <w:t xml:space="preserve">10ème Biennales de l’Association pour la Recherche sur l’Intervention en Sport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374316v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rôle d’arbitre lors de leçons d’EPS : expérience et motivation des élèves</w:t>
+                <w:t xml:space="preserve">Interpersonal Emotion Regulation and its Effect on learning in Physical Education among Adolescents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adé David</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Caroline Ganiere</w:t>
+                <w:t xml:space="preserve">Mickael Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10ème Biennales de l’Association pour la Recherche sur l’Intervention en Sport</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
+              <w:t xml:space="preserve">12th Annual International Conference on Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2018, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02374343v1</w:t>
+                <w:t xml:space="preserve">hal-02374316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle d’arbitre lors de leçons d’EPS : expérience et motivation des élèves.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adé David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Ganiere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème Biennale de l'ARIS (Association de recherche sur l'intervention en sport)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2018, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Trajectories of athlete burnout among young table tennis players in intensive training programs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Accompagnement à la performance : programme de développement de l’intelligence émotionnelle adapté aux contraintes de préparation du Haut Niveau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mickaël Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Nicolas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martinent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Laborde</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Claude Decret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e congrès de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
+              <w:t xml:space="preserve">17ème congrès international de l’ACAPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France. pp.273</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374394v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Accompagnement à la performance : programme de développement de l’intelligence émotionnelle adapté aux contraintes de préparation du Haut Niveau</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId39" w:history="1">
+                <w:t xml:space="preserve">Trajectories of athlete burnout among young table tennis players in intensive training programs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Martinent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Decret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17ème congrès international de l’ACAPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2017, Dijon, France. pp.273</w:t>
+              <w:t xml:space="preserve">17e congrès de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2017, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02374377v1</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02374394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perfectionism and learning in physical education: growth curve modeling of the 2*2 model of perfectionism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gaudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10th North American Society for the Psychology of Sport and Physical Activity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2016, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'intelligence émotionnelle chez les arbitres de football</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Arcillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Laborde</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16e congrès international de l'Association des Chercheurs en Activités Physiques et Sportives</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Nantes, France. pp.461-462</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparisons of four competitive jammers by biomechanics and physiological parameters in expert male crawl swimmers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Chollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Chollet</w:t>
+                <w:t xml:space="preserve">Frédéric Puel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédéric Puel</w:t>
+                <w:t xml:space="preserve">Daniel Marinho</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Leprêtre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XIIth International Symposium on Biomechanics and Medicine in Swimming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, Canberra, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374559v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anxiety and coping relationships among soccer referees: a multi-trajectory model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickael Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">First International Conference on the Science and Practice of Sports Refereeing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2014, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co-occurrences of anxiety and coping among soccer referees: a dual-trajectory model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gaudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amael André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Congress of Sport Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2014, Nice, France. pp.150</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374502v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When timing matters : Relationship between goal attainment and coping before and during a sport competition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Gaudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian Society for Psychomotor Learning and Sports Psychology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2006, Halifax, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Variables dispositionelles et stratégies de coping des arbitres de football de haut niveau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Genty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Menaut</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès International de la Société Française de Psychologie du Sport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2005, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A study of variations in coping in high-level soccer players during 2001-2002 season</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Genty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and Football V, 5th World Congress</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2003, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02375307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4882,51 +4778,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les émotions en sport et en EPS : apprentissage, performance et santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Campo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4935,65 +4831,65 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Louvet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">De Boeck Supérieur, 2016, 978-2-8073-0256-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02374469v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId131"/>
+      <w:footerReference w:type="default" r:id="rId130"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5140,51 +5036,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Louvet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tamisier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Guyomarch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/iscj.2025-0009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997980v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Allinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Noulhiane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F&#233;m&#233;nias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2024.2368718" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626857v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Louvet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lema&#238;tre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Andr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Girard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09805-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250926v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02619768.2023.2250909" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997987v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Harabi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2021.102104" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997992v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gani&#232;re" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ad&#233;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.4491" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997990v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Decret" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.09.003" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276640v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lane" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.05.007" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367760v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaudreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kljajic" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000138" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384739v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2018.1563274" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02306361v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Velez" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022466919829851" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367742v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019013" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-429682VF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332036v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laborde" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nicolas" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01939" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367765v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2018.1455818" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367755v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747954118785256" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367794v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Deneuve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2016.1747" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367768v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367778v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.087.0063" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367784v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dosseville" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S Hagger" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.110.0115" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146349v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027624ar" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139657v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01411926.2012.674102" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139667v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2011.580826" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368358v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.029.0023" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368381v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Menaut" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Genty" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2008.02.002" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XC3NC1VN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368368v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Birot" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cout" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Thouvarecq" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gillet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.930" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368389v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Andruff" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Carraro" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Thompson" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20982/tqmp.05.1.p011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368399v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.29.1.100" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04100678v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04100673v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374316v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Campo" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374343v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233; David" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ganiere" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374368v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374377v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374412v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374438v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Arcillon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374559v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinho" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374519v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374502v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375305v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375306v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375307v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374469v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05374911v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Pellet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Louvet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Tamisier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie P&#233;t&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Guyomarch" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/iscj.2025-0009" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997980v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Allinger" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Noulhiane" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien F&#233;m&#233;nias" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Clua" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09603123.2024.2368718" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04626857v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Louvet" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Lema&#238;tre" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04128821v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amael Andr&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Tessier" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edwin Girard" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11218-023-09805-y" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04250926v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02619768.2023.2250909" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997987v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Campo" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofiene Harabi" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2021.102104" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367768v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Martinent" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Decret" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.09.003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04997992v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Gani&#232;re" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ad&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/ejrieps.4491" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367760v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gaudreau" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristina Kljajic" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/spy0000138" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-03384739v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Champely" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rosnet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Ferrand" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02701367.2018.1563274" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02306361v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Despois" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Velez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0022466919829851" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367742v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/sm/2019013" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-429682VF-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02332036v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Laborde" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Nicolas" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.01939" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03276640v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Lane" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jshs.2016.05.007" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367765v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17408989.2018.1455818" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367755v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Boulanger" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747954118785256" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367794v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Deneuve" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/spira.2016.1747" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367784v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Dosseville" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin S Hagger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sta.110.0115" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02367778v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/sm.087.0063" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02146349v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1027624ar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139657v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01411926.2012.674102" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02139667v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10413200.2011.580826" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368358v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/cdle.029.0023" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368368v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Birot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe P&#233;cout" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Thouvarecq" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gillet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/edc.930" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368389v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Andruff" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natasha Carraro" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Thompson" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20982/tqmp.05.1.p011" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368381v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Menaut" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Genty" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psychsport.2008.02.002" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XC3NC1VN-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02368399v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1123/jsep.29.1.100" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04100678v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04100673v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ama&#235;l Andr&#233;" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374343v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ad&#233; David" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Ganiere" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374316v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Campo" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374368v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374377v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374394v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374412v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374438v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Arcillon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374559v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Chollet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Puel" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Marinho" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lepr&#234;tre" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374519v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374502v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375305v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375306v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02375307v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02374469v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>