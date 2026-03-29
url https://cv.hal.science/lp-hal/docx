--- v0 (2026-03-07)
+++ v1 (2026-03-29)
@@ -1734,57 +1734,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Venn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Linwood Pendleton</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Brathwaite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -1812,51 +1812,51 @@
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05378262v1</w:t>
+                <w:t xml:space="preserve">hal-02142654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">People and the changing nature of coral reefs</w:t>
               </w:r>
@@ -1972,57 +1972,57 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Andreas Andersson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexander Venn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Angelique Brathwaite</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -2050,51 +2050,51 @@
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.rsma.2019.100677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02142654v1</w:t>
+                <w:t xml:space="preserve">hal-05378262v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Great Barrier Reef: Vulnerabilities and solutions in the face of ocean acidification</w:t>
               </w:r>
@@ -2697,472 +2697,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping the global distribution of locally-generated marine ecosystem services: The case of the West and Central Pacific Ocean tuna fisheries</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">John Virdin</w:t>
+                <w:t xml:space="preserve">Management strategies for coral reefs and people under global environmental change: 25 years of scientific research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2018.05.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 209, pp.462-474. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2017.12.051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01939774v1</w:t>
+                <w:t xml:space="preserve">hal-01939767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management strategies for coral reefs and people under global environmental change: 25 years of scientific research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Adrien Comte</w:t>
+                <w:t xml:space="preserve">Mapping the global distribution of locally-generated marine ecosystem services: The case of the West and Central Pacific Ocean tuna fisheries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evangelia G. Drakou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Virdin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Environmental Management</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 209, pp.462-474. </w:t>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 31, Part B, pp.278-288. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jenvman.2017.12.051⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2018.05.008⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01939767v1</w:t>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01939774v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Debating the effectiveness of marine protected areas Introduction</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
+                <w:t xml:space="preserve">Valuing ecosystem services from blue forests: A systematic review of the valuation of salt marshes, sea grass beds and mangrove forests</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amber Himes-Cornell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gabby N. Ahmadia</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Perla Atiyah</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/icesjms/fsx154⟩</w:t>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 30, pp.36-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2018.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01826696v1</w:t>
+                <w:t xml:space="preserve">hal-01939787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valuing ecosystem services from blue forests: A systematic review of the valuation of salt marshes, sea grass beds and mangrove forests</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
+                <w:t xml:space="preserve">Debating the effectiveness of marine protected areas Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabby N. Ahmadia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Howard I. Browman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perla Atiyah</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Ruth H. Thurstan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David M. Kaplan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2018.01.006⟩</w:t>
+              <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 75 (3), pp.1156--1159. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/icesjms/fsx154⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01939787v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01826696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Scientific rationale and international obligations for protection of active hydrothermal vent ecosystems from deep-sea mining</w:t>
               </w:r>
@@ -3276,365 +3276,365 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01939243v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Addressing the Financial Consequences of Unknown Environmental Impacts in Deep-Sea Mining</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Measuring the human ‘so what’ of large-scale coral reef loss?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah P. Hoyt</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Cindy Lee Van Dover</w:t>
+                <w:t xml:space="preserve">Peter Edwards</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/re1.085.0043⟩</w:t>
+              <w:t xml:space="preserve">Biodiversity Informatics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (1), pp.13-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/14888386.2017.1308271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02155053v1</w:t>
+                <w:t xml:space="preserve">hal-02138356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When ecosystems and their services are not co-located: oceans and coasts</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelia G. Drakou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micah Effron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Carter Ingram</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lida Teneva</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICES Journal of Marine Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 74 (6), pp.1531-1539. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/icesjms/fsx026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measuring the human ‘so what’ of large-scale coral reef loss?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Addressing the Financial Consequences of Unknown Environmental Impacts in Deep-Sea Mining</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah P. Hoyt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Thébaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Peter Edwards</w:t>
+                <w:t xml:space="preserve">Cindy Lee Van Dover</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biodiversity Informatics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (1), pp.13-15. </w:t>
+              <w:t xml:space="preserve">Annales des mines - Série Responsabilité et environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 85 (1), pp.43-48. </w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/14888386.2017.1308271⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3917/re1.085.0043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02138356v1</w:t>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02155053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coral Reefs and People in a High-CO2 World Where Can Science Make a Difference to People?</w:t>
               </w:r>
@@ -3969,291 +3969,291 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01726757v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vulnerability and adaptation of US shellfisheries to ocean acidification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A triage approach to improve the relevance of marine ecosystem services assessments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.A. Ekstrom</w:t>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Suatoni</w:t>
+                <w:t xml:space="preserve">N. Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S.R. Cooley</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
+                <w:t xml:space="preserve">T. Hooper</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G.G. Waldbusser</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Charles</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Climate Change</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 5 (3), pp.207-214. </w:t>
+              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 530, pp.183-193. </w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/nclimate2508⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3354/meps11111⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01726743v1</w:t>
+                <w:t xml:space="preserve">hal-01726741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A triage approach to improve the relevance of marine ecosystem services assessments</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Vulnerability and adaptation of US shellfisheries to ocean acidification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+                <w:t xml:space="preserve">J.A. Ekstrom</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. Beaumont</w:t>
+                <w:t xml:space="preserve">L. Suatoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">T. Hooper</w:t>
+                <w:t xml:space="preserve">S.R. Cooley</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Charles</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">G.G. Waldbusser</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Ecology Progress Series</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 530, pp.183-193. </w:t>
+              <w:t xml:space="preserve">Nature Climate Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 5 (3), pp.207-214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3354/meps11111⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/nclimate2508⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01726741v1</w:t>
+                <w:t xml:space="preserve">hal-01726743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lessons learned from an ecosystem-based management approach to restoration of a California estuary</w:t>
               </w:r>
@@ -4386,64 +4386,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Has the value of global marine and coastal ecosystem services changed?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Thébaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Harold Levrel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5548,51 +5548,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards effective ecosystem services assessment in marine and coastal management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charles Mahe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicola Beaumont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5690,51 +5690,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adding up the Benefits - A Bundle of Values</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood H. Pendleton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evangelia G. Drakou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mark D. Spalding; R. Dan Brumbaugh; Emiliy Landis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Atlas of Ocean Wealth</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -6303,51 +6303,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Pendleton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Sioen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeenat Niazi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valiyaveetil Shamsudheen Semeena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Krug" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/sus.2025.10037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453615v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Baron-Aguilar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Futuru Tsai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Kokaua" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teriitutea Quesnot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsaf209" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#232;be" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dhermain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gourguet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Madon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2023.106485" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04940054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Alexandroff" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Clausen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Schmidt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Browman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsad018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203884v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ch&#226;les" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo X.C. Dutra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbsj.2022.100034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03631939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kontovas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.154236" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03152314v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.104368" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03181332v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Des Roches" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth Shapiro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Palkovacs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-021-01403-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933386v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos A. Kontovas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136643" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202932v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Grose" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Leathers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cornish" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheridan Waitai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00547" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Evans" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Visbeck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005485117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203046v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Anderson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Weber" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christo Fabricius" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Glew" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Opperman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biz141" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492506v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitney Friedman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Halpern" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Mcleod" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Duarte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378262v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Andersson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Venn" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Brathwaite" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Camp" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100677" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197895v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ove Hoegh-Guldberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kaup" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100699" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142654v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197975v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Albright" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100729" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939769v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.10.038" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138057v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawthorne Beyer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estra Estradivari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan O. Grose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsz068" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939766v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John F. Bruno" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitley Saumweber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry B. Crowder" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen E. Roady" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00189" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939785v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Himes-Cornell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00376" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939774v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia G. Drakou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Virdin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2018.05.008" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939767v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.12.051" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826696v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabby N. Ahmadia" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard I. Browman" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth H. Thurstan" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Kaplan" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx154" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939787v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Atiyah" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2018.01.006" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-290VJ9N4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939243v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. van Dover" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arnaud-Haond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gianni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helmreich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Huber" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.01.020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155053v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P. Hoyt" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lee Van Dover" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.085.0043" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01940462v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Effron" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Carter Ingram" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lida Teneva" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx026" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138356v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Edwards" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14888386.2017.1308271" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152551v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Langdon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A. Ekstrom" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R. Cooley" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164699" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152550v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3339/fmars.2016.00036" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726757v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Clark" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ardron" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.03.003" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726743v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ekstrom" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Suatoni" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Cooley" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.G. Waldbusser" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2508" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726741v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beaumont" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hooper" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charles" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11111" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wasson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Suarez" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhavan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mccarthy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kildow" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.04.002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692340v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.11.018" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667443v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy L. van Dover" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig R. Smith" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Ardron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dunn" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gjerde" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2011.07.002" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM6H9FXH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851728v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851832v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667838v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Beaudoin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bezaury" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202408v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4541335" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623903v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SusTech.2017.8333534" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170032v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vii" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154754v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Vegh" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Murray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany G. Troxler" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keqi Zhang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429435362-18" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156136v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mahe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Beaumont" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Hooper" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156133v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.org/en-us/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022822v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954805v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156923v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Jungwiwattanaporn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Neumann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Solgaard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453650v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Pendleton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giles Sioen" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeenat Niazi" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valiyaveetil Shamsudheen Semeena" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cornelia Krug" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/sus.2025.10037" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05453615v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Baron-Aguilar" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Futuru Tsai" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liam Kokaua" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teriitutea Quesnot" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsaf209" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04204004v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime S&#232;be" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a David" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Dhermain" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Gourguet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Madon" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2023.106485" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-04940054v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Alexandroff" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Clausen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Schmidt" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard Browman" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsad018" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203884v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ch&#226;les" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo X.C. Dutra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbsj.2022.100034" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03631939v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kontovas" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2022.154236" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03152314v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2020.104368" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-03181332v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Des Roches" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beth Shapiro" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Palkovacs" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41559-021-01403-5" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933386v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos A. Kontovas" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2020.136643" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202932v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Grose" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Leathers" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Cornish" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheridan Waitai" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00547" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02549765v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Evans" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Visbeck" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2005485117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203046v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christa Anderson" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Weber" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christo Fabricius" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Glew" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Opperman" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/biosci/biz141" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492506v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitney Friedman" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Halpern" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elizabeth Mcleod" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Beck" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos M. Duarte" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.00005" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02142654v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Andersson" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Venn" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angelique Brathwaite" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Camp" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100677" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197895v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ove Hoegh-Guldberg" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kaup" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100699" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378262v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04197975v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Albright" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Marshall" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsma.2019.100729" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939769v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.10.038" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138057v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hawthorne Beyer" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estra Estradivari" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan O. Grose" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsz068" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939766v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John F. Bruno" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Whitley Saumweber" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Larry B. Crowder" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen E. Roady" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00189" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939785v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amber Himes-Cornell" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2018.00376" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939767v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jenvman.2017.12.051" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939774v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evangelia G. Drakou" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Virdin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2018.05.008" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939787v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perla Atiyah" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2018.01.006" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-290VJ9N4-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01826696v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabby N. Ahmadia" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Howard I. Browman" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruth H. Thurstan" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David M. Kaplan" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx154" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939243v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. van Dover" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arnaud-Haond" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gianni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Helmreich" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. A. Huber" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.01.020" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02138356v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Edwards" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/14888386.2017.1308271" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01940462v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micah Effron" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Carter Ingram" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lida Teneva" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx026" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155053v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah P. Hoyt" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy Lee Van Dover" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/re1.085.0043" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152551v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Langdon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julia A. Ekstrom" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah R. Cooley" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0164699" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02152550v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3339/fmars.2016.00036" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726757v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N.A. Clark" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ardron" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.03.003" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726741v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Beaumont" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hooper" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charles" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3354/meps11111" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726743v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Ekstrom" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Suatoni" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.R. Cooley" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.G. Waldbusser" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nclimate2508" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01726760v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Wasson" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Suarez" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Akhavan" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Mccarthy" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Kildow" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.04.002" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692340v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2015.11.018" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667443v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cindy L. van Dover" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig R. Smith" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff Ardron" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Dunn" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gjerde" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2011.07.002" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-TM6H9FXH-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851728v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851832v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00667838v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Arnaud-Haond" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Beaudoin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Bezaury" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Billet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202408v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.4541335" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01623903v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain David" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Fablet" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SusTech.2017.8333534" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02170032v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason Vii" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02154754v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tibor Vegh" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Murray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiffany G. Troxler" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keqi Zhang" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.crcpress.com" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1201/9780429435362-18" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156136v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mahe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Beaumont" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tara Hooper" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156133v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nature.org/en-us/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022822v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954805v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156923v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Megan Jungwiwattanaporn" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Neumann" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Solgaard" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>