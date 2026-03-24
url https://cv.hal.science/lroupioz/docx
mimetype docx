--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (33)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -217,3975 +217,4368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05465414v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigating the impact of urban 3D variables on satellite land surface temperature estimates</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chaining the DART and SOLENE-microclimat models to support the use of TIR satellite data in urban climate studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laure Roupioz</w:t>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Nerry</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Nicolas Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EGU24</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-20017⟩</w:t>
+              <w:t xml:space="preserve">ICUC12</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rotterdam, Netherlands. pp.ICUC12-136, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/icuc12-136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05282564v1</w:t>
+                <w:t xml:space="preserve">hal-05542373v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chaining the DART and SOLENE microclimat models to support the use of TIR satellite data in urban climate studies</w:t>
+                <w:t xml:space="preserve">Investigate directional effects of brightness temperature in urban environments at TRISHNA scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t>
+                <w:t xml:space="preserve">Quentin Dehaene</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Musy</w:t>
+                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mark R. Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICUC12 12th International Conference on Urban Climate</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2025, Rotterdam, Netherlands</w:t>
+              <w:t xml:space="preserve">Thermal EO 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2025, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282485v1</w:t>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05542378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TRISHNA: an Indo-French Space Mission to Study the Thermography of the Earth at Fine Spatio-Temporal Resolution</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Investigating the impact of urban 3D variables on satellite land surface temperature estimates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">LPS25</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">EGU24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Vienna (AUSTRIA), Austria. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5194/egusphere-egu24-20017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05208233v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282564v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Données hyperspectrales pour les milieux urbains</w:t>
+                <w:t xml:space="preserve">Chaining the DART and SOLENE microclimat models to support the use of TIR satellite data in urban climate studies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atelier TEMU 2025</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
+              <w:t xml:space="preserve">ICUC12 12th International Conference on Urban Climate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2025, Rotterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05029672v1</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réflexions sur la définition d’une démarche de validation expérimentale des modèles thermo-hygro-aérauliques urbains couplés intérieur/extérieur pour l’étude du confort et de la santé des personnes en période de forte chaleur</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Célia Sondaz</w:t>
+                <w:t xml:space="preserve">TRISHNA: an Indo-French Space Mission to Study the Thermography of the Earth at Fine Spatio-Temporal Resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Hagolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Gamet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Roujean</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bimal Bhattacharya</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Boulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IBPSA France</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2024, Ile d'Oléron, France. pp.439-446</w:t>
+              <w:t xml:space="preserve">LPS25</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESA, Jun 2025, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04587660v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05208233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place d'une méthodologie de construction de benchmarks pour l'évaluation des modèles de microclimat urbain</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Données hyperspectrales pour les milieux urbains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Teddy Gresse</w:t>
+                <w:t xml:space="preserve">Sophie Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Soriano</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Véronique Achard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sacha Neiger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème Congrès Français de Thermique - Thermique et Architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2024, Strasbourg, France</w:t>
+              <w:t xml:space="preserve">Atelier TEMU 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790236v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05029672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of an inversion approach to distribute satellite LST over a 3D urban scene</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Réflexions sur la définition d’une démarche de validation expérimentale des modèles thermo-hygro-aérauliques urbains couplés intérieur/extérieur pour l’étude du confort et de la santé des personnes en période de forte chaleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Musy</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Gresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Célia Sondaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 7th International Symposium on Recent Advances in Quantitative Remote Sensing: RAQRS 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Valence, Spain</w:t>
+              <w:t xml:space="preserve">IBPSA France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Ile d'Oléron, France. pp.439-446</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04984203v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04587660v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De la donnée spatiale à son usage en milieux urbanisés : le projet THERMOCITY</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lonjou</w:t>
+                <w:t xml:space="preserve">Mise en place d'une méthodologie de construction de benchmarks pour l'évaluation des modèles de microclimat urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Gresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwin W.J. Bergsma</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Quentin Leturgie</w:t>
+                <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEMU - Atelier THEIA télédétection pour l'étude du milieu urbain</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Feb 2023, Montpellier, France</w:t>
+              <w:t xml:space="preserve">32ème Congrès Français de Thermique - Thermique et Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Société Française de Thermique, Jun 2024, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04764888v1</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790236v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and radiative exchanges in an urban area: comparison of urban microclimatic simulations with the experimental campaign CAMCATT</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+                <w:t xml:space="preserve">Evaluation of an inversion approach to distribute satellite LST over a 3D urban scene</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Felix Schmitt</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lauret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Gastellu-Etchegorry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICUC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Sydney, France</w:t>
+              <w:t xml:space="preserve">The 7th International Symposium on Recent Advances in Quantitative Remote Sensing: RAQRS 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05267592v1</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04984203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Monitoring LST at canyon scale for urban micro-climate applications: in-situ, simulation and airborne data comparisons</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Auline Rodler</w:t>
+                <w:t xml:space="preserve">De la donnée spatiale à son usage en milieux urbanisés : le projet THERMOCITY</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lonjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin W.J. Bergsma</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sihem Guernouti</w:t>
+                <w:t xml:space="preserve">Damien Arachchige Migel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ahmad Al Bitar</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Poutier</w:t>
+                <w:t xml:space="preserve">Quentin Leturgie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Joint Urban Remote Sensing Event (JURSE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TEMU - Atelier THEIA télédétection pour l'étude du milieu urbain</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2023, Montpellier, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04154048v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04764888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of Urban Weather Generator for air temperature and urban heat islands simulation over Toulouse (France)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hiba Hamdi</w:t>
+                <w:t xml:space="preserve">Thermal and radiative exchanges in an urban area: comparison of urban microclimatic simulations with the experimental campaign CAMCATT</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felix Schmitt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2023 Joint Urban Remote Sensing Event (JURSE)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">ICUC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Sydney, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04305651v1</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05267592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAMCATT: A multisensory experiment over Toulouse, France, to validate TRISHNA urban products</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Monitoring LST at canyon scale for urban micro-climate applications: in-situ, simulation and airborne data comparisons</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Guernouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Marjorie Musy</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Al Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Poutier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ESA THERMAL 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 Joint Urban Remote Sensing Event (JURSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Heraklion, Greece. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JURSE57346.2023.10144172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04829051v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04154048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAMCATT trial over Toulouse (France): a multisensory experiment to validate TRISHNA urban products</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Evaluation of Urban Weather Generator for air temperature and urban heat islands simulation over Toulouse (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hiba Hamdi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Corpetti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. International Symposium: Recent Advances in Quantitative Remote Sensing</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2023 Joint Urban Remote Sensing Event (JURSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Heraklion, Greece. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JURSE57346.2023.10144216⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03819097v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04305651v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of water vapour atmospheric content variability and its impact on LST estimation over Toulouse using airborne data acquired during the AI4Geo/CAMCATT campaign</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CAMCATT: A multisensory experiment over Toulouse, France, to validate TRISHNA urban products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Guernouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAQRS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Torrent, Spain</w:t>
+              <w:t xml:space="preserve">ESA THERMAL 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Space Agency, May 2023, Frascati, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852234v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04829051v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CAMCATT: a multisensor experiment over Toulouse to validate TRISHNA urban products</w:t>
+                <w:t xml:space="preserve">CAMCATT trial over Toulouse (France): a multisensory experiment to validate TRISHNA urban products</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Barda-Chatain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sihem Guernouti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TRISHNA Days</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CNES; ISRO, Mar 2022, Toulouse, France</w:t>
+              <w:t xml:space="preserve">6. International Symposium: Recent Advances in Quantitative Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University of Valencia; ESA; NASA; EOLAB, Sep 2022, Torrent, Spain. pp.114</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03622174v1</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03819097v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LST retrieval with a material-oriented TES for TRISHNA: the specific case of urban areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Granero-Belinchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Cassante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TRISHNA DAYS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04970643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">LST and SUHI retrieval with a material-oriented Temperature and Emissivity Separation algorithm for airborne and spaceborne thermal sensors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos Granero-Belinchon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlène Cassante</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">RAQRS 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2022, Torrent, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04852206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Statistical evaluation of Agricultural terraces control on soil erosion</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
+                <w:t xml:space="preserve">CAMCATT: a multisensor experiment over Toulouse to validate TRISHNA urban products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Barda-Chatain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Guernouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soil Erosion online Workshop 2022 - European Soil Data Centre (ESDAC) - Session on Erosion Mitigation &amp; Management Practices</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, ESDAC JRC, Jun 2022, Ispra, Italy</w:t>
+              <w:t xml:space="preserve">TRISHNA Days</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CNES; ISRO, Mar 2022, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03822040v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03622174v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Apport de la télédétection dans la modélisation numérique du microclimat urbain à l'échelle du quartier</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Estimation of water vapour atmospheric content variability and its impact on LST estimation over Toulouse using airborne data acquired during the AI4Geo/CAMCATT campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Poutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Déliot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">30ème congrès annuel de la Société Française de Thermique (SFT) 2022</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">RAQRS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Torrent, Spain</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03745391v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04852234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THERMOCITY : generation of an enhanced quality Land Surface Temperature dataset for urban planning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Vincent Lonjou</w:t>
+                <w:t xml:space="preserve">Statistical evaluation of Agricultural terraces control on soil erosion</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Breil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwin Bergsma</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Quentin Leturgie</w:t>
+                <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAQRS 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2022, Valence, Spain</w:t>
+              <w:t xml:space="preserve">Soil Erosion online Workshop 2022 - European Soil Data Centre (ESDAC) - Session on Erosion Mitigation &amp; Management Practices</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ESDAC JRC, Jun 2022, Ispra, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04852196v1</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">THERMOCITY, thermal space imaging for metropolises</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">THERMOCITY : generation of an enhanced quality Land Surface Temperature dataset for urban planning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Lonjou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Michel</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwin Bergsma</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Leturgie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marine Goret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Forum TERATEC 2021</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
+              <w:t xml:space="preserve">RAQRS 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04970277v1</w:t>
+                <w:t xml:space="preserve">hal-04852196v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Supervised classification methods for automatic damage detection caused by heavy rainfall using multitemporal high resolution optical imagery and auxiliary data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
+                <w:t xml:space="preserve">Apport de la télédétection dans la modélisation numérique du microclimat urbain à l'échelle du quartier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Bouyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sihem Guernouti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Musy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXIV ISPRS Congress (2021 edition)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B3-2021-693-2021⟩</w:t>
+              <w:t xml:space="preserve">30ème congrès annuel de la Société Française de Thermique (SFT) 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Valenciennes, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.25855/SFT2022-029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03278464v1</w:t>
+                <w:t xml:space="preserve">hal-03745391v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Présentation du Centre d'Expertise Scientifique (CES) Température de surface et Emissivité</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">THERMOCITY, thermal space imaging for metropolises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lonjou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aude Lemonsu</w:t>
+                <w:t xml:space="preserve">Marine Goret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEMU 2020</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t>
+              <w:t xml:space="preserve">Forum TERATEC 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04851622v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04970277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Land Surface Temperature Retrieval over Urban areas from simulated TRISHNA data</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Aurélie Michel</w:t>
+                <w:t xml:space="preserve">Supervised classification methods for automatic damage detection caused by heavy rainfall using multitemporal high resolution optical imagery and auxiliary data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Carlos Granero-Belinchon</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 Joint Urban Remote Sensing Event (JURSE)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2019, Vannes, France. pp.1-4, </w:t>
+              <w:t xml:space="preserve">XXIV ISPRS Congress (2021 edition)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2021, Nice, France. pp.693-700, </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/jurse.2019.8808979⟩</w:t>
+                <w:t xml:space="preserve">⟨10.5194/isprs-archives-XLIII-B3-2021-693-2021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03195869v1</w:t>
+                <w:t xml:space="preserve">hal-03278464v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oil slick volume estimation from combined use of airborne hyperspectral and pool experiment data</w:t>
+                <w:t xml:space="preserve">Présentation du Centre d'Expertise Scientifique (CES) Température de surface et Emissivité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
+                <w:t xml:space="preserve">Mark Irvine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Véronique Miegebielle</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Aude Lemonsu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IGARSS 2019</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">TEMU 2020</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2020, Rennes, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02397170v1</w:t>
+                <w:t xml:space="preserve">hal-04851622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Health security and environment capability of slick detection, characterization, and quantification in the offshore domain thanks to radar or optical imagery</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sébastien Angelliaume</w:t>
+                <w:t xml:space="preserve">Land Surface Temperature Retrieval over Urban areas from simulated TRISHNA data</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Granero-Belinchon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SPIE Remote Sensing 2019</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1117/12.2532098⟩</w:t>
+              <w:t xml:space="preserve">2019 Joint Urban Remote Sensing Event (JURSE)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2019, Vannes, France. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/jurse.2019.8808979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02409705v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TERRISCOPE: An optical remote sensing research platform using aircraft and uas for the characterisation of continental surfaces</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Christophe Coudrain</w:t>
+                <w:t xml:space="preserve">Health security and environment capability of slick detection, characterization, and quantification in the offshore domain thanks to radar or optical imagery</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Angelliaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aymeric Mainvis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Caillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISPRS TC1 Mid term symposium</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SPIE Remote Sensing 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Strasbourg, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2532098⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01925246v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02409705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures et estimation de la température d’éléments constitutifs du paysage urbain à différentes échelles spatiales</w:t>
+                <w:t xml:space="preserve">Oil slick volume estimation from combined use of airborne hyperspectral and pool experiment data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Tania Landes</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Miegebielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEMU, Toulouse, France, janvier 2017</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IGARSS 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Yokohama, Japan. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8899057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04413647v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02397170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of the impact of the surface geometry on the estimation of the effective emissivity at fine resolution in urban areas</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">TERRISCOPE: An optical remote sensing research platform using aircraft and uas for the characterisation of continental surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yannick Boucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Amiez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Barillot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Chatelard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Coudrain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Recent Advances in Quantitative Remote Sensing (RAQRS V)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2017, Valence, Spain</w:t>
+              <w:t xml:space="preserve">ISPRS TC1 Mid term symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2018, Karlsruhe, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05508198v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01925246v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation du modèle Laser/F par des images thermiques dans le cadre de la campagne bio-climatologique sur Strasbourg</w:t>
+                <w:t xml:space="preserve">Evaluation of the impact of the surface geometry on the estimation of the effective emissivity at fine resolution in urban areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Colin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque AIC, Besançon, 6-9 juillet 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Besançon, France</w:t>
+              <w:t xml:space="preserve">Recent Advances in Quantitative Remote Sensing (RAQRS V)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2017, Valence, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03933847v1</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05508198v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude du rôle du végétal, en particulier les arbres, dans la création de microclimats en milieu urbain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+                <w:t xml:space="preserve">Mesures et estimation de la température d’éléments constitutifs du paysage urbain à différentes échelles spatiales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kastendeuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Landes</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque AIC, Besançon, 6-9 juillet 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2016, Besancon, France</w:t>
+              <w:t xml:space="preserve">TEMU, Toulouse, France, janvier 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2017, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04835040v1</w:t>
+                <w:t xml:space="preserve">hal-04413647v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures pour l’étude des ambiances climatiques à Strasbourg lors de la canicule de juillet 2015</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+                <w:t xml:space="preserve">Terrestrial water cycle in South and East Asia: Hydrospheric and cryospheric data products</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Menenti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Jia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Hu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Liu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Xin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE International Geoscience and Remote Sensing Symposium, IGARSS 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Beijing, China. pp.3814-3817, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/IGARSS.2016.7729989⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05397436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude du rôle du végétal, en particulier les arbres, dans la création de microclimats en milieu urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jerome Colin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kastendeuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Laure Roupioz</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Ngao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Saudreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque AIC, Besançon, 6-9 juillet 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Besancon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04835040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Validation du modèle Laser/F par des images thermiques dans le cadre de la campagne bio-climatologique sur Strasbourg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kastendeuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tania Landes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque AIC, Besançon, 6-9 juillet 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, Jul 2016, Besançon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03933847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mesures pour l’étude des ambiances climatiques à Strasbourg lors de la canicule de juillet 2015</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Kastendeuch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georges Najjar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalia Philipps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque AIC, Besançon, 6-9 juillet 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Besançon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933848v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4195,453 +4588,445 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of urban thermal properties by combining urban microclimate modeling and thermal infrared satellite data</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thaïs Keravec-Balbot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sustainable Cities and Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 118, pp.105995. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.scs.2024.105995⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04879311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A physical method for optical characterization of pollution in industrial wastewater ponds using imaging spectroscopy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Zaugg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolphe Marion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Malik Chami</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17, pp.6029 - 6044. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/JSTARS.2024.3368750⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04488768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-source datasets acquired over Toulouse (France) in 2021 for urban microclimate studies during the CAMCATT/AI4GEO field campaign</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mapping pluvial flood-induced damages with multi-sensor optical remote sensing: a transferable approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Breil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...41 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Data in Brief</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109109⟩</w:t>
+              <w:t xml:space="preserve">Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 15 (9), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/rs15092361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04064296v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04091997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the Urban Weather Generator on the City of Toulouse (France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hiba Hamdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4673,1822 +5058,1830 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 14 (1), pp.185. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/app14010185⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04408914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mapping pluvial flood-induced damages with multi-sensor optical remote sensing: a transferable approach</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Multi-source datasets acquired over Toulouse (France) in 2021 for urban microclimate studies during the CAMCATT/AI4GEO field campaign</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K Adeline</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Al Bitar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Barbon-Dubosc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Remote Sensing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/rs15092361⟩</w:t>
+              <w:t xml:space="preserve">Data in Brief</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 48, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.dib.2023.109109⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-04091997v1</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (data paper)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04064296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fusion of Heterogenous Sensor Data in Border Surveillance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luis Patino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Hubner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel King</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martin Litzenberger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sensors</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 22 (19), pp.7351. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/s22197351⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03835134v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proxy Data of Surface Water Floods in Rural Areas: Application to the Evaluation of the IRIP Intense Runoff Mapping Method Based on Satellite Remote Sensing and Rainfall Radar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 14 (3), pp.393. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/w14030393⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03549056v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A repeatable change detection approach to map extreme storm-related damages caused by intense surface runoff based on optical and SAR remote sensing: Evidence from three case studies in the South of France.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPRS Journal of Photogrammetry and Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 182, pp.153 - 175. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.isprsjprs.2021.10.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03969018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of the optical signature of oil slicks at sea for the analysis of multi- and hyperspectral VNIR-SWIR images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Caillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Viallefont-Robinet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Optics Express</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 29 (12), pp.18224-18242. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1364/OE.424953⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03240664v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remote sensing of marine oil slicks with hyperspectral camera and an extended database</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Viallefont-Robinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Caillault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId142" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Yves Foucher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of applied remote sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 15 (02), pp.024504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1117/1.JRS.15.024504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03202686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiel de l'imagerie optique satellitaire à haute résolution pour détecter les dommages engendrés par des épisodes pluvieux extrêmes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Favro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Houille Blanche - Revue internationale de l'eau</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 6, pp.66-74. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/lhb/2020059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03197980v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Description and assessment of the building surface temperature modeling in LASER/F</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Kastendeuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Luhahe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Energy and Buildings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 173, pp.91-102. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.enbuild.2018.05.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02322532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction for the Impact of the Surface Characteristics on the Estimation of the Effective Emissivity at Fine Resolution in Urban Areas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Colin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 10 (5), pp.746. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs10050746⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02323195v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of Daily Solar Radiation Budget at Kilometer Resolution over the Tibetan Plateau by Integrating MODIS Data Products and a DEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Menenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 8 (6), pp.504. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs8060504⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Synergy of airborne LiDAR and Worldview-2 satellite imagery for land cover and habitat mapping: A BIO_SOS-EODHaM case study for the Netherlands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.A. Mücher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Kramer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.M.B. Bogers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.H.G. Jongman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Applied Earth Observation and Geoinformation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 37, pp.48-55. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jag.2014.09.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quantifying the impact of cloud cover on ground radiation flux measurements using hemispherical images</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Menenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 36 (19-20), pp.5087-5104. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/01431161.2015.1084440⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction of sub-pixel topographical effects on land surface albedo retrieved from geostationary satellite (FengYun-2D) observations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M Menenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IOP Conference Series: Earth and Environmental Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 35th International Symposium on Remote Sensing of Environment (ISRSE35) 22–26 April 2013, Beijing, China, 17, pp.012270. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1755-1315/17/1/012270⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improved Surface Reflectance from Remote Sensing Data with Sub-Pixel Topographic Information</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Li Jia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Massimo Menenti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Remote Sensing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 6 (11), pp.10356-10374. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/rs61110356⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05128083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6498,466 +6891,466 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId182" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise en place d'une méthodologie de construction de benchmarks pour l'évaluation des modèles de microclimat urbain</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Félix Schmitt</w:t>
+                <w:t xml:space="preserve">Exploring the influence of 3D urban features on satellite-derived land surface temperature: insights from TRISHNA-like simulations with DART</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Nerry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laure Roupioz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Briottet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Lauret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">32ème Congrès Français de Thermique - Thermique et Architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Strasboug, France</w:t>
+              <w:t xml:space="preserve">RAQRS - 7th International Symposium on the Recent Advances in Quantitative Remote Sensing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04790250v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05282594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the influence of 3D urban features on satellite-derived land surface temperature: insights from TRISHNA-like simulations with DART</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mise en place d'une méthodologie de construction de benchmarks pour l'évaluation des modèles de microclimat urbain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Teddy Gresse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Soriano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucie Merlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Cifuentes La Mura</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Lauret</w:t>
+                <w:t xml:space="preserve">Auline Rodler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Félix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">RAQRS - 7th International Symposium on the Recent Advances in Quantitative Remote Sensing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2024, Valencia, Spain</w:t>
+              <w:t xml:space="preserve">32ème Congrès Français de Thermique - Thermique et Architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Strasboug, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05282594v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04790250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microclimatic modeling and simulation tools : an academic benchmark</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Teddy Gresse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Merlier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auline Rodler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julie Soriano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Felix Schmitt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th International Conference on Urban Climate</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Sydney, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04265599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proxy data of surface water floods in rural areas: application to the evaluation of the IRIP intense runoff mapping method based on rainfall radar, satellite remote sensing and machine learning techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6972,176 +7365,176 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Living Planet Symposium 2022 ESA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Bonn, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793929v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Potentiel de l'imagerie satellitaire à haute résolution pour évaluer et cartographier les dommages causés par le ruissellement intense</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Axelle Favro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Risque Ruissellement : Diagnostic et Solutions - co-organisation SHF-ANEB</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2020, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03793156v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7151,275 +7544,275 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection maps for pluvial flood deteriorations at pixel level using the FuSVIPR method for three Mediterranean events in France + one event in South Africa</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.8005804⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04118219v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection maps for pluvial flood deteriorations at plot level using the SPCD method for three Mediterranean events in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Cerbelaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwendoline Blanchet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Breil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Briottet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5281/zenodo.8004718⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04118187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7429,147 +7822,147 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’Arbre en ENvironnement Urbain : Modélisation 3D et suivi des échanges radiatifs et d’énergie d’un îlot vert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Kastendeuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tania Landes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Georges Najjar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Nerry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Colin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[0] Université de Strasbourg. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03933851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7579,100 +7972,100 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observing at-surface irradiance and albedo from space : the Tibet experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Roupioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Optics / Photonic. Université de Strasbourg; Technische universiteit (Delft, Pays-Bas), 2015. English. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : 2015STRAD022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-01316949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -7682,105 +8075,105 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cartographie de l'épaisseur des sols sous couvert forestier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Roupioz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'environnement. 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mémoire d'étudiant</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02589232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId195"/>
+      <w:footerReference w:type="default" r:id="rId205"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -7927,51 +8320,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465414v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Hamdi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-151-2026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282564v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Cifuentes La Mura" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Nerry" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20017" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282485v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lauret" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Musy" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208233v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gamet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Bhattacharya" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029672v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Neiger" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587660v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Gresse" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soriano" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Sondaz" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790236v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Schmitt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984203v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764888v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lonjou" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin W.J. Bergsma" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arachchige Migel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leturgie" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267592v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Schmitt" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154048v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Guernouti" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Bitar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poutier" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE57346.2023.10144172" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305651v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefebvre" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE57346.2023.10144216" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829051v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819097v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barda-Chatain" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852234v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#233;liot" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622174v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970643v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero-Belinchon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Cassante" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852206v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822040v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cerbelaud" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Blanchet" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745391v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bouyer" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-029" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852196v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergsma" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970277v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Goret" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278464v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2021-693-2021" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851622v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irvine" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195869v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jurse.2019.8808979" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397170v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Miegebielle" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8899057" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409705v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Angelliaume" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Mainvis" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Caillault" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2532098" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925246v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Boucher" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Amiez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barillot" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatelard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudrain" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413647v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kastendeuch" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Najjar" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Landes" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508198v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Colin" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933847v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835040v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ngao" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933848v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Philipps" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879311v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Keravec-Balbot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.105995" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488768v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zaugg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Marion" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3368750" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064296v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Adeline" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Bitar" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbon-Dubosc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109109" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408914v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14010185" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091997v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092361" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835134v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Patino" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hubner" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel King" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Litzenberger" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197351" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549056v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14030393" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969018v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2021.10.013" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240664v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.424953" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202686v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Foucher" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.15.024504" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197980v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Favro" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020059" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322532v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roupioz" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kastendeuch" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colin" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Luhahe" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2018.05.033" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J130QC9K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323195v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Colin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050746" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128022v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jia" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Menenti" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8060504" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128072v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. M&#252;cher" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kramer" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M.B. Bogers" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.G. Jongman" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.09.001" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0SBZTRDL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128055v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jia" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nerry" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menenti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2015.1084440" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128096v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Roupioz" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Jia" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Nerry" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Menenti" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/17/1/012270" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128083v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nerry" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs61110356" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790250v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282594v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265599v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793929v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793156v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118219v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8005804" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118187v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8004718" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933851v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01316949v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015STRAD022" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589232v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05465414v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Hamdi" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Corpetti" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Roupioz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Briottet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLVIII-4-W17-2025-151-2026" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542373v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Auline Rodler" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Lauret" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Musy" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Gastellu-Etchegorry" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/icuc12-136" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05542378v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Dehaene" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Cifuentes La Mura" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Nerry" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark R. Irvine" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282564v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-20017" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282485v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05208233v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hagolle" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Gamet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Roujean" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bimal Bhattacharya" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Boulet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05029672v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fabre" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Achard" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sacha Neiger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04587660v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Merlier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Teddy Gresse" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Soriano" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Sondaz" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790236v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Schmitt" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04984203v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04764888v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Michel" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lonjou" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin W.J. Bergsma" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Arachchige Migel" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Leturgie" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05267592v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felix Schmitt" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04154048v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sihem Guernouti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Bitar" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poutier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE57346.2023.10144172" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04305651v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Lefebvre" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JURSE57346.2023.10144216" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04829051v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03819097v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Barda-Chatain" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970643v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Granero-Belinchon" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Cassante" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852206v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03622174v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852234v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe D&#233;liot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03822040v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Breil" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Cerbelaud" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwendoline Blanchet" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04852196v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwin Bergsma" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03745391v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Bouyer" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-029" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970277v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Goret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278464v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLIII-B3-2021-693-2021" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04851622v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark Irvine" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Lemonsu" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195869v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jurse.2019.8808979" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02409705v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Angelliaume" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric Mainvis" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Caillault" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2532098" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02397170v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Miegebielle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8899057" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01925246v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Boucher" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Amiez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Barillot" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Chatelard" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Coudrain" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05508198v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Colin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04413647v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Kastendeuch" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Najjar" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tania Landes" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05397436v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Menenti" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jia" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Hu" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Liu" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Xin" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2016.7729989" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04835040v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Ngao" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Saudreau" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933847v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933848v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalia Philipps" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879311v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tha&#239;s Keravec-Balbot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scs.2024.105995" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488768v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Zaugg" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Marion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malik Chami" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2024.3368750" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04091997v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs15092361" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04408914v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14010185" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064296v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K Adeline" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Al Bitar" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Barbon-Dubosc" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2023.109109" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03835134v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Patino" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Hubner" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel King" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Litzenberger" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s22197351" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03549056v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/w14030393" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03969018v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isprsjprs.2021.10.013" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03240664v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Viallefont-Robinet" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1364/OE.424953" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03202686v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Foucher" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.JRS.15.024504" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03197980v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Favro" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/lhb/2020059" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322532v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roupioz" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Kastendeuch" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Colin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Luhahe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.enbuild.2018.05.033" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J130QC9K-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323195v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Colin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs10050746" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128022v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Li Jia" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Massimo Menenti" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs8060504" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128072v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A. M&#252;cher" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kramer" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.M.B. Bogers" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H.G. Jongman" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jag.2014.09.001" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0SBZTRDL-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128055v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Nerry" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01431161.2015.1084440" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128096v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Roupioz" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Jia" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Nerry" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Menenti" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/17/1/012270" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128083v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francoise Nerry" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs61110356" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05282594v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790250v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04265599v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793929v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03793156v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118219v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8005804" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04118187v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.8004718" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03933851v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01316949v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2015STRAD022" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02589232v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>