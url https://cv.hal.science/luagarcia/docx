--- v0 (2026-03-09)
+++ v1 (2026-03-31)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luis Antonio GARCIA GUTIERREZ </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Attaché Temporaire d'Enseignement et de Recherche (ATER) à l'Université de Corse Pascal Paoli, Faculté des Sciences, Techniques & Santé Laboratoire des Sciences Pour l'Environnement (SPE) CNRS , Équipe Energie Renovable.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luagarcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3480-1784</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">243799152</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2008159234414003371458</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MFH-6199-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est Attaché Temporaire d'Enseignement et de Recherche à partir de 2024 à l'Université de Corse, Faculté des Sciences et Techniques, & Sante et au Laboratoire Sciences Pour l’Environnement (SPE-CNRS). Ses compétences sont validées par les qualifications obtenues dans les sections CNU 61, 62 et 63, couvrant le génie électrique et l'informatique industrielle. Son travail de recherche se concentre sur les énergies renouvelables, les systèmes électriques et la modélisation multi-physique, avec une expertise dans les convertisseurs, les smart grids, et les systèmes de stockage d'énergie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term forecasting of energy production and consumption using extreme learning machine: A comprehensive MIMO based ELM approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Asloune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Saint-Drenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 410, pp.127599. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2026.127599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05529303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Coefficient of Variation: Assessing the Variability and Forecastability of Solar Irradiance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2025.123913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NICE k metrics: Unified and multidimensional framework for evaluating deterministic solar forecasting accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Amaro E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy Technologies and Assessments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 83, pp.104588. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seta.2025.104588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Model for Estimating the Temperature and Solar Irradiance of Photovoltaic Panels Based on Maximum Power Point Tracking Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zine Eddine Touhami Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Bachir Ghribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalem Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2025.3604875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Importance of Clearsky Model in Short-Term Solar Radiation Forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Saint-Drenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Asloune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 294, pp.113490. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2025.113490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of solar photovoltaic efficiency on green and flat roofs: Experimental and comprehensive numerical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Sawicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Claverie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 278, pp.112750. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2024.112750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar irradiance time series forecasting using auto-regressive and extreme learning methods: Influence of transfer learning and clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Almorox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 365, pp.123215. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2024.123215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the maximum power point of solar panels through direct estimation of optimum voltage with temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Bachir Ghribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zine Eddine Touhami Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhixue Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalem Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clean Energy Technologies (JOCET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ce/zkae044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex-Valued Time Series Based Solar Irradiance Forecast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0128131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarks for solar radiation time series forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio García Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie M Bright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 191, pp.747-762. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2022.04.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and Comparison of Spatial Clustering for Solar Irradiance Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Almorox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (17), pp.8529. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app12178529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a real-time hot-spot prevention using an emulator of partially shaded PV systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Renewable Energy, 127, pp.334-343. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2018.04.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Check of Global Horizontal Irradiance Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Energy Efficiency and Agricultural Engineering (EE&amp;AE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Starozagorski Bani, Stara Zagora, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation and Research Perspectives of Collective Photovoltaic Self-Consumption and Energy Communities: A New Solution to Favorize the Energy Transition in Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolay Mihailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evstatiev Boris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Energy Efficiency and Agricultural Engineering (EEAE2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Starozagorski Bani, Stara Zagora, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a High Granularity Photovoltaic Model That Considers Complex Nonuniform Shadow Conditions and Different Cell Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Sferlazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador De-Las-Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Salerno, Italy. pp.35-47, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-56970-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High granularity model of a photovoltaic array under complex shadow conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Sferlazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis strategies applied to photovoltaic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Fernando Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique (JNRDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Global Maximum Power Point Tracking (GMPPT) for PV array based on precise PV shadow model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador De-Las Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Renewable Energy research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRERA.2018.8566880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01963529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Active-Fault Tolerant Control Applied to PV systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio García-Gutiérrez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electric power. Université Paul Sabatier - Toulouse III; Universidad de los Andes (Bogotá, Colombia ; 1948-..), 2019. English. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019TOU30071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02147149v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId85"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:150px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luis Antonio GARCIA GUTIERREZ </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Attaché Temporaire d'Enseignement et de Recherche (ATER) à l'Université de Corse Pascal Paoli, Faculté des Sciences, Techniques & Santé Laboratoire des Sciences Pour l'Environnement (SPE) CNRS , Équipe Energie Renovable.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luagarcia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3480-1784</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">243799152</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2008159234414003371458</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MFH-6199-2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Il est Attaché Temporaire d'Enseignement et de Recherche à partir de 2024 à l'Université de Corse, Faculté des Sciences et Techniques, & Sante et au Laboratoire Sciences Pour l’Environnement (SPE-CNRS). Ses compétences sont validées par les qualifications obtenues dans les sections CNU 61, 62 et 63, couvrant le génie électrique et l'informatique industrielle. Son travail de recherche se concentre sur les énergies renouvelables, les systèmes électriques et la modélisation multi-physique, avec une expertise dans les convertisseurs, les smart grids, et les systèmes de stockage d'énergie.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (12)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stochastic Coefficient of Variation: Assessing the Variability and Forecastability of Solar Irradiance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alan Julien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2025.123913⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05168419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-term forecasting of energy production and consumption using extreme learning machine: A comprehensive MIMO based ELM approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Asloune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Saint-Drenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2026, 410, pp.127599. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2026.127599⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05529303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New Model for Estimating the Temperature and Solar Irradiance of Photovoltaic Panels Based on Maximum Power Point Tracking Measurements</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zine Eddine Touhami Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Bachir Ghribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalem Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Photovoltaics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-8. </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JPHOTOV.2025.3604875⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05293846v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NICE k metrics: Unified and multidimensional framework for evaluating deterministic solar forecasting accuracy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rodrigo Amaro E Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sustainable Energy Technologies and Assessments</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 83, pp.104588. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.seta.2025.104588⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">On the Importance of Clearsky Model in Short-Term Solar Radiation Forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves-Marie Saint-Drenan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed Asloune</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 294, pp.113490. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2025.113490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05016612v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of solar photovoltaic efficiency on green and flat roofs: Experimental and comprehensive numerical analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Sawicki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Z. Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Claverie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Solar Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 278, pp.112750. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.solener.2024.112750⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05296356v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solar irradiance time series forecasting using auto-regressive and extreme learning methods: Influence of transfer learning and clustering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Almorox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 365, pp.123215. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apenergy.2024.123215⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tracking the maximum power point of solar panels through direct estimation of optimum voltage with temperature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammed El Bachir Ghribi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zine Eddine Touhami Ternifi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhixue Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ghalem Bachir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clean Energy Technologies (JOCET)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/ce/zkae044⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04619485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benchmarks for solar radiation time series forecasting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio García Gutiérrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamie M Bright</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 191, pp.747-762. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2022.04.065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03995928v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Complex-Valued Time Series Based Solar Irradiance Forecast</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Lauret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Laurent Duchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Renewable and Sustainable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0128131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03883279v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and Comparison of Spatial Clustering for Solar Irradiance Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Javier Almorox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (17), pp.8529. </w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/app12178529⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03996010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a real-time hot-spot prevention using an emulator of partially shaded PV systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Renewable Energy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Renewable Energy, 127, pp.334-343. </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.renene.2018.04.045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01962921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quality Check of Global Horizontal Irradiance Time Series</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Aillerie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Milan Despotovic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Energy Efficiency and Agricultural Engineering (EE&amp;AE)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Starozagorski Bani, Stara Zagora, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presentation and Research Perspectives of Collective Photovoltaic Self-Consumption and Energy Communities: A New Solution to Favorize the Energy Transition in Urban Areas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Notton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolay Mihailov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Voyant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evstatiev Boris</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th International Conference on Energy Efficiency and Agricultural Engineering (EEAE2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2025, Starozagorski Bani, Stara Zagora, Bulgaria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05304827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of a High Granularity Photovoltaic Model That Considers Complex Nonuniform Shadow Conditions and Different Cell Temperatures</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Sferlazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador De-Las-Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Salerno, Italy. pp.35-47, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-030-56970-9_4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04844295v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">High granularity model of a photovoltaic array under complex shadow conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonino Sferlazza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Electrimacs 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Palerme, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053484v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fault diagnosis strategies applied to photovoltaic systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Fernando Jimenez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Nationales du Réseau Doctoral en Micro-nanoélectronique (JNRDM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2019, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02053461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design of a Global Maximum Power Point Tracking (GMPPT) for PV array based on precise PV shadow model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Garcia-Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël Bressan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salvador De-Las Heras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne Alonso</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">7th International Conference on Renewable Energy research and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2018, Paris, France. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICRERA.2018.8566880⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01963529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Development of an Active-Fault Tolerant Control Applied to PV systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luis Antonio García-Gutiérrez</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Electric power. Université Paul Sabatier - Toulouse III; Universidad de los Andes (Bogotá, Colombia ; 1948-..), 2019. English. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : 2019TOU30071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-02147149v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId85"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="01A35AD9"/>
+    <w:nsid w:val="38DD6031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luagarcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3480-1784" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243799152" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/2008159234414003371458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/MFH-6199-2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529303v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Voyant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Despotovic" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia-Gutierrez" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Asloune" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Saint-Drenan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2026.127599" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168419v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Julien" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Notton" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garcia-Gutierrez" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.123913" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296353v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Amaro E Silva" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lauret" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2025.104588" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05293846v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zine Eddine Touhami Ternifi" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Bachir Ghribi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalem Bachir" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aillerie" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2025.3604875" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05016612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113490" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296356v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Sawicki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Claverie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112750" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619484v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Almorox" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2024.123215" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619485v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixue Zheng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ce/zkae044" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883279v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0128131" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995928v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garc&#237;a Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie M Bright" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2022.04.065" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-03996010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12178529" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bressan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gutierrez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2018.04.045" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304810v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304827v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolay Mihailov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evstatiev Boris" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844295v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bressan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Sferlazza" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Jimenez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador De-Las-Heras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56970-9_4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02053484v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02053461v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia Gutierrez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bressan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fernando Jimenez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01963529v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador De-Las Heras" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566880" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02147149v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garc&#237;a-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30071" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luagarcia" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3480-1784" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/243799152" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/2008159234414003371458" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/MFH-6199-2025" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05168419v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Voyant" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alan Julien" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milan Despotovic" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Notton" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garcia-Gutierrez" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2025.123913" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05529303v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia-Gutierrez" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Asloune" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves-Marie Saint-Drenan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2026.127599" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-05293846v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zine Eddine Touhami Ternifi" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed El Bachir Ghribi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghalem Bachir" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Aillerie" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JPHOTOV.2025.3604875" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296353v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodrigo Amaro E Silva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lauret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.seta.2025.104588" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://minesparis-psl.hal.science/hal-05016612v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2025.113490" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05296356v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Aillerie" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Sawicki" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zheng" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Claverie" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solener.2024.112750" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619484v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Almorox" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apenergy.2024.123215" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619485v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhixue Zheng" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/ce/zkae044" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03995928v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Laurent Duchaud" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garc&#237;a Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamie M Bright" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2022.04.065" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03883279v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0128131" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-corse.hal.science/hal-03996010v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app12178529" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01962921v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bressan" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gutierrez" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Gutierrez" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Alonso" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.renene.2018.04.045" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304810v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05304827v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolay Mihailov" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evstatiev Boris" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04844295v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bressan" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonino Sferlazza" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Jimenez" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador De-Las-Heras" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-56970-9_4" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02053484v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-02053461v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Garcia Gutierrez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Bressan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Fernando Jimenez" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/hal-01963529v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvador De-Las Heras" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICRERA.2018.8566880" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://laas.hal.science/tel-02147149v2" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luis Antonio Garc&#237;a-Guti&#233;rrez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2019TOU30071" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>