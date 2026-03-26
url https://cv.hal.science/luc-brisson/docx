--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -273,234 +273,234 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On an Unnoticed Geometrical Paradox in Plato's Timaeus’ Cosmology</w:t>
+                <w:t xml:space="preserve">Plato's Timaeus’ Puzzle of the Innumerable Interstices in a Universe Without Void</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05016762v1</w:t>
+                <w:t xml:space="preserve">hal-05014349v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plato's Timaeus’ Puzzle of the Innumerable Interstices in a Universe Without Void</w:t>
+                <w:t xml:space="preserve">On an Unnoticed Geometrical Paradox in Plato's Timaeus’ Cosmology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Salomon Ofman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05014349v1</w:t>
+                <w:t xml:space="preserve">hal-05016762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The mathematical anti-atomism of Plato's Timaeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ancient Philosophy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 42 (1), pp.121-145. </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
@@ -534,64 +534,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The khôra and the two-triangle universe of Plato's Timaeus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> A Journal for Ancient Philosophy and Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 54 (4), pp.493-518. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
@@ -625,51 +625,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps, miroir de l’âme chez Platon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études lévinassiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 18, pp.8-15</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -694,51 +694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Paul André Saffrey, 1921-2021</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elisabeth Planella</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -785,51 +785,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une divinité, une émotion. La peur en Grèce ancienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études lévinassiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 17, pp.8-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -854,51 +854,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Lettre II attribuée à Platon et les traités « pythagoriciens » Sur la royauté</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irini-Fotini Viltanioti</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -936,51 +936,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plato’s Political Writings: a Utopia?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 37 (3), pp.399-420. </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1014,51 +1014,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can One Speak of Teleology in Plato?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les Cahiers philosophiques de Strasbourg</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 45, pp.117-138. </w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1092,51 +1092,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sur le Bien de Platon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chôra. Revue d'études anciennes et médiévales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 15-16, pp.167-180</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1161,64 +1161,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Powers and division in the 'mathematical part' of Plato's Theaetetus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tropos. Journal of Hermeneutics and Philosophical Criticism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, X (2), p. 121-140</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1243,51 +1243,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Okeanos and Acheloos: An Analysis of Columns XXIII–XXV of the Derveni Papyrus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">John Michael Chase</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1325,51 +1325,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le corps au regard de l’âme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers d'études lévinassiennes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 16, pp.10-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1394,51 +1394,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Family, political power and money in the Neoplatonic school of Athens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ΣΧΟΛΗ Ancient Philosophy and the Classical Tradition </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 11 (2), https://classics.nsu.ru/schole/assets/files/11-2-brisson.pdf</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1495,51 +1495,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What are Zeno and Parmenides talking about?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International conference on Plato’s Parmenides on the occasion of the 2nd Meeting of the Mediterranean Section of the International Plato Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Maria do Céu Fialho &amp; António Manuel Martins, Jun 2012, Coimbra, Portugal. pp.61-86</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1558,204 +1558,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How to Make a Soul in the Timaeus</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Le Banquet, un dialogue sur l’amour (eros)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tenth Symposium Platonicum Pragense</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Amour et Philosophie, Faculté de Lettres et des Sciences Humaines de Kairouan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Souad Ben Ali et Moncef Oueslati, Apr 2018, Kairouan, Tunisie. pp.33-46</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032682v1</w:t>
+                <w:t xml:space="preserve">hal-04032522v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le Banquet, un dialogue sur l’amour (eros)</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">How to Make a Soul in the Timaeus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Amour et Philosophie, Faculté de Lettres et des Sciences Humaines de Kairouan</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Tenth Symposium Platonicum Pragense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chad Jorgenson, Filip Karfík, Štěpán Špinka, Nov 2015, Pragu, Czech Republic, Czech Republic. pp.70-91, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004437081_005⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04032522v1</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04032682v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La pístis chez Plotin et Porphyre : philosophie et religion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conviction, croyance, foi: pistis et fides de Platon aux Pères</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Christophe Grellard, Philippe Hoffmann et Laurent Lavaud, May 2012, Paris, France. pp.83-97</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1812,51 +1812,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Porphyre. Lettre à Marcella précédé de Vie de Pythagore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Pradeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1881,225 +1881,225 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032232v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Éléates</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Plato’s Parmenides.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Belles lettres</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Olivier Renaut</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Academia Verlag, 41, 2022, International Plato Studies, 978-3-98572-020-0. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.5771/9783985720217⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05242447v1</w:t>
+                <w:t xml:space="preserve">hal-03780013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plato’s Parmenides.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les Éléates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Pradeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les Belles lettres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 22, pp.XXXII + 244, 2022, 978-2-251-45258-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Renaut</w:t>
-[...34 lines deleted...]
-                <w:t xml:space="preserve">hal-03780013v1</w:t>
+                <w:t xml:space="preserve">hal-05242447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pythagoras redivivus. Studies on the Texts Attributed to Pythagoras and the Pythagoreans</w:t>
               </w:r>
@@ -2111,51 +2111,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Constantinos Macris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tiziano Dorandi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Academia Verlag / Nomos Verlag, collection "Academia Philosophical Studies" (74), 509 p., 2021, 978-3-89665-958-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2186,51 +2186,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relire Les Éléments de théologie de Proclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaëlle Aubry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Hoffmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2287,51 +2287,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Apologie de Socrate / Platon ; présentation, notes, dossier, glossaire, répertoire et bibliographie par Arnaud Macé ; traduction par Luc Brison ; chronologie par Luc Brison révisée par Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arnaud Macé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2375,51 +2375,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Monique Canto-Sperber</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jonathan Barnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Brunschwig</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2476,64 +2476,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Érotique et politique chez Platon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Academia Verlag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 58, 2017, Academia Philosophical Studies, 978-3-89665-725-1</w:t>
             </w:r>
           </w:p>
@@ -2560,51 +2560,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Platon. L’écrivain qui inventa la philosophie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Les éditions du Cerf, 2017, 978.2.2041.0636.8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2661,51 +2661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Cossutta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clara Auvray-Assayas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Laurence Desclos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2772,51 +2772,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marcella and Porphyry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Women and the Female in Neoplatonism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BRILL, pp.64-78, 2022, </w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2844,130 +2844,130 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les lettres « pythagoriciennes » attribuées à Platon</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The Prologue of the Charmides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">C. Macris, T. Dorandi et L. Brisson. </w:t>
+              <w:t xml:space="preserve">Eleni Kaklamanou, Maria Pavlou, Antonis Tsakmakis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pythagoras redivivus. Studies on the texts attributed to Pythagoras and the Pythagoreans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Academia Verlag, pp.381-397, 2021, 978 3 89665 958 3</w:t>
+              <w:t xml:space="preserve">Framing the dialogues: how to read openings and closures in Plato</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brill, pp.63-69, 2021, 978-90-04-44398-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032739v1</w:t>
+                <w:t xml:space="preserve">hal-04032753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Women in Plato’s Republic</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rafael V. Orden Jiménez, Alberto Bernabé Pajares, Ignacio Pajón Leyra. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La filosofía griega y su legado. Homenaje a Tomás Calvo Martinez</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Guillermo Escolar Editor, pp.195-204, 2021, 978-84-18093-95-1</w:t>
@@ -2990,229 +2990,229 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Preface</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les lettres « pythagoriciennes » attribuées à Platon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Constantinos Macris - Tiziano Dorandi - Luc Brisson. </w:t>
+              <w:t xml:space="preserve">C. Macris, T. Dorandi et L. Brisson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pythagoras redivivus. Studies on the Texts Attributed to Pythagoras and the Pythagoreans</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, collection "Academia Philosophical Studies" (74), Academia Verlag / Nomos Verlag, p. 9-12, 2021, 978-3-89665-958-3</w:t>
+              <w:t xml:space="preserve">Pythagoras redivivus. Studies on the texts attributed to Pythagoras and the Pythagoreans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Academia Verlag, pp.381-397, 2021, 978 3 89665 958 3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-03089530v1</w:t>
+                <w:t xml:space="preserve">hal-04032739v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Prologue of the Charmides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Preface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Constantinos Macris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiziano Dorandi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Eleni Kaklamanou, Maria Pavlou, Antonis Tsakmakis. </w:t>
+              <w:t xml:space="preserve">Constantinos Macris - Tiziano Dorandi - Luc Brisson. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Framing the dialogues: how to read openings and closures in Plato</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brill, pp.63-69, 2021, 978-90-04-44398-3</w:t>
+              <w:t xml:space="preserve">Pythagoras redivivus. Studies on the Texts Attributed to Pythagoras and the Pythagoreans</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, collection "Academia Philosophical Studies" (74), Academia Verlag / Nomos Verlag, p. 9-12, 2021, 978-3-89665-958-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032753v1</w:t>
+                <w:t xml:space="preserve">halshs-03089530v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thinking about the unthinkable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Panayiota Vassilopoulou and Daniel Whistler. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thought: a philosophical history</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Routledge, pp.79-189, 2021, 978-0-367-00010-3</w:t>
@@ -3241,51 +3241,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les anges chez Proclus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Delphine Lauritzen. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inventer les Anges de l'Antiquité à Byzance : conception, représentation, perception</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association des amis du Centre d'histoire et civilisation de Byzance, pp.173-188, 2021, 978-2-916716-84-8</w:t>
@@ -3308,203 +3308,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une exégèse fondée sur l’accord entre la théologie de Platon et les théologies orphique et chaldaïque dans les Écoles d’Athènes et d’Alexandrie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Du premier dieu comme modèle du roi humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Alain Le Boulluec, Luciana Gabriela Soares Santoprete et Andrei Timoti. </w:t>
+              <w:t xml:space="preserve">Mohammad Ali Amir-Moezzi. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Exégèse, Révélation et Formation des dogmes dans l’Antiquité tardive</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut des Etudes Augustiniennes, pp.19-35, 2020</w:t>
+              <w:t xml:space="preserve">Raison et quête de la sagesse. Hommage à Christian Jambet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.171-179, 2020, 978 2 503 59353 1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032627v1</w:t>
+                <w:t xml:space="preserve">hal-04032599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Du premier dieu comme modèle du roi humain</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Une exégèse fondée sur l’accord entre la théologie de Platon et les théologies orphique et chaldaïque dans les Écoles d’Athènes et d’Alexandrie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mohammad Ali Amir-Moezzi. </w:t>
+              <w:t xml:space="preserve">Alain Le Boulluec, Luciana Gabriela Soares Santoprete et Andrei Timoti. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Raison et quête de la sagesse. Hommage à Christian Jambet</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Brepols, pp.171-179, 2020, 978 2 503 59353 1</w:t>
+              <w:t xml:space="preserve">Exégèse, Révélation et Formation des dogmes dans l’Antiquité tardive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut des Etudes Augustiniennes, pp.19-35, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032599v1</w:t>
+                <w:t xml:space="preserve">hal-04032627v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La descente et la remontée de l’âme humaine chez Macrobe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alain Galonnier et Alice Lamy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La tradition du néoplatonisme latin au Moyen Âge et à la Renaissance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Peeters, pp.139-153, 2020</w:t>
@@ -3533,51 +3533,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How Philosophy is rooted in Tradition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">William Wians. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logoi and muthoi: further essays in Greek philosophy and literature</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, State University of New York Press, pp.79-94, 2019, 978-1-4384-7489-2</w:t>
@@ -3606,51 +3606,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philosophie et oracles : la nouvelle alliance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Paul Magdalino et Andrei Timotin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Savoirs prédictifs et techniques divinatoires de l'Antiquité tardive à Byzance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, La Pomme d'or, pp.27-38, 2019, 978-2-9557042-3-3</w:t>
@@ -3679,51 +3679,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polis as Kosmos in Plato’s Laws</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Phillip S. Horky. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cosmos in the Ancient World</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Cambridge University Press, pp.122-141, 2019, </w:t>
@@ -3761,51 +3761,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La déconstruction d’un fragment de Mélissos</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Massimo Pulpito and Pilar Spangenberg. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Hodoi noēsai = = Ways to think : essays in honour of Néstor-Luis Cordero</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Diogene multimedia, pp.257-264, 2018, 978-88-936309-0-0</w:t>
@@ -3834,51 +3834,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">What is a Daimon for Porphyry?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Brisson Seamus O'Neill and Andrei Timotin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Neoplatonic Demons and Angels</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, BRILL, pp.86-101, 2018, </w:t>
@@ -3910,212 +3910,212 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04032378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les Pérégrinations de l’âme humaine suivant Porphyre : Une analyse de la Sentence 29</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">The Angels in Proclus: Messengers of the Gods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Eric Crégheur, Julio Cesar Dias Chaves et Steve Johnston. </w:t>
+              <w:t xml:space="preserve">Luc Brisson Seamus O'Neill and Andrei Timotin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Christianisme des origines. Mélanges en l’honneur du Professeur Paul-Hubert Poirier</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neoplatonic Demons and Angels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, BRILL, pp.209-230, 2018, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1163/9789004374980_011⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04032368v1</w:t>
+                <w:t xml:space="preserve">hal-04032385v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Angels in Proclus: Messengers of the Gods</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Les Pérégrinations de l’âme humaine suivant Porphyre : Une analyse de la Sentence 29</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Luc Brisson Seamus O'Neill and Andrei Timotin. </w:t>
+              <w:t xml:space="preserve">Eric Crégheur, Julio Cesar Dias Chaves et Steve Johnston. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neoplatonic Demons and Angels</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Christianisme des origines. Mélanges en l’honneur du Professeur Paul-Hubert Poirier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.275-286, 2018, 978-2-503-57940-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1163/9789004374980_011⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04032385v1</w:t>
+                <w:t xml:space="preserve">hal-04032368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plato and the Socratics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Alessandro Stavru and Christopher Moore. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socrates and the Socratic Dialogue</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Brill, pp.237-267, 2017, 9789004341227</w:t>
@@ -4144,51 +4144,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Plotinus, and the tripartition of the soul in Plato: Anger as an example</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Claudia d’Amico, John F. Finamore and Natatia Strok. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Platonic Inquiries. Selected Papers from the Thirteenth Annual Conference of the International Society for Neoplatonic Studies</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.33-39, 2017, 978-1898910-862</w:t>
@@ -4217,51 +4217,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La condivisione dei piaceri et dei dolori tiene unita la città</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">F. Eustacchi, M. Migliori. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Per la rinascita di un pensiero critico contemporaneo. Il contributo degli antichi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mimesis, pp.127-136, 2017, 978-88-5754-618-6</w:t>
@@ -4290,51 +4290,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La question du mariage chez Platon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Luc Brisson et Olivier Renaut. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Érotique et politique chez Platon. Erôs, genre et sexualité dans la cité platonicienne</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academia Verlag, pp.243-260, 2017, 978-3-89665-725-1</w:t>
@@ -4363,51 +4363,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Can one speak of Mysticism in Plotinus ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">John F. Finamore and Sarah Klitenic Wear. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Defining Platonism. Essays in honor ot the 75th birthday of John M. Dillon</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.96-116, 2017</w:t>
@@ -4436,51 +4436,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Proclus’ theology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">All from One. A Guide to Proclus</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oxford University Press, pp.207-222, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4514,51 +4514,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La définition de l'être par la puissance : un commentaire de Sophiste 247B-249D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Michel Crubellier; Annick Jaulin; David Lefebvre; Pierre-Marie Morel. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dunamis : autour de la puissance chez Aristote</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
@@ -4613,51 +4613,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Index complet de la Vie de Plotin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Odile Goulet-Cazé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Brisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Goulet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4744,64 +4744,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Truth and Knowledge: the Incorrect Definition of ‘Powers’ by Theaetetus-A New Interpretation of Theaetetus (147d7-148b2)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4819,64 +4819,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theodorus’ lesson in Plato’s Theaetetus (147d1-d6) Revisited-A New Perspective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Brisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomon Ofman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4984,51 +4984,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="2DD8CAE3"/>
+    <w:nsid w:val="529DC037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5215,51 +5215,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-brisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026753618" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39374411" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://independent.academia.edu/BrissonLuc/CurriculumVitae" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pythia.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016762v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Ofman" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brisson" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014349v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923266v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5840/ancientphil20224215" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923270v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apeiron-2020-0064" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032649v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Planella" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18725473-12341498" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032658v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03068240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini-Fotini Viltanioti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032503v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/20512996-12340291" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cps.1630" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032335v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864217v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032353v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Michael Chase" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032329v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032571v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032682v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004437081_005" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032522v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032542v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pradeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242447v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251452586/les-eleates" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780013v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaut" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783985720217" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510041v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Macris" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Dorandi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478217v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Aubry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hoffmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavaud Laurent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461020v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860855v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Canto-Sperber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brunschwig" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Vlastos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01658899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.academia-verlag.de/titel/69725.htm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185358v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Narcy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cossutta" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Auvray-Assayas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Desclos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032779v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004517646_005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032739v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032727v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03089530v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032753v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032766v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032627v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032599v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032578v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032441v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032493v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032483v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108529082.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032432v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004374980_006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032368v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032385v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004374980_011" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032346v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032311v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032303v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032273v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032258v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199640331.003.0010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565124v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=8329" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00182962v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Goulet-Caz&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Goulet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O'Brien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924309v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-brisson" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/026753618" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/39374411" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://independent.academia.edu/BrissonLuc/CurriculumVitae" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pythia.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05014349v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Brisson" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salomon Ofman" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05016762v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923266v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5840/ancientphil20224215" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02923270v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/apeiron-2020-0064" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032666v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032649v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Planella" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/18725473-12341498" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032658v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03068240v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irini-Fotini Viltanioti" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032503v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/20512996-12340291" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032401v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cps.1630" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032335v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864217v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032353v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Michael Chase" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032397v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032329v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032571v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032522v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032682v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004437081_005" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032542v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032232v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Pradeau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03780013v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mac&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renaut" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5771/9783985720217" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05242447v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782251452586/les-eleates" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03510041v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Macris" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiziano Dorandi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03478217v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Aubry" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Hoffmann" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavaud Laurent" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02461020v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02860855v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monique Canto-Sperber" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Barnes" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Brunschwig" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Vlastos" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.puf.com/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01658899v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.academia-verlag.de/titel/69725.htm" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032223v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00185358v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Narcy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cossutta" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Auvray-Assayas" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laurence Desclos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032779v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004517646_005" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032753v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032727v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032739v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03089530v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032718v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032766v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032599v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032627v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032578v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032441v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032493v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032483v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/9781108529082.007" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032432v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032378v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004374980_006" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032385v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/9789004374980_011" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032368v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032346v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032286v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032311v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032303v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032273v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04032258v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/acprof:oso/9780199640331.003.0010" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01565124v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peeters-leuven.be/boekoverz.asp?nr=8329" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00182962v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Goulet-Caz&#233;" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Goulet" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis O'Brien" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924309v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02924305v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>