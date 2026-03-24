--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc BUEE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche au CNRS - Directeur du laboratoire LilNCog Lille Neuroscience & Cognition Inserm U1172</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-buee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6261-4230</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075014068</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-3126-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Buée est directeur de recherche au CNRS et directeur du Centre de recherche Inserm Neurosciences & Cognition de Lille à l'Université de Lille, en France. Son laboratoire, situé sur le campus du centre hospitalo-universitaire de Lille, appartient au Centre d'excellence de Lille sur les troubles neurodégénératifs (LiCEND).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Buée travaille sur la maladie d'Alzheimer et les troubles apparentés depuis plus de trente ans (&amp;gt;350 articles dans Pubmed). Il a commencé ses travaux sur le rôle des protéoglycanes dans la maladie d'Alzheimer pendant sa formation doctorale au Mount Sinai Medical Center, à New York. Il a réalisé certaines des observations neuropathologiques pionnières sur les anomalies microvasculaires dans les troubles neurodégénératifs. Il a participé à la caractérisation biochimique initiale des agrégats de tau dans certaines maladies neurodégénératives (le code-barre des tauopathies). Il a ensuite développé des modèles expérimentaux pour mieux comprendre le rôle des modifications post-traductionnelles dans l'agrégation et la sécrétion de la protéine tau. Ces modèles expérimentaux sont aujourd'hui largement utilisés pour évaluer les stratégies thérapeutiques contre les tauopathies (immunothérapie, petites molécules, thérapies non médicamenteuses...). Avec son équipe, il a également découvert de nombreuses fonctions non microtubulaires de la protéine tau. Il travaille actuellement sur les conséquences physiopathologiques de la dégénérescence neurofibrillaire et leurs liens avec la pathologie amyloïde et l'inflammation dans la maladie d'Alzheimer. Son groupe a participé/participe à différents consortiums nationaux & internationaux.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (193)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein kinase R induced by type I interferons is a main regulator of reactive microglia in Zika virus infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bortolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Conquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Calcagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 73 (1), pp.80-104. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.24619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into pathophysiology, biomarkers, and therapeutics in tauopathies: Proceedings of the Tau2024 Global Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. B. Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. O. Akinyemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Abisambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. J. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association, 21 (5), pp.e70078. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.70078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05237376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of tau neuronal internalization using anti-tau single domain antibodies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Denéchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Nat Commun, 16, pp.3162. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-58383-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal transcriptomic changes in the THY-Tau22 mouse model of tauopathy display cell type- and sex-specific differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. P. Lunkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sciortino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. H. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Acta Neuropathol. Commun., 13, </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-025-02013-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hampered AMPK-ULK1 cascade in Alzheimer's disease (AD) instigates mitochondria dysfunctions and AD-related alterations which are alleviated by metformin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Eysert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacas-Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's Research and Therapy, 17 (127), </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01772-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal Astrocyte Morphology Follows an Unexpected Trajectory With Age in a Transgenic Rodent Model of Tauopathy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Vinasco-Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Riquelme-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Plassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Glia, 73 (7), pp.1502-1519. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.70019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent effects of maternal high-fat diet during lactation in the offspring of adult THY-Tau22 mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soulaimane Aboulouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain : a journal of neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Brain, pp.awaf417. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awaf417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platelet concentrate-derived extracellular vesicles promote adult hippocampal neurogenesis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariunjargal Nyamerdene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nhi Thao Ngoc Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Biomaterials, 328, pp.123838. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2025.123838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upregulation of adenosine A&amp;lt;sub&amp;gt;2A&amp;lt;/sub&amp;gt; receptor in astrocytes is sufficient to trigger hippocampal multicellular dysfunctions and memory deficits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athénais Genin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nobili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 30 (11), pp.5300-5314. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-025-03115-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein fingerprints of brain-derived extracellular vesicles predict types of tau pathology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's Research and Therapy, 17, pp.223. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01865-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-tau VHH therapy against PHF6: a safe approach to slowing the phenotype of tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Leboullenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Besegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (1), pp.221. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01823-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced synaptic vesicle protein 2A in extracellular vesicles and brains of Alzheimer's disease: associations with Aβ, tau, synaptic proteins and APOE ε4.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Nussbaumer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kirabali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Translational Neurodegeneration, 14, pp.48. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40035-025-00508-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical value of plasma ALZpath pTau217 immunoassay for assessing mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Neurology, Neurosurgery and Psychiatry, 95 (11), pp.1046-1053. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2024-333467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaping the future of preclinical development of successful disease-modifying drugs against Alzheimer's disease: a systematic review of tau propagation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Basheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Smolek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. K. Muhammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Acta Neuropathologica Communications, 12 (1), pp.52. </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-024-01748-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau, synapse loss and gliosis progress in an Alzheimer's mouse model after amyloid-β immunotherapy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. A. Welikovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mate de Gerando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khasnavis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bhavsar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Meltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain : a journal of neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain, </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awae345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysregulated expression of cholesterol biosynthetic genes in Alzheimer's disease alters epigenomic signatures of hippocampal neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Grgurina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akash Kumar Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 198, pp.106538. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to: Questioning the cycad theory of Kii ALS-PDC causation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Menšíková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rosales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Colosimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lannuzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Nature Reviews Neurology, 20, pp.195-196. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-024-00938-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A selection and optimization strategy for single-domain antibodies targeting the PHF6 linear peptide within the Tau intrinsically disordered protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Mortelecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Simões</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea El Hajjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Biological Chemistry, 300 (4), pp.107163. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbc.2024.107163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galectin-3 aggravates microglial activation and tau transmission in tauopathy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian Jing Siew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Mei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng-Lan Chiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Wei Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao-Ming Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, The Journal of clinical investigation, 134, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI165523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04835444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the therapeutic correction of U1 snRNP complex on Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caio Bruno Q. S. Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila G. M. Zimmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa V. C. Sinatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericks S. Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Britt Poppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Scientific Reports, 14, </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-81687-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04956606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The amyloid precursor protein and its derived fragments concomitantly contribute to the alterations of mitochondrial transport machinery in Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vaillant-Beuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Eysert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. F. Kinoshita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pardossi-Piquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Death and Disease, 15, pp.367. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41419-024-06742-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The free plasma amyloid Aβ1–42/Aβ1–40 ratio predicts conversion to dementia for subjects with mild cognitive impairment with performance equivalent to that of the total plasma Aβ1–42/Aβ1–40 ratio. The BALTAZAR study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. S. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Ramdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vaudran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 193, pp.106459. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipyridamole Ameliorates Memory Impairment and Increases Hippocampal Calbindin Expression in Niemann Pick C1 Mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Gaddini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Chiodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Matteucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaira Boussadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Neuroscience Research, 102, pp.e70011. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jnr.70011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomics of human platelet lysates and insight from animal studies on platelet protein diffusion to hippocampus upon intranasal administration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. T. N. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. L. Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. T. Chien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Bioengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, APL Bioengineering, 8, pp.026111. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0196553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal A2A receptor exacerbates synapse loss and memory deficits in APP/PS1 mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Burgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain - A Journal of Neurology, 147 (8), pp.2691-2705. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awae113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuroprotective effects of intranasal extracellular vesicles from human platelet concentrates supernatants in traumatic brain injury and Parkinson's disease models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nhi Thao Ngoc Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Timmerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deng-Yao Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Biomedical Science, 31, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12929-024-01072-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarifying the association of CSF Aβ, tau, BACE1, and neurogranin with AT(N) stages in Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (1), pp.66. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-024-00755-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single cell transcriptome analysis of the THY-Tau22 mouse model of Alzheimer's disease reveals sex-dependent dysregulations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. P. Lunkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sciortino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Death Discovery, 10 (1), pp.119. </w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41420-024-01885-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine consumption outcomes on amyotrophic lateral sclerosis disease progression and cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violette Delforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cailliau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Djeziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 199, pp.106603. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel avenues of tau research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. E. Sexton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. R. Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association, 20 (3), pp.2240-2261. </w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.13533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell redistribution of G quadruplex-structured DNA is associated with morphological changes of nuclei and nucleoli in neurons during tau pathology progression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain Pathology, pp.e13262. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bpa.13262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04685000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTLD-MAPT mutations and short 5′UTR Tau mRNAs increase Tau translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo J da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAR Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (4), </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/narmme/ugae023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggregate-selective removal of pathological tau via clustering-activated degraders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Benn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Keeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabel Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Vaysburd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 385 (6712), pp.1009-1016. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adp5186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurofibrillary tangle-bearing neurons have reduced risk of cell death in mice with Alzheimer's pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. J. Zwang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. D. Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ruiz-Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Woost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Reports, 43 (8), pp.114574. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2024.114574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision proteoform design for 4R tau isoform selective templated aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. P. Longhini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dubose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Vijayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Proceedings of the National Academy of Sciences of the United States of America, 121 (15), pp.e2320456121. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2320456121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electropolymerization processing of side-chain engineered EDOT for high performance microelectrode arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Daher Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najami Ghodhbane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosensors and Bioelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 237, pp.115538. </w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bios.2023.115538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endemic parkinsonism: clusters, biology and clinical features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Menšíková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Steele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rosales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Colosimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Nature Reviews Neurology, </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-023-00866-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Transfer via Extracellular Vesicles Disturbs the Astrocytic Mitochondrial System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enea Parietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (7), pp.985. </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells12070985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer Cells Upregulate Tau to Gain Resistance to DNA Damaging Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Denecha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adriaenssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.116. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cancers15010116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03985380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial reactivity and T cell infiltration in frontotemporal lobar degeneration with tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iain Hartnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Declan Woodhouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Jasper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavan Marwaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.awad309. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awad309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Polyaminobiaryl-Based β-secretase Modulator Alleviates Cognitive Impairments, Amyloid Load, Astrogliosis, and Neuroinflammation in APPSwe/PSEN1ΔE9 Mice Model of Amyloid Pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal El Bakali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (6), pp.5285. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24065285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision of neuronal localization in 2D cell cultures by using high-performance electropolymerized microelectrode arrays correlated with optical imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Scholaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Dumortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Physics &amp; Engineering Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (3), pp.035016. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2057-1976/acb93e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Amyloid Beta Predicts Conversion to Dementia in Subjects with Mild Cognitive Impairment: The BALTAZAR Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Allinquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18, pp.2537-2550. </w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine intake exerts dual genome-wide effects on hippocampal metabolism and learning-dependent transcription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauranne Poncelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 132 (12), </w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI149371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining reference ranges for serum anti-Müllerian hormone (AMH) on a large cohort of normozoospermic adult men.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Barbotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leroy-Billiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Prasivoravong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marcelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, The Journal of clinical endocrinology &amp; metabolism, 107 (7), p. 1878-1887. </w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgac218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microtube Array Membrane Encapsulated Cell Therapy: A Novel Platform Technology Solution for Treatment of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shu-Mei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsung-Chin Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chee-Ho Chew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wan-Ting Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Lin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (12), pp.6855. </w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23126855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03704677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reversal of RNA toxicity in myotonic dystrophy via a decoy RNA-binding protein with high affinity for expanded CUG repeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Matloka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud F Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Rau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (2), pp.207-220. </w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41551-021-00838-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammalian Brain Ca2+ Channel Activity Transplanted into Xenopus laevis Oocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Humez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (5), pp.496. </w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/membranes12050496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain-2 Mediates MBNL2 Degradation and a Developmental RNA Processing Program in Neurodegeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee-Hsin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Mei Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.JN-RM-2006-21. </w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2006-21.2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istradefylline protects from cisplatin-induced nephrotoxicity and peripheral neuropathy while preserving cisplatin antitumor effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmone Dewaeles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Fellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaewon Sim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nihad Boukrout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 132 (22), pp.e152924. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI152924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03865945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of lanreotide 120 mg primary therapy on tumor shrinkage and ophthalmologic symptoms in acromegaly after one month.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Soto-Ares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Woillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Jannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Clinical Endocrinology, </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cen.14748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau mRNA Metabolism in Neurodegenerative Diseases: A Tangle Journey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (2), pp.241. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biomedicines10020241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can the administration of platelet lysates to the brain help treat neurological disorders?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Burnouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 79 (7), pp.379. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00018-022-04397-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early-Life Environment Influence on Late-Onset Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.834661. </w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2022.834661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impaired Glucose Homeostasis in a Tau Knock-In Mouse Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Kraiem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Courty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bourouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.841892. </w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2022.841892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of chronic doxycycline treatment in the APP/PS1 mouse model of Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Thiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Besegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 209, pp.108999. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.108999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Denechaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adriaenssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1), pp.116. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cancers15010116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of Tau seeding by targeting Tau nucleation core within neurons with a single domain antibody fragment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2022.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Analyses of Two Novel LRRK2 Pathogenic Variants in Familial Parkinson's Disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilda Coku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Mutez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.29124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Compounds That Selectively Repress the Amyloidogenic Processing of the Amyloid Precursor Protein: Design, Synthesis and Pharmacological Evaluation of Diphenylpyrazoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (21), pp.13111. </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms232113111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GnRH replacement rescues cognition in Down syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manfredi-Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Leysen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rovera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 377 (6610), pp.eabq4515. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.abq4515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03841247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IL-17 triggers the onset of cognitive and synaptic deficits in early stages of Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Brigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (9), pp.109574. </w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2021.109574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Stabilizes Chromatin Compaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Magnez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.740550. </w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2021.740550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THY-Tau22 mouse model accumulates more tauopathy at late stage of the disease in response to microglia deactivation through TREM2 deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vautheny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Duwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennaëlle Aurégan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Joséphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Hérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 155, pp.105398. </w:t></w:r><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracellular vesicles: major actors of heterogeneity in tau spreading among human tauopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Richetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.S1525-0016(21)00475-5. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2021.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03356237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of amyloid-beta and tau pathologies is associated with cognitive impairments in a primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Hérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Boluda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.165. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-021-01266-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03388548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A ß-Secretase Modulator Decreases Tau Pathology and Preserves Short-Term Memory in a Mouse Model of Neurofibrillary Degeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal El Bakali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.679335. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.679335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P2X7-deficiency improves plasticity and cognitive abilities in a mouse model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Ces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lagouge-Roussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 206, pp.102139. </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pneurobio.2021.102139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vésicules extracellulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (12), pp.1133-1138. </w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2021205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrative nucleoside transporter 1 inhibition rescues energy dysfunction and pathology in a model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Pang Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya-Gin Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Yun Chuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Ngoc Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuo-Chen Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.112. </w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-021-01213-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human platelet lysate biotherapy for traumatic brain injury: preclinical assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.awab205. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awab205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current directions in tau research: Highlights from Tau 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sexton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Snyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Beher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Boxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pat Brannelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03357428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Chromatographic Isolation of Platelet Extracellular Vesicles from Human Platelet Lysates for Applications in Neuroregenerative Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariunjargal Nyam-Erdene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (12), pp.5823-5835. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsbiomaterials.1c01226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low impedance and highly transparent microelectrode arrays (MEA) for in vitro neuron electrical activity probing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Halliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Begard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 327, pp.128895. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.snb.2020.128895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma amyloid β levels are driven by genetic variants near APOE, BACE1, APP, PSEN2: A genome-wide association study in over 12,000 non-demented participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven J. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grenier-Boley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannette Simino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Tau Antibody Detecting the First Amino-Terminal Insert Reveals Conformational Differences Among Tau Isoforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joke Verelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Geukens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorien Vliegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elien de Smidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, pp.48. </w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmolb.2020.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal tau oligomerization early in tau pathology coincides with a transient alteration of mitochondrial homeostasis and DNA repair in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Akbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Reynaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-020-00896-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Alzheimer risk genes determine the microglia response to amyloid‐β but not to TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renzo Mancuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Fattorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Thrupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.e10606. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/emmm.201910606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02450349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau accumulation in astrocytes of the dentate gyrus induces neuronal dysfunction and memory deficits in Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Richetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Steullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pachoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enea Parietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (12), pp.1567-1579. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41593-020-00728-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Gel Electrophoresis of Human Sperm: A Simple Method for Evaluating Sperm Protein Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sigala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duban-Deweer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Basic and clinical andrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.4. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12610-020-00102-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05149844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain network remodelling reflects tau-related pathology prior to memory deficits in Thy-Tau22 mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Karatas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awaa312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal tau oligomerization early in tau pathology coincides with a transient alteration of mitochondrial homeostasis and DNA repair in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Akbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Reynaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-020-00896-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperexcitability and seizures in the THY-Tau22 mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Sandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Parrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.265-270. </w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2020.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The TMEM240 Protein, Mutated in SCA21, Is Expressed in Purkinje Cells and Synaptic Terminals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cerebellum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Ahead of print. </w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12311-020-01112-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02463227v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronic Sodium Selenate Treatment Restores Deficits in Cognition and Synaptic Plasticity in a Murine Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann van Der Jeugd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13, pp.570223. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2020.570223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of amyloid precursor protein C-terminal fragments triggers mitochondrial structure, function, and mitophagy defects in Alzheimer's disease models and human brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loan Vaillant-Beuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Pardossi-Piquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inger Lauritzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00401-020-02234-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat-treated human platelet pellet lysate modulates microglia activation, favors wound healing and promotes neuronal differentiation in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Wen Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Folke Knutson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Platelets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09537104.2020.1732324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau hyperphosphorylation induced by the anesthetic agent ketamine/xylazine involved the calmodulin‐dependent protein kinase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Mcanulty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude‐éloïse Piché‐lemieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Alves‐pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Buée‐scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34 (2), pp.2968-2977. </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.201902135R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03335111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain insulin response and peripheral metabolic changes in a Tau transgenic mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Raison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 125, pp.14-22. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2019.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering of Tau fibrils impairs the synaptic composition of $\alpha$3‐Na$^+$/K$^+$‐ATP ase and AMPA receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amulya Nidhi Shrivastava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Redeker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Renner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (3), pp.e99871. </w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/embj.201899871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02279806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau- but not Aß -pathology enhances NMDAR-dependent depotentiation in AD-mouse models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Faldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detlef Balschun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.202. </w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0813-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLRP3 inflammasome activation drives tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Ising</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Venegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangshuang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Scheiblich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 575 (7784), pp.669-673. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1769-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Domain Antibody Fragments as New Tools for the Detection of Neuronal Tau Protein in Cells and in Mice Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hanoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (9), pp.3997-4006. </w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschemneuro.9b00217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A walk through tau therapeutic strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Jadhav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Schöll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Kovacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enikö Kövari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.22. </w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0664-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encephalopathy induced by Alzheimer brain inoculation in a non-human primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Herard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James E Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), </w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0771-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal AMP-activated protein kinase hyper-activation induces synaptic loss by an autophagy-mediated process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Domise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sauvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (3), pp.221. </w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41419-019-1464-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The neuroprotective activity of heat-treated human platelet lysate biomaterials manufactured from outdated pathogen-reduced (amotosalen/UVA) platelet concentrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Devedjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), pp.89. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12929-019-0579-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the prion-like propagation hypothesis to therapeutic strategies of anti-tau immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Meno-Tetang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00401-019-02087-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exacerbation of C1q dysregulation, synaptic loss and memory deficits in tau pathology linked to neuronal adenosine A2A receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142 (11), pp.3636-3654. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurogenetics of the Human Adenosine Receptor Genes: Genetic Structures and Involvement in Brain Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Caffeine and Adenosine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (3), pp.73-88. </w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/caff.2019.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine Consumption During Pregnancy Accelerates the Development of Cognitive Deficits in Offspring in a Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Zappettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.438. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2019.00438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A2A R‐induced transcriptional deregulation in astrocytes: An in vitro study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia R. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Angeliki S. Pavlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 67 (12), pp.2329-2342. </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.23688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The elusive tau molecular structures: can we translate the recent breakthroughs into new targets for intervention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssra K Al-Hilaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Devred</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp O Tsvetkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), </w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0682-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New piperazine multi-effect drugs prevent neurofibrillary degeneration and amyloid deposition, and preserve memory in animal models of Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, p.217-233. </w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2019.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain insulin response and peripheral metabolic changes in a Tau transgenic mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Raison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 125, pp.14-22. </w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2019.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04397632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of tau seeding and propagation by immunotherapy with a central tau epitope antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Mairet-Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142 (6), pp.1736-1750. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine Consumption During Pregnancy Accelerates the Development of Cognitive Deficits in Offspring in a Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Zappettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.438. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2019.00438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New phenylaniline derivatives as modulators of amyloid protein precursor metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (8), pp.2151-2164. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of neuronal miRNAs induced by amyloid-β or TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Salta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Vanden Eynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsuzsanna Callaerts-Vegh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-018-0285-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation mutuelle entre Tau et signalisation centrale de l’insuline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (11), pp.929-935. </w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2018238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01958478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenosine Augmentation Evoked by an ENT1 Inhibitor Improves Memory Impairment and Neuronal Plasticity in the APP/PS1 Mouse Model of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Chia Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Pang Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Jung Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsing-Lin Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Han Kao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12035-018-1030-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide identification of genic and intergenic neuronal DNA regions bound by Tau protein under physiological and stress conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Albaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Brain insulin signaling and Tau: impact for Alzheimer's disease and Tauopathies]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (11), pp.929-935. </w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2018238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma amyloid levels within the Alzheimer's process and correlations with central biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Allinquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (7), pp.858-868. </w:t></w:r><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2018.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related shift in LTD is dependent on neuronal adenosine A2A receptors interplay with mGluR5 and NMDA receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inês Marques-Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (8), pp.1876-1900. </w:t></w:r><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-018-0110-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amp-activated protein kinase controls immediate early genes expression following synaptic activation through the pka/creb pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Domise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Marinangeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19 (2), pp.3716. </w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms19123716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beneficial Effect of a Selective Adenosine A2A Receptor Antagonist in the APPswe/PS1dE9 Mouse Model of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Zornbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enas Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younis Baqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.235. </w:t></w:r><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2018.00235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somatostatin and Neuropeptide Y in Cerebrospinal Fluid: Correlations With Amyloid Peptides Aβ1–42 and Tau Proteins in Elderly Patients With Mild Cognitive Impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Duron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Grousselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.297. </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2018.00297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of neuronal miRNAs induced by amyloid-β or TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Salta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Vanden Eynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsuzsanna Callaerts-Vegh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-018-0285-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiating tangle formation reduces acute toxicity of soluble tau species in the rat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie D’orange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Auregan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Cheramy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gaudin-Guérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (2), pp.535-549. </w:t></w:r><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awx342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02074052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the Endosomal-Lysosomal and Proteasomal Systems in Amyloid-β Precursor Protein Derived Fragments Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Kieulen-Campard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Opsomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Tasiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.435. </w:t></w:r><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2018.00435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of Follow-Up in Patients with Core Clinical Criteria for Alzheimer Disease and Normal CSF Biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vercruysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delbeuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (7), pp.691-700. </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1567205015666180110113238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Adenosinergic Signaling: A Complex but Promising Therapeutic Target for Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.520. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2018.00520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau and neuroinflammation: What impact for Alzheimer's Disease and Tauopathies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (1), pp.21 - 33. </w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bj.2018.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau/DDX6 interaction increases microRNA activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Spolcova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maggy Chwastyniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1861 (8), pp.762-772. </w:t></w:r><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagrm.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02251328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phenotypic approach to the discovery of compounds that promote non-amyloidogenic processing of the amyloid precursor protein: Toward a new profile of indirect β-secretase inhibitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159, pp.104-125. </w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.08.092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of Follow-Up in Patients with Core Clinical Criteria for Alzheimer Disease and Normal CSF Biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vercruysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delbeuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (7), pp.691 - 700. </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1567205015666180110113238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different tau species lead to heterogeneous tau pathology propagation and misfolding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Lachaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (1), pp.132. </w:t></w:r><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-018-0637-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Adenosine Tone and Adenosine Receptors in Huntington's Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yijuang Chern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosaria Domenici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Caffeine and Adenosine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (2), pp.43 - 58. </w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/caff.2018.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutual relationship between Tau and central insulin signalling: consequences for AD and Tauopathies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroendocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000487641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinstating plasticity and memory in a tauopathy mouse model with an acetyltransferase activator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snehajyoti Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Cassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Schneider‐anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Mérienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (11), pp.e8587. </w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/emmm.201708587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of new transparent MEAs made from pure PEDOT:PSS and their optical/electrical properties for neurons' activity assessment in the frame of Alzheimer disease case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Coffinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Thomy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Arscott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, </w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fncel.2018.38.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Adenosinergic Signaling: A Complex but Promising Therapeutic Target for Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.520. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2018.00520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the human sperm microtubulome: an integrated genomics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chalmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Obriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (1), pp.93-106. </w:t></w:r><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1095/biolreprod.116.143479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal T cell infiltration promotes neuroinflammation and cognitive decline in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dorothee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 140 (1), pp.184 - 200. </w:t></w:r><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/aww270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau deletion promotes brain insulin resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 214 (8), pp.2257 - 2269. </w:t></w:r><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1084/jem.20161731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative promoter usage generates novel shorter MAPT mRNA transcripts in Alzheimer’s disease and progressive supranuclear palsy brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.12589. </w:t></w:r><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-12955-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau et troubles cognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dorothee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Delarasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (10), pp.817 - 819. </w:t></w:r><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/20173310002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronically stressed or stress-preconditioned neurons fail to maintain stress granule assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatyana Shelkovnikova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Dimasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michail Kukharsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyan An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annamaria Quintiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (5), pp.e2788. </w:t></w:r><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/cddis.2017.199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Mass Spectrometry Profiles of Tau Protein in the Cerebrospinal Fluid of Patients with Alzheimer’s Disease, Progressive Supranuclear Palsy, and Dementia with Lewy Bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (4), pp.1033 - 1043. </w:t></w:r><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increased tauopathy drives microglia-mediated clearance of beta-amyloid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edsel Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Lakatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Nassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), </w:t></w:r><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0336-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EuroTau: towing scientists to tau without tautology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrit Mudher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5 (1), pp.90. </w:t></w:r><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0491-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01654097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Tau protein affects the structure, transcription and repair of neuronal pericentromeric heterochromatin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasco Marcato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), pp.33047. </w:t></w:r><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep33047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunneling nanotube (TNT)-mediated neuron-to neuron transfer of pathological Tau protein assemblies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Coens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.117. </w:t></w:r><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0386-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01391925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Protein Quantification in Human Cerebrospinal Fluid by Targeted Mass Spectrometry at High Sequence Coverage Provides Insights into Its Primary Structure Heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.667 - 676. </w:t></w:r><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.5b01001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics analysis of mouse brain models of human diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Paban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Loriod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 600, pp.90 - 100. </w:t></w:r><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gene.2016.11.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAPT gene is differentially methylated in the progressive supranuclear palsy brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (12), pp.1883-1890. </w:t></w:r><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.26820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015965v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana M. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5 (1), pp.91. </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01654098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The caffeine-binding adenosine A2A receptor induces age-like HPA-axis dysfunction by targeting glucocorticoid receptor function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Valadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.31493. </w:t></w:r><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep31493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mRNA Levels of ACh-Related Enzymes in the Hippocampus of THY-Tau22 Mouse: A Model of Human Tauopathy with No Signs of Motor Disturbance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Valadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58 (4), pp.411-415. </w:t></w:r><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12031-015-0699-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of plasma β-amyloid with MRI markers of structural brain aging the 3-City Dijon study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Kaffashian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Tzourio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Soumaré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Dufouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (10), pp.2663-70. </w:t></w:r><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2015.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amyloid Precursor Protein (APP) Metabolites APP Intracellular Fragment (AICD), Aβ42, and Tau in Nuclear Roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Multhaup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otmar Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 290 (39), pp.23515-23522. </w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.R115.677211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloroquine and Chloroquinoline Derivatives as Models for the Design of Modulators of Amyloid Peptide Precursor Metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Melnyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Burlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (4), pp.559-569. </w:t></w:r><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cn5003013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesterol 24-hydroxylase defect is implicated in memory impairments associated with Alzheimer-like Tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayciriex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Burlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Braudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Michaelsen-Preusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (21), pp.5965 - 5976. </w:t></w:r><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddv268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma β-amyloid 40 levels are positively associated with mortality risks in the elderly.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Pays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.672-80. </w:t></w:r><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.04.515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01024830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and synthesis of fused tetrahydroisoquinoline-iminoimidazolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Moas Heloire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Rincon Arias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 106, pp.15-25. </w:t></w:r><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2015.10.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of the Tau N-terminal region in microtubule stabilization revealed by new endogenous truncated forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Derisbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Leghay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Chiappetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), </w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep09659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A geographical cluster of progressive supranuclear palsy in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence I Golbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (15), pp.1293-1300. </w:t></w:r><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000001997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Tau protein expression is associated with frontotemporal degeneration with progranulin mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Papegaey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0345-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01346896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear magnetic resonance spectroscopy characterization of interaction of Tau with DNA and its regulation by phosphorylation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoling Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Cantrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (7), pp.1525-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefibrillar Tau oligomers alter the nucleic acid protective function of Tau in hippocampal neurons in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meliza Sendid Chouala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82, pp.540-551. </w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2015.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Nervous System and Peripheral Inflammatory Processes in Alzheimer’s Disease: Biomarker Profiling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Moulinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Boulanghien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fneur.2015.00181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Monoclonal Antibody Generation Based on Humanized Yeast Models: IMPACT ON TAU OLIGOMERIZATION AND DIAGNOSTICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Rosseels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeff van den Brande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grognet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 290 (7), pp.4059-4074. </w:t></w:r><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M114.627919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dementia beyond 2025: knowledge and uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Ariel Kenigsberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aquino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The FK506-binding protein FKBP52 in vitro induces aggregation of truncated Tau forms with prion-like behavior.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Giustiniani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Guillemeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Dounane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Sardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Huvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Epub ahead of print</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A major role for Tau in neuronal DNA and RNA protection in vivo under physiological and hyperthermic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (2), pp.350-358. </w:t></w:r><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2014.00084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04532387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma β-amyloid and MRI markers of cerebral small vessel disease: Three-City Dijon study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Kaffashian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Tzourio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Soumaré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Dufouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yicheng Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 83 (22), pp.2038-45. </w:t></w:r><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000001038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PTU-induced hypothyroidism in rats leads to several early neuropathological signs of Alzheimer's disease in the hippocampus and spatial memory impairments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chaalal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseline Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Le Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hippocampus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (11), pp.1381-93. </w:t></w:r><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hipo.22319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuron-to-neuron wild-type Tau protein transfer through a trans-synaptic mechanism: Relevance to sporadic tauopathies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Lécolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Zommer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2051-5960-2-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00945726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMEM240 mutations cause spinocerebellar ataxia 21 with mental retardation and severe cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delplanque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 137 (10), pp.2657-2663. </w:t></w:r><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awu202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03017555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau pathology modulates Pin1 post-translational modifications and may be relevant as biomarker.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunie Ando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dourlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bretteville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bélarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiol Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34 (3), pp.757-69. </w:t></w:r><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00765859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myotonic dystrophy CTG expansion affects synaptic vesicle proteins, neurotransmission and mouse behaviour.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Hernández-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Guiraud-Dogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Sicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Luilier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 136 (Pt 3), pp.957-70. </w:t></w:r><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/aws367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00795195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ectosomes: a new mechanism for non-exosomal secretion of tau protein.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Lachaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (6), pp.e100760. </w:t></w:r><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0100760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MBNL1 gene variants as modifiers of disease severity in myotonic dystrophy type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 260 (4), pp.998-1003. </w:t></w:r><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00415-012-6740-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Amyloid-β Levels and Prognosis in Incident Dementia Cases of the 3-City Study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Delva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (2), pp.381-91. </w:t></w:r><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-2012-121147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00777823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting phospho-Ser422 by active Tau Immunotherapy in the THYTau22 mouse model: a suitable therapeutic approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëticia Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curr Alzheimer Res</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.397-405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00664452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide haplotype association study identifies the FRMD4A gene as a risk locus for Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grenier-Boley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denise Harold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Zelenika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18, pp.521-521. </w:t></w:r><w:hyperlink r:id="rId901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/mp.2012.75⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Exonic Regions Involved in Nuclear Localization, Splicing Activity, and Dimerization of Muscleblind-like-1 Isoforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemercier-Neuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vautrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 286 (18), pp.16435 - 16446. </w:t></w:r><w:hyperlink r:id="rId907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M110.194928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mis-splicing of Tau exon 10 in myotonic dystrophy type I is reproduced by overexpression of CELF2 but not by MBNL1 silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-L. Frandemiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbadis.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId915" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between IgM Anti-Herpes Simplex Virus and Plasma Amyloid-Beta Levels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Féart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Helmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Béjot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Ritchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (12), pp.e29480. </w:t></w:r><w:hyperlink r:id="rId921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0029480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00657059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filamin-A and Myosin VI colocalize with fibrillary Tau protein in Alzheimer's disease and FTDP-17 brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Feuillette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Laquérriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Bernadette Delisle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1345, pp.182-189. </w:t></w:r><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2010.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR spectroscopy of the neuronal tau protein: normal function and implication in Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Landrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Huvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laziza Amniai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical Society Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (4), pp.1006-11. </w:t></w:r><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1042/BST0381006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les acteurs moléculaires de la pathologie Alzheimer permettent de comprendre la démence ? Quelles conséquences diagnostiques et thérapeutiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Buée-Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Caillet-Boudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternative and Complementary Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (5), pp.401-407. </w:t></w:r><w:hyperlink r:id="rId937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2515/therapie/2010054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId939" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Tau pathology involving the septo-hippocampal pathway in a Tau transgenic model: relevance to Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Schindowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (2), pp.152-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00375282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Fundamental data on the pathologies amyloid and Tau in Alzheimer's disease: which therapeutic perspectives?]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Checler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 67 (2), pp.136-53. </w:t></w:r><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2009.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau as a biomarker of neurodegenerative diseases.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomarkers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (4), pp.363-84. </w:t></w:r><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2217/17520363.2.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00375314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overexpression of MBNL1 fetal isoforms and modified splicing of Tau in the DM1 brain: two individual consequences of CUG trinucleotide repeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 210 (2), pp.467-478. </w:t></w:r><w:hyperlink r:id="rId950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expneurol.2007.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pin1 allows for differential Tau dephosphorylation in neuronal cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dourlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bretteville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32, pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the natively unfolded neuronal Tau protein by solution NMR spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Wieruszeski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protein and Peptide Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13, pp.235-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Molecular Function of PIN1 by Nuclear Magnetic Resonance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Landrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Wieruszeski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Wintjens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Protein and Peptide Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.179-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of amyloid precursor carboxy-terminal fragments enhances their processing by a gamma-secretase-dependent mechanism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gompel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Begard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Drobecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 20, pp.625-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translational exploration of dynamic functional connectivity changes in Alzheimer’s disease patients and Thy-Tau22 mice at the prodromal stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléna Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Annual Meeting ISMRM-ESMRMB and ISMRT 31st Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prodromal changes in hippocampal functional connectivity in AD patients and Thy-tau22 mice: a translational exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléna Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Karatas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's disease and Parkinson's disease conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P1‐129: CSF AD BIOMARKERS IN MEMORY CLINIC PATIENTS: THE EP.L.M.FR STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Alzheimer's Imaging Consortium (IC): IC-02: Preclinical Alzheimer's Disease and Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.05.366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05348160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId974" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opposite effects of neuronal and glial A2A receptors on glutamatergic synapse remodeling during synaptogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pressey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Louboutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Russeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Montmasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId980" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal adenosine A2A receptor overexpression exacerbates Tau-related memory deficits in a model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Temido-Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId982" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontotemporal lobar degenerations, RNAopathy leading to proteinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Anquetil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Camuzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de La Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAIC 2017 - Alzheimer's Association International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Londres, United Kingdom. 13 (7), 2017, </w:t></w:r><w:hyperlink r:id="rId988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2017.06.1982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau, Diabetes and Insulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-287, 2019, </w:t></w:r><w:hyperlink r:id="rId990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Connections Between Tau and Nucleic Acids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliette Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.135-143, 2019, </w:t></w:r><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myotonic Dystrophy: an RNA Toxic Gain of Function Tauopathy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Caillet-Boudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.207-216, 2019, </w:t></w:r><w:hyperlink r:id="rId996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vivo Hyperthermic Stress Model: An Easy Tool to Study the Effects of Oxidative Stress on Neuronal Tau Functionality in Mouse Brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods Mol Biol.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.369-373, 2017, </w:t></w:r><w:hyperlink r:id="rId998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-6598-4_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenosine and Alzheimer’s Disease : A Possible Epigenetic Link</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Sandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bousiges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Flaten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Homeostatic Control of Brain Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press; Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.453-480, 2015, 978-0-19-932229-9. </w:t></w:r><w:hyperlink r:id="rId1004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/med/9780199322299.003.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODS FOR DECREASING THERAPEUTIC ACQUIRED RESISTANCE TO CHEMOTHERAPY AND/OR RADIOTHERAPY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2024133723A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04866167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODS FOR IMPROVING THE EFFICACY OF HDAC INHIBITOR THERAPY AND PREDICTING THE RESPONSE TO TREATMENT WITH HDAC INHIBITOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023041805A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04532560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1008" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AETA peptide drives Alzheimer’s disease signature of synapse dysfunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Dunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Gandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Truchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Pirro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1014" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phospho-Tau signature during mitosis: AT8, p-T217 and p-S422 as key phosphoepitopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1018" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy of selection and optimization of single domain antibodies targeting the PHF6 linear peptide within the Tau intrinsically disordered protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Mortelecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Marine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Cantrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1020" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A β-secretase modulator decreases Tau pathology and preserves short-term memory in a mouse model of neurofibrillary degeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of Tau seeding by targeting Tau nucleation core within neurons with a single domain antibody fragment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie d'Alzheimer : enjeux scientifiques, médicaux et sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Amieva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1026" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Checler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut national de la santé et de la recherche médicale(INSERM). 2007, XV - 654 p., illustrations, figures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId1027"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:140.14598540146px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc BUEE </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Directeur de Recherche au CNRS - Directeur du laboratoire LilNCog Lille Neuroscience & Cognition Inserm U1172</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-buee</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-6261-4230</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">075014068</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ResearcherID : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">http://www.researcherid.com/rid/B-3126-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Buée est directeur de recherche au CNRS et directeur du Centre de recherche Inserm Neurosciences & Cognition de Lille à l'Université de Lille, en France. Son laboratoire, situé sur le campus du centre hospitalo-universitaire de Lille, appartient au Centre d'excellence de Lille sur les troubles neurodégénératifs (LiCEND).</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Luc Buée travaille sur la maladie d'Alzheimer et les troubles apparentés depuis plus de trente ans (&amp;gt;350 articles dans Pubmed). Il a commencé ses travaux sur le rôle des protéoglycanes dans la maladie d'Alzheimer pendant sa formation doctorale au Mount Sinai Medical Center, à New York. Il a réalisé certaines des observations neuropathologiques pionnières sur les anomalies microvasculaires dans les troubles neurodégénératifs. Il a participé à la caractérisation biochimique initiale des agrégats de tau dans certaines maladies neurodégénératives (le code-barre des tauopathies). Il a ensuite développé des modèles expérimentaux pour mieux comprendre le rôle des modifications post-traductionnelles dans l'agrégation et la sécrétion de la protéine tau. Ces modèles expérimentaux sont aujourd'hui largement utilisés pour évaluer les stratégies thérapeutiques contre les tauopathies (immunothérapie, petites molécules, thérapies non médicamenteuses...). Avec son équipe, il a également découvert de nombreuses fonctions non microtubulaires de la protéine tau. Il travaille actuellement sur les conséquences physiopathologiques de la dégénérescence neurofibrillaire et leurs liens avec la pathologie amyloïde et l'inflammation dans la maladie d'Alzheimer. Son groupe a participé/participe à différents consortiums nationaux & internationaux.</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (192)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal Astrocyte Morphology Follows an Unexpected Trajectory With Age in a Transgenic Rodent Model of Tauopathy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emma Augustin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatiana Vinasco-Sandoval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miriam Riquelme-Perez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Plassard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gaudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Glia, 73 (7), pp.1502-1519. </w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.70019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043661v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal transcriptomic changes in the THY-Tau22 mouse model of tauopathy display cell type- and sex-specific differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. P. Lunkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sciortino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. H. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Acta Neuropathol. Commun., 13, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-025-02013-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of tau neuronal internalization using anti-tau single domain antibodies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clement Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Bouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Denéchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Nat Commun, 16, pp.3162. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41467-025-58383-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05043654v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Insights into pathophysiology, biomarkers, and therapeutics in tauopathies: Proceedings of the Tau2024 Global Conference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Frost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. B. Rowe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. O. Akinyemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. F. Abisambra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. J. Ashton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association, 21 (5), pp.e70078. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.70078⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05237376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein kinase R induced by type I interferons is a main regulator of reactive microglia in Zika virus infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Bortolin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurine Conquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetano Calcagno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 73 (1), pp.80-104. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.24619⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04798761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hampered AMPK-ULK1 cascade in Alzheimer's disease (AD) instigates mitochondria dysfunctions and AD-related alterations which are alleviated by metformin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Barale</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Eysert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Valverde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lacas-Gervais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's Research and Therapy, 17 (127), </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01772-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05248286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sex-dependent effects of maternal high-fat diet during lactation in the offspring of adult THY-Tau22 mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Pelletier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Soulaimane Aboulouard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain : a journal of neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Brain, pp.awaf417. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awaf417⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Platelet concentrate-derived extracellular vesicles promote adult hippocampal neurogenesis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariunjargal Nyamerdene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nhi Thao Ngoc Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomaterials</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Biomaterials, 328, pp.123838. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.biomaterials.2025.123838⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383375v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Upregulation of adenosine A&amp;lt;sub&amp;gt;2A&amp;lt;/sub&amp;gt; receptor in astrocytes is sufficient to trigger hippocampal multicellular dysfunctions and memory deficits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Athénais Genin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Nobili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 30 (11), pp.5300-5314. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-025-03115-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05213296v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anti-tau VHH therapy against PHF6: a safe approach to slowing the phenotype of tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Leboullenger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Besegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 17 (1), pp.221. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01823-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05349800v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Protein fingerprints of brain-derived extracellular vesicles predict types of tau pathology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's Research and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Alzheimer's Research and Therapy, 17, pp.223. </w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13195-025-01865-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05372245v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced synaptic vesicle protein 2A in extracellular vesicles and brains of Alzheimer's disease: associations with Aβ, tau, synaptic proteins and APOE ε4.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jana Nussbaumer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Barve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Kirabali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Translational Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Translational Neurodegeneration, 14, pp.48. </w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40035-025-00508-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05315622v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The free plasma amyloid Aβ1–42/Aβ1–40 ratio predicts conversion to dementia for subjects with mild cognitive impairment with performance equivalent to that of the total plasma Aβ1–42/Aβ1–40 ratio. The BALTAZAR study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Duhamel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. S. Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassima Ramdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vaudran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 193, pp.106459. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106459⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dipyridamole Ameliorates Memory Impairment and Increases Hippocampal Calbindin Expression in Niemann Pick C1 Mice.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Gaddini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentina Chiodi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Matteucci</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zaira Boussadia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Neuroscience Research, 102, pp.e70011. </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jnr.70011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04942797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A selection and optimization strategy for single-domain antibodies targeting the PHF6 linear peptide within the Tau intrinsically disordered protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Mortelecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. C. Simões</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lea El Hajjar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Biological Chemistry, 300 (4), pp.107163. </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jbc.2024.107163⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reply to: Questioning the cycad theory of Kii ALS-PDC causation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Menšíková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rosales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Colosimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Lannuzel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Nature Reviews Neurology, 20, pp.195-196. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-024-00938-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau, synapse loss and gliosis progress in an Alzheimer's mouse model after amyloid-β immunotherapy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. A. Welikovitch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Mate de Gerando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Khasnavis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Bhavsar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Meltzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain : a journal of neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain, </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awae345⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04977490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaping the future of preclinical development of successful disease-modifying drugs against Alzheimer's disease: a systematic review of tau propagation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Basheer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Smolek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. K. Muhammadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Acta Neuropathologica Communications, 12 (1), pp.52. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-024-01748-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dysregulated expression of cholesterol biosynthetic genes in Alzheimer's disease alters epigenomic signatures of hippocampal neurons</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Seguin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iris Grgurina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Akash Kumar Singh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 198, pp.106538. </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clinical value of plasma ALZpath pTau217 immunoassay for assessing mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology, Neurosurgery and Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Neurology, Neurosurgery and Psychiatry, 95 (11), pp.1046-1053. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/jnnp-2024-333467⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The amyloid precursor protein and its derived fragments concomitantly contribute to the alterations of mitochondrial transport machinery in Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Vaillant-Beuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Eysert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Duval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. F. Kinoshita</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Pardossi-Piquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Death and Disease, 15, pp.367. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41419-024-06742-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04686736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Galectin-3 aggravates microglial activation and tau transmission in tauopathy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jian Jing Siew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hui-Mei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Feng-Lan Chiu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Wei Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yao-Ming Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, The Journal of clinical investigation, 134, </w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI165523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04835444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of the therapeutic correction of U1 snRNP complex on Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caio Bruno Q. S. Leal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camila G. M. Zimmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa V. C. Sinatti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ericks S. Soares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Britt Poppe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Scientific Reports, 14, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-024-81687-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04956606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proteomics of human platelet lysates and insight from animal studies on platelet protein diffusion to hippocampus upon intranasal administration.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. T. N. Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. L. Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. T. Chien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">APL Bioengineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, APL Bioengineering, 8, pp.026111. </w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1063/5.0196553⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuroprotective effects of intranasal extracellular vesicles from human platelet concentrates supernatants in traumatic brain injury and Parkinson's disease models.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nhi Thao Ngoc Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Timmerman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deng-Yao Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Journal of Biomedical Science, 31, </w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12929-024-01072-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04976607v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal A2A receptor exacerbates synapse loss and memory deficits in APP/PS1 mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agathe Launay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaëlle Burgard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain - A Journal of Neurology, 147 (8), pp.2691-2705. </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awae113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684882v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell redistribution of G quadruplex-structured DNA is associated with morphological changes of nuclei and nucleoli in neurons during tau pathology progression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Pathology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Brain Pathology, pp.e13262. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bpa.13262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04685000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single cell transcriptome analysis of the THY-Tau22 mouse model of Alzheimer's disease reveals sex-dependent dysregulations.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Ali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. P. Lunkes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Sciortino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death Discovery</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Death Discovery, 10 (1), pp.119. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41420-024-01885-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04595341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel avenues of tau research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. E. Sexton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bitan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. R. Bowles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brys</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association, 20 (3), pp.2240-2261. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.13533⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine consumption outcomes on amyotrophic lateral sclerosis disease progression and cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violette Delforge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Cailliau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Djeziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Neurobiology of Disease, 199, pp.106603. </w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2024.106603⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clarifying the association of CSF Aβ, tau, BACE1, and neurogranin with AT(N) stages in Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 19 (1), pp.66. </w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-024-00755-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04799669v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurofibrillary tangle-bearing neurons have reduced risk of cell death in mice with Alzheimer's pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. J. Zwang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. D. Sastre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Wolf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Ruiz-Uribe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Woost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Cell Reports, 43 (8), pp.114574. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2024.114574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FTLD-MAPT mutations and short 5′UTR Tau mRNAs increase Tau translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo J da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Perret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NAR Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 1 (4), </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/narmme/ugae023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04909340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aggregate-selective removal of pathological tau via clustering-activated degraders</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jonathan Benn</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shi Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Keeling</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annabel Smith</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marina Vaysburd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 385 (6712), pp.1009-1016. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.adp5186⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04745023v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision proteoform design for 4R tau isoform selective templated aggregation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. P. Longhini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dubose</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Lobo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Vijayan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Bai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the National Academy of Sciences of the United States of America</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, Proceedings of the National Academy of Sciences of the United States of America, 121 (15), pp.e2320456121. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1073/pnas.2320456121⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Glial reactivity and T cell infiltration in frontotemporal lobar degeneration with tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iain Hartnell</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Declan Woodhouse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Jasper</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luke Mason</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pavan Marwaha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, pp.awad309. </w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awad309⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer Cells Upregulate Tau to Gain Resistance to DNA Damaging Agents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Denecha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adriaenssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 15 (1), pp.116. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cancers15010116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03985380v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Electropolymerization processing of side-chain engineered EDOT for high performance microelectrode arrays</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Daher Mansour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Najami Ghodhbane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biosensors and Bioelectronics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 237, pp.115538. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bios.2023.115538⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04182196v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Endemic parkinsonism: clusters, biology and clinical features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">K. Menšíková</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. C. Steele</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Rosales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Colosimo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Spencer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Reviews Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Nature Reviews Neurology, </w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41582-023-00866-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684401v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Transfer via Extracellular Vesicles Disturbs the Astrocytic Mitochondrial System</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valentin Zufferey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enea Parietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeanne Espourteille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cells</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 12 (7), pp.985. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cells12070985⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Polyaminobiaryl-Based β-secretase Modulator Alleviates Cognitive Impairments, Amyloid Load, Astrogliosis, and Neuroinflammation in APPSwe/PSEN1ΔE9 Mice Model of Amyloid Pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal El Bakali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (6), pp.5285. </w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24065285⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345588v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Precision of neuronal localization in 2D cell cultures by using high-performance electropolymerized microelectrode arrays correlated with optical imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mahdi Ghazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Scholaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corentin Dumortier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Physics &amp; Engineering Express</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 9 (3), pp.035016. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1088/2057-1976/acb93e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03999001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efficacy of lanreotide 120 mg primary therapy on tumor shrinkage and ophthalmologic symptoms in acromegaly after one month.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Vernotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gustavo Soto-Ares</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. P. Woillez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Jannin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Clinical Endocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Clinical Endocrinology, </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/cen.14748⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04430922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining reference ranges for serum anti-Müllerian hormone (AMH) on a large cohort of normozoospermic adult men.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Barbotin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Leroy-Billiard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Prasivoravong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Marcelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, The Journal of clinical endocrinology &amp; metabolism, 107 (7), p. 1878-1887. </w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1210/clinem/dgac218⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04450259v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine intake exerts dual genome-wide effects on hippocampal metabolism and learning-dependent transcription</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Meriaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lauranne Poncelet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 132 (12), </w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI149371⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Amyloid Beta Predicts Conversion to Dementia in Subjects with Mild Cognitive Impairment: The BALTAZAR Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Allinquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 18, pp.2537-2550. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12613⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03719721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mammalian Brain Ca2+ Channel Activity Transplanted into Xenopus laevis Oocytes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Humez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Membranes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 12 (5), pp.496. </w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/membranes12050496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reversal of RNA toxicity in myotonic dystrophy via a decoy RNA-binding protein with high affinity for expanded CUG repeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludovic Arandel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Magdalena Matloka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud F Klein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Rau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 6 (2), pp.207-220. </w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41551-021-00838-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03830811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Istradefylline protects from cisplatin-induced nephrotoxicity and peripheral neuropathy while preserving cisplatin antitumor effects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edmone Dewaeles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandy Fellah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jaewon Sim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nihad Boukrout</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Journal of clinical investigation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 132 (22), pp.e152924. </w:t></w:r><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1172/JCI152924⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03865945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Microtube Array Membrane Encapsulated Cell Therapy: A Novel Platform Technology Solution for Treatment of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shu-Mei Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tsung-Chin Hsu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chee-Ho Chew</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wan-Ting Huang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amanda Lin Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (12), pp.6855. </w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms23126855⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03704677v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Calpain-2 Mediates MBNL2 Degradation and a Developmental RNA Processing Program in Neurodegeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lee-Hsin Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Mei Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, pp.JN-RM-2006-21. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1523/JNEUROSCI.2006-21.2022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Can the administration of platelet lysates to the brain help treat neurological disorders?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Burnouf</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cellular and Molecular Life Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 79 (7), pp.379. </w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00018-022-04397-w⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04237892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau mRNA Metabolism in Neurodegenerative Diseases: A Tangle Journey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paulo da Costa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Franck Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedicines</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10 (2), pp.241. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/biomedicines10020241⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03599343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of chronic doxycycline treatment in the APP/PS1 mouse model of Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bryan Thiroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Besegher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 209, pp.108999. </w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.108999⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impaired Glucose Homeostasis in a Tau Knock-In Mouse Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarra Kraiem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Courty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Bourouh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15, pp.841892. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2022.841892⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early-Life Environment Influence on Late-Onset Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Gauvrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 10, pp.834661. </w:t></w:r><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2022.834661⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marine Denechaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Adriaenssens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cancers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 15 (1), pp.116. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/cancers15010116⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04488614v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Discovery of Compounds That Selectively Repress the Amyloidogenic Processing of the Amyloid Precursor Protein: Design, Synthesis and Pharmacological Evaluation of Diphenylpyrazoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Mesangeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 23 (21), pp.13111. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms232113111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of Tau seeding by targeting Tau nucleation core within neurons with a single domain antibody fragment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2022.01.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03543108v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Functional Analyses of Two Novel LRRK2 Pathogenic Variants in Familial Parkinson's Disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ilda Coku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eugénie Mutez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Marchand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.29124⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03703786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GnRH replacement rescues cognition in Down syndrome</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Manfredi-Lozano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Leysen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michela Adamo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Rovera</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 377 (6610), pp.eabq4515. </w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1126/science.abq4515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03841247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extracellular vesicles: major actors of heterogeneity in tau spreading among human tauopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Richetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.S1525-0016(21)00475-5. </w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ymthe.2021.09.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03356237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">THY-Tau22 mouse model accumulates more tauopathy at late stage of the disease in response to microglia deactivation through TREM2 deficiency</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vautheny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Duwat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwennaëlle Aurégan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Joséphine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Hérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 155, pp.105398. </w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2021.105398⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transmission of amyloid-beta and tau pathologies is associated with cognitive impairments in a primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Hérard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susana Boluda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.165. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-021-01266-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03388548v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">IL-17 triggers the onset of cognitive and synaptic deficits in early stages of Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helena Brigas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Ribeiro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 36 (9), pp.109574. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.celrep.2021.109574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Stabilizes Chromatin Compaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Comptdaer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Magnez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cell and Developmental Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9, pp.740550. </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcell.2021.740550⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03429442v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A ß-Secretase Modulator Decreases Tau Pathology and Preserves Short-Term Memory in a Mouse Model of Neurofibrillary Degeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jamal El Bakali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Pharmacology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, pp.679335. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fphar.2021.679335⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vésicules extracellulaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Élodie Leroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 37 (12), pp.1133-1138. </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2021205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03498228v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human platelet lysate biotherapy for traumatic brain injury: preclinical assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.awab205. </w:t></w:r><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awab205⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Equilibrative nucleoside transporter 1 inhibition rescues energy dysfunction and pathology in a model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Pang Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ya-Gin Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pei-Yun Chuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thi Ngoc Anh Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kuo-Chen Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (1), pp.112. </w:t></w:r><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-021-01213-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366697v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P2X7-deficiency improves plasticity and cognitive abilities in a mouse model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélia Ces</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Sarrazin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lagouge-Roussey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Progress in Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 206, pp.102139. </w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pneurobio.2021.102139⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366671v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization and Chromatographic Isolation of Platelet Extracellular Vesicles from Human Platelet Lysates for Applications in Neuroregenerative Medicine</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ariunjargal Nyam-Erdene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liling Delila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Biomaterials Science and Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 7 (12), pp.5823-5835. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acsbiomaterials.1c01226⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03699377v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Current directions in tau research: Highlights from Tau 2020</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Sexton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heather Snyder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Beher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adam Boxer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pat Brannelly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Online ahead of print. </w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12452⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03357428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low impedance and highly transparent microelectrode arrays (MEA) for in vitro neuron electrical activity probing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Halliez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Begard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensors and Actuators B: Chemical</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 327, pp.128895. </w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.snb.2020.128895⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03094481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma amyloid β levels are driven by genetic variants near APOE, BACE1, APP, PSEN2: A genome-wide association study in over 12,000 non-demented participants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Damotte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sven J. van Der Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grenier-Boley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeannette Simino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, inPress, </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/alz.12333⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03278043v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Novel Alzheimer risk genes determine the microglia response to amyloid‐β but not to TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renzo Mancuso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Fattorelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicola Thrupp</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, pp.e10606. </w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/emmm.201910606⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02450349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal tau oligomerization early in tau pathology coincides with a transient alteration of mitochondrial homeostasis and DNA repair in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Akbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Reynaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-020-00896-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Tau Antibody Detecting the First Amino-Terminal Insert Reveals Conformational Differences Among Tau Isoforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joke Verelst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nick Geukens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dorien Vliegen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elien de Smidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Biosciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 7, pp.48. </w:t></w:r><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fmolb.2020.00048⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau accumulation in astrocytes of the dentate gyrus induces neuronal dysfunction and memory deficits in Alzheimer’s disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Richetin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Steullet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Pachoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Perbet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enea Parietti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 23 (12), pp.1567-1579. </w:t></w:r><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41593-020-00728-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03366740v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Correction to: Gel Electrophoresis of Human Sperm: A Simple Method for Evaluating Sperm Protein Quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Sigala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Duban-Deweer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Basic and clinical andrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 30, pp.4. </w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12610-020-00102-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05149844v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain network remodelling reflects tau-related pathology prior to memory deficits in Thy-Tau22 mice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laetitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Karatas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Lamy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awaa312⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03086057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal tau oligomerization early in tau pathology coincides with a transient alteration of mitochondrial homeostasis and DNA repair in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jin Zheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mansour Akbari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Schirmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Line Reynaert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 8 (1), pp.25. </w:t></w:r><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-020-00896-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronic Sodium Selenate Treatment Restores Deficits in Cognition and Synaptic Plasticity in a Murine Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ann van Der Jeugd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 13, pp.570223. </w:t></w:r><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2020.570223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02999926v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The TMEM240 Protein, Mutated in SCA21, Is Expressed in Purkinje Cells and Synaptic Terminals</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Loyens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Cerebellum</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, Ahead of print. </w:t></w:r><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12311-020-01112-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02463227v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hyperexcitability and seizures in the THY-Tau22 mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Sandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Ferry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Parrot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.265-270. </w:t></w:r><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2020.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03065490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heat-treated human platelet pellet lysate modulates microglia activation, favors wound healing and promotes neuronal differentiation in vitro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Wen Wu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Folke Knutson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Platelets</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 1, pp.1-12. </w:t></w:r><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09537104.2020.1732324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541219v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau hyperphosphorylation induced by the anesthetic agent ketamine/xylazine involved the calmodulin‐dependent protein kinase II</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Hector</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Mcanulty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude‐éloïse Piché‐lemieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Alves‐pires</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Buée‐scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 34 (2), pp.2968-2977. </w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1096/fj.201902135R⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03335111v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Accumulation of amyloid precursor protein C-terminal fragments triggers mitochondrial structure, function, and mitophagy defects in Alzheimer's disease models and human brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loan Vaillant-Beuchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Mary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Pardossi-Piquard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Bourgeois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inger Lauritzen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00401-020-02234-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03001496v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Encephalopathy induced by Alzheimer brain inoculation in a non-human primate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Gary</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suzanne Lam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Sophie Herard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">James E Koch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), </w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0771-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02391937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Single Domain Antibody Fragments as New Tools for the Detection of Neuronal Tau Protein in Cells and in Mice Studies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Hanoulle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (9), pp.3997-4006. </w:t></w:r><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acschemneuro.9b00217⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02337161v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A walk through tau therapeutic strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Santosh Jadhav</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Schöll</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabor Kovacs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enikö Kövari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.22. </w:t></w:r><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0664-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895675v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal AMP-activated protein kinase hyper-activation induces synaptic loss by an autophagy-mediated process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Domise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sauvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillerez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10 (3), pp.221. </w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41419-019-1464-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348480v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The neuroprotective activity of heat-treated human platelet lysate biomaterials manufactured from outdated pathogen-reduced (amotosalen/UVA) platelet concentrates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ouada Nebie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lassina Barro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Devedjian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 26 (1), pp.89. </w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12929-019-0579-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350063v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau- but not Aß -pathology enhances NMDAR-dependent depotentiation in AD-mouse models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enrico Faldini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Detlef Balschun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), pp.202. </w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0813-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clustering of Tau fibrils impairs the synaptic composition of $\alpha$3‐Na$^+$/K$^+$‐ATP ase and AMPA receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amulya Nidhi Shrivastava</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Redeker</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Pieri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marianne Renner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 38 (3), pp.e99871. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/embj.201899871⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02279806v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain insulin response and peripheral metabolic changes in a Tau transgenic mouse model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Raison</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 125, pp.14-22. </w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2019.01.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350072v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NLRP3 inflammasome activation drives tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christina Ising</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carmen Venegas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shuangshuang Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hannah Scheiblich</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Schmidt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nature</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 575 (7784), pp.669-673. </w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41586-019-1769-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02413609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From the prion-like propagation hypothesis to therapeutic strategies of anti-tau immunotherapy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Morvane Colin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Meno-Tetang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Epub ahead of print. </w:t></w:r><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00401-019-02087-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exacerbation of C1q dysregulation, synaptic loss and memory deficits in tau pathology linked to neuronal adenosine A2A receptor</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142 (11), pp.3636-3654. </w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz288⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350065v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neurogenetics of the Human Adenosine Receptor Genes: Genetic Structures and Involvement in Brain Diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mégane Homa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Caffeine and Adenosine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (3), pp.73-88. </w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/caff.2019.0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine Consumption During Pregnancy Accelerates the Development of Cognitive Deficits in Offspring in a Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Zappettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.438. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2019.00438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A2A R‐induced transcriptional deregulation in astrocytes: An in vitro study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabel Paiva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia R. Santos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Angeliki S. Pavlou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Glia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 67 (12), pp.2329-2342. </w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/glia.23688⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350068v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New piperazine multi-effect drugs prevent neurofibrillary degeneration and amyloid deposition, and preserve memory in animal models of Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 129, p.217-233. </w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2019.03.028⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of tau seeding and propagation by immunotherapy with a central tau epitope antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Albert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Mairet-Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 142 (6), pp.1736-1750. </w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awz100⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02348408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The elusive tau molecular structures: can we translate the recent breakthroughs into new targets for intervention?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Fichou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youssra K Al-Hilaly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Devred</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philipp O Tsvetkov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 7 (1), </w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-019-0682-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02055894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caffeine Consumption During Pregnancy Accelerates the Development of Cognitive Deficits in Offspring in a Model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stefania Zappettini</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Ghestem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 13, pp.438. </w:t></w:r><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2019.00438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Somatostatin and Neuropeptide Y in Cerebrospinal Fluid: Correlations With Amyloid Peptides Aβ1–42 and Tau Proteins in Elderly Patients With Mild Cognitive Impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Duron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Grousselle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Aging Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10, pp.297. </w:t></w:r><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnagi.2018.00297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02313963v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of neuronal miRNAs induced by amyloid-β or TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Salta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Vanden Eynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsuzsanna Callaerts-Vegh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-018-0285-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350076v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beneficial Effect of a Selective Adenosine A2A Receptor Antagonist in the APPswe/PS1dE9 Mouse Model of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katja Zornbach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enas Malik</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Younis Baqi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 11, pp.235. </w:t></w:r><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnmol.2018.00235⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relation mutuelle entre Tau et signalisation centrale de l’insuline</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (11), pp.929-935. </w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2018238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01958478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenosine Augmentation Evoked by an ENT1 Inhibitor Improves Memory Impairment and Neuronal Plasticity in the APP/PS1 Mouse Model of Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chia-Chia Lee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ching-Pang Chang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chun-Jung Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hsing-Lin Lai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yu-Han Kao</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurobiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12035-018-1030-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deregulation of neuronal miRNAs induced by amyloid-β or TAU pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annerieke Sierksma</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ashley Lu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evgenia Salta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elke Vanden Eynden</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zsuzsanna Callaerts-Vegh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Neurodegeneration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 13 (1), pp.54. </w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13024-018-0285-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide identification of genic and intergenic neuronal DNA regions bound by Tau protein under physiological and stress conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Albaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Gentien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gky929⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02404215v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New phenylaniline derivatives as modulators of amyloid protein precursor metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bioorganic and Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 26 (8), pp.2151-2164. </w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bmc.2018.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060708v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Brain insulin signaling and Tau: impact for Alzheimer's disease and Tauopathies]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Benderradji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 34 (11), pp.929-935. </w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/2018238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma amyloid levels within the Alzheimer's process and correlations with central biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Hanon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Sébastien Vidal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Lehmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Allinquant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia: Diagnosis, Assessment &amp; Disease Monitoring</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 14 (7), pp.858-868. </w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2018.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02533144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amp-activated protein kinase controls immediate early genes expression following synaptic activation through the pka/creb pathway</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Sauve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Domise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudia Marinangeli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 19 (2), pp.3716. </w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms19123716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03922038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Age-related shift in LTD is dependent on neuronal adenosine A2A receptors interplay with mGluR5 and NMDA receptors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inês Marques-Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 25 (8), pp.1876-1900. </w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41380-018-0110-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution of the Endosomal-Lysosomal and Proteasomal Systems in Amyloid-β Precursor Protein Derived Fragments Processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Kieulen-Campard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Coevoet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Opsomer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernadette Tasiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.435. </w:t></w:r><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2018.00435⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060617v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potentiating tangle formation reduces acute toxicity of soluble tau species in the rat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie D’orange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Auregan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitri Cheramy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mylène Gaudin-Guérif</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sarah Lieger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 141 (2), pp.535-549. </w:t></w:r><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awx342⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">cea-02074052v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of Follow-Up in Patients with Core Clinical Criteria for Alzheimer Disease and Normal CSF Biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vercruysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delbeuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (7), pp.691-700. </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1567205015666180110113238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03630171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Adenosinergic Signaling: A Complex but Promising Therapeutic Target for Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.520. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2018.00520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02350079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau/DDX6 interaction increases microRNA activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Gilles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Spolcova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maggy Chwastyniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Gene Regulatory Mechanisms </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1861 (8), pp.762-772. </w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagrm.2018.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02251328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A phenotypic approach to the discovery of compounds that promote non-amyloidogenic processing of the amyloid precursor protein: Toward a new profile of indirect β-secretase inhibitors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Gay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Evrard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Carato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 159, pp.104-125. </w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2018.08.092⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04035729v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau and neuroinflammation: What impact for Alzheimer's Disease and Tauopathies?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 41 (1), pp.21 - 33. </w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bj.2018.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Different tau species lead to heterogeneous tau pathology propagation and misfolding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Lachaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Carrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 6 (1), pp.132. </w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-018-0637-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04895668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relevance of Follow-Up in Patients with Core Clinical Criteria for Alzheimer Disease and Normal CSF Biomarkers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Vercruysse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Paquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Delbeuck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 15 (7), pp.691 - 700. </w:t></w:r><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2174/1567205015666180110113238⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reinstating plasticity and memory in a tauopathy mouse model with an acetyltransferase activator</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Snehajyoti Chatterjee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaelle Cassel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Schneider‐anthony</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Mérienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Cosquer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMBO Molecular Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 10 (11), pp.e8587. </w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15252/emmm.201708587⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Adenosinergic Signaling: A Complex but Promising Therapeutic Target for Alzheimer’s Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Cellai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Carvalho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, pp.520. </w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fnins.2018.00520⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutual relationship between Tau and central insulin signalling: consequences for AD and Tauopathies ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuroendocrinology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, </w:t></w:r><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000487641⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833302v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Role of Adenosine Tone and Adenosine Receptors in Huntington's Disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId684" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yijuang Chern</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId685" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maria Rosaria Domenici</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chien-Yu Lin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Caffeine and Adenosine Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 8 (2), pp.43 - 58. </w:t></w:r><w:hyperlink r:id="rId686" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1089/caff.2018.0006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01930490v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrication of new transparent MEAs made from pure PEDOT:PSS and their optical/electrical properties for neurons' activity assessment in the frame of Alzheimer disease case study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna Susloparova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId688" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Coffinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId689" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Alibart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId690" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Thomy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId691" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Arscott</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12, </w:t></w:r><w:hyperlink r:id="rId692" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/conf.fncel.2018.38.00035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId687" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02350962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hippocampal T cell infiltration promotes neuroinflammation and cognitive decline in a mouse model of tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dorothee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId696" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Monnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 140 (1), pp.184 - 200. </w:t></w:r><w:hyperlink r:id="rId697" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/aww270⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId693" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833350v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Defining the human sperm microtubulome: an integrated genomics approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny Jumeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId699" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Chalmel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId700" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Celine Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId701" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Obriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biology of Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 96 (1), pp.93-106. </w:t></w:r><w:hyperlink r:id="rId702" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1095/biolreprod.116.143479⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId698" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01515563v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau deletion promotes brain insulin resistance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId704" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Marciniak</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Leboucher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Caron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Ahmed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Tailleux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 214 (8), pp.2257 - 2269. </w:t></w:r><w:hyperlink r:id="rId705" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1084/jem.20161731⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId703" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833342v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alternative promoter usage generates novel shorter MAPT mRNA transcripts in Alzheimer’s disease and progressive supranuclear palsy brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId708" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 7 (1), pp.12589. </w:t></w:r><w:hyperlink r:id="rId709" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41598-017-12955-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId706" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460428v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau et troubles cognitifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId694" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Dorothee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId695" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Hunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId711" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Delarasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Médecine/Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (10), pp.817 - 819. </w:t></w:r><w:hyperlink r:id="rId712" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1051/medsci/20173310002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId710" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chronically stressed or stress-preconditioned neurons fail to maintain stress granule assembly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId714" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tatyana Shelkovnikova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId715" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pasquale Dimasi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId716" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michail Kukharsky</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId717" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haiyan An</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId718" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annamaria Quintiero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell Death and Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 8 (5), pp.e2788. </w:t></w:r><w:hyperlink r:id="rId719" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/cddis.2017.199⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId713" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093247v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId720" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId722" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 5 (1), </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId726" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833336v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Tau protein affects the structure, transcription and repair of neuronal pericentromeric heterochromatin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zeyni Mansuroglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId728" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vasco Marcato</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6 (1), pp.33047. </w:t></w:r><w:hyperlink r:id="rId731" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep33047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId727" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increased tauopathy drives microglia-mediated clearance of beta-amyloid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId733" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wesley Chen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId734" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edsel Abud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId735" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephen Yeung</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId736" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anita Lakatos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId737" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trevor Nassi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), </w:t></w:r><w:hyperlink r:id="rId738" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0336-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId732" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential Mass Spectrometry Profiles of Tau Protein in the Cerebrospinal Fluid of Patients with Alzheimer’s Disease, Progressive Supranuclear Palsy, and Dementia with Lewy Bodies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (4), pp.1033 - 1043. </w:t></w:r><w:hyperlink r:id="rId743" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-150962⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId739" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842422v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EuroTau: towing scientists to tau without tautology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId745" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amrit Mudher</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId746" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Brion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jesus Avila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId747" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Miguel Medina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5 (1), pp.90. </w:t></w:r><w:hyperlink r:id="rId748" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0491-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId744" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01654097v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tunneling nanotube (TNT)-mediated neuron-to neuron transfer of pathological Tau protein assemblies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Bousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId750" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Coens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4 (1), pp.117. </w:t></w:r><w:hyperlink r:id="rId751" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0386-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId749" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01391925v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Protein Quantification in Human Cerebrospinal Fluid by Targeted Mass Spectrometry at High Sequence Coverage Provides Insights into Its Primary Structure Heterogeneity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId740" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Barthélemy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId742" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Fenaille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId741" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Hirtz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Proteome Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 15 (2), pp.667 - 676. </w:t></w:r><w:hyperlink r:id="rId753" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jproteome.5b01001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId752" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omics analysis of mouse brain models of human diseases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId755" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Paban</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId756" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Béatrice Loriod</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId757" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Villard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gene</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 600, pp.90 - 100. </w:t></w:r><w:hyperlink r:id="rId758" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gene.2016.11.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId754" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01433082v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAPT gene is differentially methylated in the progressive supranuclear palsy brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Movement Disorders</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 31 (12), pp.1883-1890. </w:t></w:r><w:hyperlink r:id="rId761" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mds.26820⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId762" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId759" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03015965v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The caffeine-binding adenosine A2A receptor induces age-like HPA-axis dysfunction by targeting glucocorticoid receptor function</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Valadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 6, pp.31493. </w:t></w:r><w:hyperlink r:id="rId765" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep31493⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId763" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01833352v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Atypical, non-standard functions of the microtubule associated Tau protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId721" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ioannis Sotiropoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId767" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana M. Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId723" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Efthimios Skoulakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId724" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanne Wegmann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 5 (1), pp.91. </w:t></w:r><w:hyperlink r:id="rId725" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-017-0489-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId766" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01654098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">mRNA Levels of ACh-Related Enzymes in the Hippocampus of THY-Tau22 Mouse: A Model of Human Tauopathy with No Signs of Motor Disturbance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joana Coelho</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId764" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Valadas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rui Gomes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Molecular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 58 (4), pp.411-415. </w:t></w:r><w:hyperlink r:id="rId769" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12031-015-0699-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId768" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541224v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cholesterol 24-hydroxylase defect is implicated in memory impairments associated with Alzheimer-like Tau pathology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId771" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Ayciriex</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId772" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Anne Burlot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId773" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérome Braudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId774" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristin Michaelsen-Preusse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId775" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Potier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Human Molecular Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 24 (21), pp.5965 - 5976. </w:t></w:r><w:hyperlink r:id="rId776" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/hmg/ddv268⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId770" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01779042v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma β-amyloid 40 levels are positively associated with mortality risks in the elderly.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId779" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Pays</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId780" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Rouaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's &amp; Dementia : the Journal of the Alzheimer's Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 11 (6), pp.672-80. </w:t></w:r><w:hyperlink r:id="rId781" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.04.515⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId777" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01024830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amyloid Precursor Protein (APP) Metabolites APP Intracellular Fragment (AICD), Aβ42, and Tau in Nuclear Roles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId783" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerhard Multhaup</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId784" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Otmar Huber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 290 (39), pp.23515-23522. </w:t></w:r><w:hyperlink r:id="rId785" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.R115.677211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId782" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093355v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association of plasma β-amyloid with MRI markers of structural brain aging the 3-City Dijon study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Kaffashian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Tzourio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Soumaré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Dufouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId791" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Mazoyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 36 (10), pp.2663-70. </w:t></w:r><w:hyperlink r:id="rId792" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2015.03.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId786" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01197138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloroquine and Chloroquinoline Derivatives as Models for the Design of Modulators of Amyloid Peptide Precursor Metabolism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId794" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patricia Melnyk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId795" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Burlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACS Chemical Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (4), pp.559-569. </w:t></w:r><w:hyperlink r:id="rId797" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/cn5003013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId793" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060814v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and synthesis of fused tetrahydroisoquinoline-iminoimidazolines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId799" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valeria Moas Heloire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Renault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vânia Batalha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId800" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angela Rincon Arias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId801" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Marchivie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Medicinal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 106, pp.15-25. </w:t></w:r><w:hyperlink r:id="rId802" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejmech.2015.10.030⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId798" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02060788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A geographical cluster of progressive supranuclear palsy in northern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId707" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique Caparros-Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId804" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lawrence I Golbe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId760" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude-Alain Maurage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 85 (15), pp.1293-1300. </w:t></w:r><w:hyperlink r:id="rId805" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000001997⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId803" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-02460488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Role of the Tau N-terminal region in microtubule stabilization revealed by new endogenous truncated forms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId807" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Derisbourg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId808" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coline Leghay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId809" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giovanni Chiappetta</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Reports</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 5 (1), </w:t></w:r><w:hyperlink r:id="rId810" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/srep09659⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId806" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01659458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reduced Tau protein expression is associated with frontotemporal degeneration with progranulin mutation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId812" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Papegaey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco-Jose Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId813" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Pantano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 4 (1), pp.74. </w:t></w:r><w:hyperlink r:id="rId814" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40478-016-0345-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId811" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01346896v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nuclear magnetic resonance spectroscopy characterization of interaction of Tau with DNA and its regulation by phosphorylation.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId816" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Haoling Qi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Cantrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Houda Benhelli-Mokrani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 54 (7), pp.1525-33</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId815" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau Monoclonal Antibody Generation Based on Humanized Yeast Models: IMPACT ON TAU OLIGOMERIZATION AND DIAGNOSTICS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId819" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joëlle Rosseels</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId820" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeff van den Brande</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId821" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Luce Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId822" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dirk Jacobs</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId823" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Grognet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 290 (7), pp.4059-4074. </w:t></w:r><w:hyperlink r:id="rId824" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M114.627919⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId818" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03210979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dementia beyond 2025: knowledge and uncertainties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId826" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Ariel Kenigsberg</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId827" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Aquino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId828" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Berard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId829" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Gzil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dementia</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId825" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01850019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Central Nervous System and Peripheral Inflammatory Processes in Alzheimer’s Disease: Biomarker Profiling Approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Constance Delaby</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId832" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amandine Moulinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId833" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Boulanghien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId834" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fneur.2015.00181⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId831" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01842469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prefibrillar Tau oligomers alter the nucleic acid protective function of Tau in hippocampal neurons in vivo</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId837" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meliza Sendid Chouala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 82, pp.540-551. </w:t></w:r><w:hyperlink r:id="rId838" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.nbd.2015.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId835" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The FK506-binding protein FKBP52 in vitro induces aggregation of truncated Tau forms with prion-like behavior.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId840" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Giustiniani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId841" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Guillemeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId842" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Omar Dounane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId843" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elodie Sardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Huvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FASEB Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Epub ahead of print</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId839" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01145979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A major role for Tau in neuronal DNA and RNA protection in vivo under physiological and hyperthermic conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId730" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Violet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meryem Tardivel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId729" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Sultan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8 (2), pp.350-358. </w:t></w:r><w:hyperlink r:id="rId846" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fncel.2014.00084⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId845" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04532387v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma β-amyloid and MRI markers of cerebral small vessel disease: Three-City Dijon study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId787" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sara Kaffashian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId788" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Tzourio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId789" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aïcha Soumaré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId790" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Dufouil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId848" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yicheng Zhu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 83 (22), pp.2038-45. </w:t></w:r><w:hyperlink r:id="rId849" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1212/WNL.0000000000001038⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId847" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01195583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PTU-induced hypothyroidism in rats leads to several early neuropathological signs of Alzheimer's disease in the hippocampus and spatial memory impairments.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId851" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amina Chaalal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId852" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roseline Poirier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId853" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Gillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId854" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Le Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hippocampus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 24 (11), pp.1381-93. </w:t></w:r><w:hyperlink r:id="rId855" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hipo.22319⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId856" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId850" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01165538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuron-to-neuron wild-type Tau protein transfer through a trans-synaptic mechanism: Relevance to sporadic tauopathies.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId858" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katia Lécolle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId859" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Zommer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Neuropathologica Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 2 (1), pp.14. </w:t></w:r><w:hyperlink r:id="rId860" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/2051-5960-2-14⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId857" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00945726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TMEM240 mutations cause spinocerebellar ataxia 21 with mental retardation and severe cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId862" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Delplanque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId863" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Genet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId864" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Sand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 137 (10), pp.2657-2663. </w:t></w:r><w:hyperlink r:id="rId865" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/awu202⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId861" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03017555v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myotonic dystrophy CTG expansion affects synaptic vesicle proteins, neurotransmission and mouse behaviour.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId867" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oscar Hernández-Hernández</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId868" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Guiraud-Dogan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId869" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Géraldine Sicot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId870" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aline Huguet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId871" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabrina Luilier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain - A Journal of Neurology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 136 (Pt 3), pp.957-70. </w:t></w:r><w:hyperlink r:id="rId872" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/brain/aws367⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId866" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00795195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau pathology modulates Pin1 post-translational modifications and may be relevant as biomarker.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId874" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kunie Ando</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dourlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bretteville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId878" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Bélarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiol Aging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 34 (3), pp.757-69. </w:t></w:r><w:hyperlink r:id="rId879" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.neurobiolaging.2012.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId880" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId873" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00765859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ectosomes: a new mechanism for non-exosomal secretion of tau protein.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simon Dujardin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédrick Lachaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 9 (6), pp.e100760. </w:t></w:r><w:hyperlink r:id="rId882" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0100760⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId881" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01181185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plasma Amyloid-β Levels and Prognosis in Incident Dementia Cases of the 3-City Study.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId884" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId778" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laure-Anne Gutierrez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId885" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fleur Delva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Alzheimer's Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 33 (2), pp.381-91. </w:t></w:r><w:hyperlink r:id="rId886" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/JAD-2012-121147⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId883" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00777823v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MBNL1 gene variants as modifiers of disease severity in myotonic dystrophy type 1</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Huin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId888" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francis Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId889" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Devos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 260 (4), pp.998-1003. </w:t></w:r><w:hyperlink r:id="rId890" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00415-012-6740-y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId891" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId887" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03555357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Targeting phospho-Ser422 by active Tau Immunotherapy in the THYTau22 mouse model: a suitable therapeutic approach.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId893" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëticia Troquier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Curr Alzheimer Res</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 9 (4), pp.397-405</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId892" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00664452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genome-wide haplotype association study identifies the FRMD4A gene as a risk locus for Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId897" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Charles Lambert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Grenier-Boley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId898" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denise Harold</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId899" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diana Zelenika</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chouraki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Psychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 18, pp.521-521. </w:t></w:r><w:hyperlink r:id="rId900" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/mp.2012.75⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId896" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00778632v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId901" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mis-splicing of Tau exon 10 in myotonic dystrophy type I is reproduced by overexpression of CELF2 but not by MBNL1 silencing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId902" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId903" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId904" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-L. Frandemiche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId905" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Carpentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId906" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Basis of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, </w:t></w:r><w:hyperlink r:id="rId907" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbadis.2011.03.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId901" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00694732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Exonic Regions Involved in Nuclear Localization, Splicing Activity, and Dimerization of Muscleblind-like-1 Isoforms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId910" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Gourrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId911" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Lemercier-Neuillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId912" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Vautrin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biological Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 286 (18), pp.16435 - 16446. </w:t></w:r><w:hyperlink r:id="rId913" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1074/jbc.M110.194928⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId908" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01738403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association between IgM Anti-Herpes Simplex Virus and Plasma Amyloid-Beta Levels.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId915" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Féart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId916" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Helmer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId917" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Fleury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId918" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Béjot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId919" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karen Ritchie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PLoS ONE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 6 (12), pp.e29480. </w:t></w:r><w:hyperlink r:id="rId920" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1371/journal.pone.0029480⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId914" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00657059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId921" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">NMR spectroscopy of the neuronal tau protein: normal function and implication in Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Landrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet-Nocca</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId844" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Huvent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId924" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laziza Amniai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochemical Society Transactions</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 38 (4), pp.1006-11. </w:t></w:r><w:hyperlink r:id="rId925" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1042/BST0381006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId921" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00586933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filamin-A and Myosin VI colocalize with fibrillary Tau protein in Alzheimer's disease and FTDP-17 brains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId927" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Feuillette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId928" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Laquérriere</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Duyckaerts</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId929" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Bernadette Delisle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 1345, pp.182-189. </w:t></w:r><w:hyperlink r:id="rId930" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.brainres.2010.05.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId931" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId926" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02329958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment les acteurs moléculaires de la pathologie Alzheimer permettent de comprendre la démence ? Quelles conséquences diagnostiques et thérapeutiques ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId934" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Buée-Scherrer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Caillet-Boudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alternative and Complementary Therapies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 65 (5), pp.401-407. </w:t></w:r><w:hyperlink r:id="rId936" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2515/therapie/2010054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId937" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId932" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Early Tau pathology involving the septo-hippocampal pathway in a Tau transgenic model: relevance to Alzheimer's disease.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId939" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karim Belarbi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId940" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Katharina Schindowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId894" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Burnouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId796" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Eve Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Alzheimer Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 6 (2), pp.152-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId938" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00375282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">[Fundamental data on the pathologies amyloid and Tau in Alzheimer's disease: which therapeutic perspectives?]</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId942" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Checler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 67 (2), pp.136-53. </w:t></w:r><w:hyperlink r:id="rId943" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pharma.2009.01.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId941" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00418765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau as a biomarker of neurodegenerative diseases.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Sergeant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Deramecourt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomarkers in Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 2 (4), pp.363-84. </w:t></w:r><w:hyperlink r:id="rId945" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2217/17520363.2.4.363⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId944" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-00375314v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overexpression of MBNL1 fetal isoforms and modified splicing of Tau in the DM1 brain: two individual consequences of CUG trinucleotide repeats</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId947" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId948" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dana Ghanem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 210 (2), pp.467-478. </w:t></w:r><w:hyperlink r:id="rId949" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.expneurol.2007.11.020⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId950" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId946" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00282892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studying the natively unfolded neuronal Tau protein by solution NMR spectroscopy.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId952" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Lippens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId953" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Sillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Wieruszeski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId923" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Protein and Peptide Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 13, pp.235-246</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId951" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pin1 allows for differential Tau dephosphorylation in neuronal cells.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId875" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Dourlen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId877" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Bretteville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId957" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular and Cellular Neuroscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32, pp.155-160</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId956" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Exploring the Molecular Function of PIN1 by Nuclear Magnetic Resonance.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId922" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Landrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId954" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Smet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId955" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Michel Wieruszeski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId876" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Véronique Sambo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId959" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Wintjens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Protein and Peptide Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 7, pp.179-194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId958" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00085621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId960" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phosphorylation of amyloid precursor carboxy-terminal fragments enhances their processing by a gamma-secretase-dependent mechanism.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Vingtdeux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId961" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gompel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId962" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Severine Begard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId963" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Drobecq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neurobiology of Disease</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 20, pp.625-37</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId960" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00098664v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId964" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Translational exploration of dynamic functional connectivity changes in Alzheimer’s disease patients and Thy-Tau22 mice at the prodromal stage</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléna Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Annual Meeting ISMRM-ESMRMB and ISMRT 31st Annual Meeting</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Londres, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId964" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prodromal changes in hippocampal functional connectivity in AD patients and Thy-tau22 mice: a translational exploration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId965" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laëtitia Degiorgis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId966" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléna Chabran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Sourty</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meltem Karatas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Alzheimer's disease and Parkinson's disease conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2021, En ligne, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId967" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03799537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P1‐129: CSF AD BIOMARKERS IN MEMORY CLINIC PATIENTS: THE EP.L.M.FR STUDY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Gabelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId969" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Dumurgier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId933" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Bombois</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId970" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Wallon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2014 Alzheimer's Imaging Consortium (IC): IC-02: Preclinical Alzheimer's Disease and Biomarkers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Copenhagen, Denmark. </w:t></w:r><w:hyperlink r:id="rId971" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2014.05.366⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId972" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId968" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05348160v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Opposite effects of neuronal and glial A2A receptors on glutamatergic synapse remodeling during synaptogenesis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId974" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Pressey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId975" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Floriane Louboutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId976" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Russeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId977" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emily Faivre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId978" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Montmasson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FENS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, PARIS, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId973" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03974149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Neuronal adenosine A2A receptor overexpression exacerbates Tau-related memory deficits in a model of Tauopathy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Pietrowski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Marques</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Victoria Gomez-Murcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aude Deleau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId980" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariana Temido-Ferreira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GDR Mémoire</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2019, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId979" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03976299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frontotemporal lobar degenerations, RNAopathy leading to proteinopathies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId982" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Anquetil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId983" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Bertrand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId984" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Agnès Camuzat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId985" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre de La Grange</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId986" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Fournier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AAIC 2017 - Alzheimer's Association International Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Londres, United Kingdom. 13 (7), 2017, </w:t></w:r><w:hyperlink r:id="rId987" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jalz.2017.06.1982⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId981" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01672304v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId988" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tau, Diabetes and Insulin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Gratuze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Joly-Amado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buee</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier D. Vieau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.259-287, 2019, </w:t></w:r><w:hyperlink r:id="rId989" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_21⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId988" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541221v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId990" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Myotonic Dystrophy: an RNA Toxic Gain of Function Tauopathy?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId895" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francisco J. Fernandez-Gomez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId909" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helene Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire-Marie Dhaenens</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId935" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Caillet-Boudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Susanna Schraen-Maschke</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.207-216, 2019, </w:t></w:r><w:hyperlink r:id="rId991" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId990" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02541222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId992" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emerging Connections Between Tau and Nucleic Acids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId993" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eliette Bonnefoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Tau Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.135-143, 2019, </w:t></w:r><w:hyperlink r:id="rId995" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-981-32-9358-8_12⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId992" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId996" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In Vivo Hyperthermic Stress Model: An Easy Tool to Study the Effects of Oxidative Stress on Neuronal Tau Functionality in Mouse Brain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alban Chauderlier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId836" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Delattre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Galas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Methods Mol Biol.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.369-373, 2017, </w:t></w:r><w:hyperlink r:id="rId997" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4939-6598-4_25⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId996" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03093250v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId998" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adenosine and Alzheimer’s Disease : A Possible Epigenetic Link</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Blum</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ursula Sandau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId999" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bousiges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1000" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luisa Lopes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1001" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanessa Flaten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Homeostatic Control of Brain Function</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId1002" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Oxford University Press; Oxford University Press</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.453-480, 2015, 978-0-19-932229-9. </w:t></w:r><w:hyperlink r:id="rId1003" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/med/9780199322299.003.0025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId998" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03731326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1004" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODS FOR DECREASING THERAPEUTIC ACQUIRED RESISTANCE TO CHEMOTHERAPY AND/OR RADIOTHERAPY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1005" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2024133723A1. 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1004" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04866167v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1006" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">METHODS FOR IMPROVING THE EFFICACY OF HDAC INHIBITOR THERAPY AND PREDICTING THE RESPONSE TO TREATMENT WITH HDAC INHIBITOR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Rico</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : WO2023041805A1. 2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1006" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-04532560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AETA peptide drives Alzheimer’s disease signature of synapse dysfunction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1008" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jade Dunot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1009" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carine Gandin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1010" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marin Truchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1011" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giulia Pirro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1012" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Moreno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1007" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05391855v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phospho-Tau signature during mitosis: AT8, p-T217 and p-S422 as key phosphoepitopes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1014" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Goussard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1015" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kelly Zarka</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId994" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malika Hamdane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1016" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Marin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1013" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04860136v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Strategy of selection and optimization of single domain antibodies targeting the PHF6 linear peptide within the Tau intrinsically disordered protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Justine Mortelecque</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Bégard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1018" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nguyen Marine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId817" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François-Xavier Cantrelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2023</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1017" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283560v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A β-secretase modulator decreases Tau pathology and preserves short-term memory in a mouse model of neurofibrillary degeneration</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Tautou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabiha Eddarkaoui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florian Descamps</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul-Emmanuel Larchanché</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1020" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Dumoulin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1019" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03203349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition of Tau seeding by targeting Tau nucleation core within neurons with a single domain antibody fragment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Danis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elian Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Orgeta Zejneli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaëlle Caillierez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexis Arrial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1021" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03428993v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maladie d'Alzheimer : enjeux scientifiques, médicaux et sociétaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1023" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Amieva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId830" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1024" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Berr</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Buée</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId1025" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Checler</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut national de la santé et de la recherche médicale(INSERM). 2007, XV - 654 p., illustrations, figures</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId1022" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01570630v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId1026"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="793A6378"/>
+    <w:nsid w:val="99AE99FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-buee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6261-4230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075014068" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3126-2010" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798761v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bortolin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyni Mansuroglu" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Conquet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Calcagno" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lambert" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24619" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05237376v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frost" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Rowe" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. O. Akinyemi" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Abisambra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Ashton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.70078" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05043654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Danis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Dupre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Den&#233;chaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lefebvre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58383-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05118196v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ali" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P. Lunkes" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sciortino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Thomas" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02013-z" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05248286v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mary" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barale" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eysert" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valverde" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacas-Gervais" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01772-0" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05043661v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Augustin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vinasco-Sandoval" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Riquelme-Perez" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Plassard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.70019" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05383267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gauvrit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Benderradji" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pelletier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carvalho" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaimane Aboulouard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf417" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05383375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariunjargal Nyamerdene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhi Thao Ngoc Le" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouada Nebie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faivre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delila" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2025.123838" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213296v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Launay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;nais Genin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nobili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03115-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05372245v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Espourteille" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barve" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zufferey" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Leroux" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perbet" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01865-w" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349800v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Caillierez" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leboullenger" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclercq" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Besegher" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine B&#233;gard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01823-6" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315622v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nussbaumer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Espourteille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kirabali" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40035-025-00508-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686879v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Buee" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2024-333467" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684931v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Basheer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Brion" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Smolek" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Muhammadi" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-024-01748-5" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977490v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Welikovitch" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mate de Gerando" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khasnavis" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bhavsar" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Meltzer" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae345" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686940v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Paiva" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Seguin" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Grgurina" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Kumar Singh" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cosquer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106538" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684988v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Men&#353;&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rosales" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colosimo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spencer" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lannuzel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-024-00938-y" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684954v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mortelecque" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zejneli" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;gard" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Sim&#245;es" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea El Hajjar" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107163" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04835444v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Jing Siew" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Mei Chen" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng-Lan Chiu" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Wei Lee" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Ming Chang" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI165523" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04956606v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio Bruno Q. S. Leal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila G. M. Zimmer" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa V. C. Sinatti" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericks S. Soares" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britt Poppe" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-81687-2" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686736v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vaillant-Beuchot" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duval" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. Kinoshita" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pardossi-Piquard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-024-06742-2" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684814v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Vidal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Ramdane" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vaudran" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106459" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04942797v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gaddini" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Chiodi" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Matteucci" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Boussadia" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.70011" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04595617v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T. N. Le" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Han" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Chien" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0196553" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684882v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gomez-Murcia" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Carvalho" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Burgard" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meriaux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae113" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04976607v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liling Delila" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Timmerman" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deng-Yao Lee" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-024-01072-z" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799669v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lehmann" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bu&#233;e" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-024-00755-3" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04595341v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41420-024-01885-9" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684979v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huin" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blum" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Delforge" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cailliau" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djeziri" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106603" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684894v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Sexton" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bitan" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Bowles" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brys" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.13533" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04685000v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Comptdaer" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Tardivel" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schirmer" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Galas" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13262" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909340v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo J da Costa" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perret" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Hamdane" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narmme/ugae023" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745023v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benn" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Cheng" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Keeling" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Smith" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vaysburd" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adp5186" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04687045v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Zwang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Sastre" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wolf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruiz-Uribe" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Woost" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114574" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684829v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Longhini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubose" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lobo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vijayan" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bai" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2320456121" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182196v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Ghazal" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Susloparova" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Daher Mansour" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najami Ghodhbane" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2023.115538" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684401v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Steele" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-023-00866-3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237877v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Zufferey" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enea Parietti" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12070985" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03985380v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rico" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denecha" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Adriaenssens" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15010116" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237870v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Hartnell" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Woodhouse" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Jasper" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mason" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Marwaha" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awad309" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345588v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tautou" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Descamps" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Emmanuel Larchanch&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal El Bakali" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065285" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999001v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Scholaert" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dumortier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/acb93e" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03719721v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bombois" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Allinquant" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12613" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855350v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia Cellai" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Poncelet" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI149371" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04450259v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Barbotin" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leroy-Billiard" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prasivoravong" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marcelli" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgac218" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03704677v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Mei Chen" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsung-Chin Hsu" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee-Ho Chew" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Ting Huang" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Lin Chen" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23126855" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830811v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arandel" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Matloka" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud F Klein" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rau" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sureau" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-021-00838-2" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699305v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rousset" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Humez" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laurent" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes12050496" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699311v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee-Hsin Wang" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Yu Lin" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Mei Lin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergeant" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2006-21.2022" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03865945v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmone Dewaeles" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Fellah" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewon Sim" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihad Boukrout" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI152924" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04430922v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vernotte" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Soto-Ares" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Woillez" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jannin" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cen.14748" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599343v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo da Costa" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10020241" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237892v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burnouf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-022-04397-w" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699318v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vieau" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.834661" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699324v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Kraiem" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Courty" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabiha Eddarkaoui" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourouh" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2022.841892" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699325v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Thiroux" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillierez" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Besegher" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.108999" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488614v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denechaud" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543108v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Danis" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Dupr&#233;" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orgeta Zejneli" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arrial" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2022.01.009" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03703786v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilda Coku" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Mutez" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrier" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchand" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.29124" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04035715v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mesangeau" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carato" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renault" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coevoet" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113111" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03841247v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manfredi-Lozano" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Leysen" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Adamo" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rovera" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq4515" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366653v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Brigas" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ribeiro" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Coelho" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Gomes" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109574" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429442v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Gilles" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Chauderlier" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Magnez" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.740550" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366724v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vautheny" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duwat" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;lle Aur&#233;gan" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Jos&#233;phine" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie H&#233;rard" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105398" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03356237v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillerez" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Richetin" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lieger" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2021.09.020" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03388548v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lam" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01266-8" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366685v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.679335" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366671v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Ces" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lagouge-Roussey" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2021.102139" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498228v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Leroux" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvane Colin" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021205" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366697v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Pang Chang" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Gin Chang" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Yun Chuang" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ngoc Anh Nguyen" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuo-Chen Wu" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01213-7" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366711v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Barro" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awab205" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03357428v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sexton" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Snyder" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Beher" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Boxer" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat Brannelly" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12452" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699377v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariunjargal Nyam-Erdene" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Devos" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.1c01226" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094481v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Halliez" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Begard" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2020.128895" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278043v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Damotte" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven J. van Der Lee" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chouraki" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grenier-Boley" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannette Simino" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12333" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999911v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Verelst" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Geukens" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorien Vliegen" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elien de Smidt" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2020.00048" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093223v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zheng" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Akbari" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Reynaert" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loyens" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-00896-8" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02450349v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annerieke Sierksma" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Lu" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Mancuso" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Fattorelli" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Thrupp" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201910606" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366740v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Steullet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pachoud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-020-00728-x" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149844v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jumeau" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sigala" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco-Jose Fernandez-Gomez" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duban-Deweer" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-020-00102-8" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086057v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Degiorgis" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Karatas" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourty" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamy" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaa312" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999922v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065490v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Sandau" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ferry" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parrot" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2020.06.004" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02463227v2" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Homa" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Deramecourt" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12311-020-01112-y" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999926v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Ahmed" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann van Der Jeugd" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2020.570223" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001496v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Vaillant-Beuchot" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mary" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Pardossi-Piquard" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bourgeois" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Lauritzen" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-020-02234-7" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541219v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Wu" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folke Knutson" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537104.2020.1732324" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03335111v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hector" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mcanulty" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude&#8208;&#233;lo&#239;se Pich&#233;&#8208;lemieux" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alves&#8208;pires" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bu&#233;e&#8208;scherrer" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201902135R" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350072v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leboucher" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Caron" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tailleux" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Raison" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.01.008" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02279806v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amulya Nidhi Shrivastava" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Redeker" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pieri" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Renner" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201899871" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413632v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Faldini" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Balschun" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0813-4" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413609v1" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ising" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Venegas" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangshuang Zhang" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Scheiblich" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmidt" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1769-z" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337161v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hanoulle" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschemneuro.9b00217" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895675v1" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Jadhav" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Avila" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sch&#246;ll" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Kovacs" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#246; K&#246;vari" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0664-z" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391937v1" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gary" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Herard" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Koch" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0771-x" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348480v1" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Domise" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauv&#233;" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Didier" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1464-x" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350063v1" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vingtdeux" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Devedjian" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-019-0579-9" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348330v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dujardin" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Meno-Tetang" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duyckaerts" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-019-02087-9" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350065v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pietrowski" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marques" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz288" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460598v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Dhaenens" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/caff.2019.0011" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348452v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Zappettini" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ghestem" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2019.00438" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350068v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia R. Santos" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeliki S. Pavlou" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23688" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02055894v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fichou" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssra K Al-Hilaly" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Devred" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet-Nocca" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp O Tsvetkov" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0682-x" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350071v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gay" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Evrard" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.03.028" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04397632v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348408v1" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Albert" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mairet-Coello" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz100" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350061v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060708v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2018.03.016" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930483v1" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Salta" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Vanden Eynden" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Callaerts-Vegh" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-018-0285-1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01958478v1" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joly-Amado" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gratuze" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vieau" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018238" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833298v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chia Lee" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Jung Lin" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsing-Lin Lai" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Han Kao" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-1030-z" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404215v1" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Benhelli-Mokrani" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Albaud" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gentien" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky929" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350074v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02533144v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2018.01.004" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833281v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Ferreira" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Ferreira" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;nia Batalha" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Marques-Morgado" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-018-0110-9" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03922038v1" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Didier" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauve" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Marinangeli" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19123716" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930489v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Zornbach" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enas Malik" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younis Baqi" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00235" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313963v1" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grousselle" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2018.00297" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350076v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02074052v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie D&#8217;orange" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Auregan" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Cheramy" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gaudin-Gu&#233;rif" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx342" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060617v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kieulen-Campard" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Opsomer" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tasiaux" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2018.00435" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03630171v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vercruysse" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Paquet" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delbeuck" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1567205015666180110113238" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350079v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Deleau" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00520" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833293v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bj.2018.01.003" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02251328v1" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolcova" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.06.006" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04035729v1" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.08.092" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842197v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gabelle" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895668v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Lachaud" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0637-7" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930490v1" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijuang Chern" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosaria Domenici" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/caff.2018.0006" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833302v1" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487641" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930486v1" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Snehajyoti Chatterjee" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Cassel" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schneider&#8208;anthony" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine M&#233;rienne" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201708587" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350962v1" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coffinier" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alibart" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thomy" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fncel.2018.38.00035" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930487v1" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cellai" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01515563v1" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chalmel" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Carpentier" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Obriot" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.143479" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833350v1" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dorothee" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hunot" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Monnet" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww270" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833342v1" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marciniak" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20161731" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460428v1" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caparros-Lefebvre" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alain Maurage" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12955-7" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833339v1" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Delarasse" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173310002" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093243v1" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Sotiropoulos" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Silva" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthimios Skoulakis" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wegmann" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0489-6" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093247v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Shelkovnikova" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Dimasi" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Kukharsky" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan An" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Quintiero" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2017.199" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833336v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842422v1" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150962" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833353v1" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Chen" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edsel Abud" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Yeung" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Lakatos" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Nassi" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0336-1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01654097v1" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Mudher" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brion" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Medina" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0491-z" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093346v1" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Marcato" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sultan" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Violet" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33047" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01391925v1" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coens" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0386-4" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842426v1" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b01001" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01433082v1" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Paban" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Loriod" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2016.11.022" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015965v2" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Maurage" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.26820" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G9SH1JMX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01654098v1" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana M. Silva" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833352v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Valadas" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31493" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541224v1" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12031-015-0699-y" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197138v1" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kaffashian" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tzourio" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Soumar&#233;" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dufouil" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mazoyer" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2015.03.016" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093355v1" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Multhaup" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmar Huber" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.R115.677211" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060814v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Melnyk" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Burlet" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Grosjean" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cn5003013" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779042v1" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Burlot" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Braudeau" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Michaelsen-Preusse" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Potier" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddv268" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01024830v1" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pays" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.04.515" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060788v1" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Moas Heloire" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rincon Arias" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.10.030" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659458v1" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derisbourg" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Leghay" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09659" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460488v1" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence I Golbe" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000001997" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01346896v1" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Papegaey" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pantano" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0345-0" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145987v1" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoling Qi" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093353v1" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Delattre" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Sendid Chouala" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2015.09.003" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842469v1" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Moulinier" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boulanghien" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2015.00181" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03210979v1" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Rosseels" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff van den Brande" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Violet" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Jacobs" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grognet" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.627919" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01850019v1" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Ariel Kenigsberg" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aquino" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berard" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gzil" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145979v1" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Giustiniani" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Guillemeau" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Dounane" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sardin" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Huvent" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04532387v1" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00084" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195583v1" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicheng Zhu" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000001038" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165538v1" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chaalal" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Poirier" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gillet" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Blanc" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.22319" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-15PHQJ99-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00945726v1" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia L&#233;colle" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Zommer" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2051-5960-2-14" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03017555v1" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delplanque" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Genet" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sand" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu202" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765859v1" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunie Ando" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dourlen" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Sambo" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bretteville" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim B&#233;larbi" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.08.004" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LNKHDR3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00795195v1" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guiraud-Dogan" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sicot" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Huguet" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Luilier" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aws367" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181185v1" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0100760" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03555357v1" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vasseur" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Devos" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-012-6740-y" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2RF04XNT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00777823v1" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Richard" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Delva" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-2012-121147" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00664452v1" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;ticia Troquier" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Burnouf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Fernandez-Gomez" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778632v1" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lambert" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Harold" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zelenika" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2012.75" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738403v1" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tran" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gourrier" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemercier-Neuillet" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vautrin" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.194928" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694732v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Dhaenens" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tran" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Frandemiche" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schraen-Maschke" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2011.03.010" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00657059v1" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine F&#233;art" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Helmer" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fleury" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick B&#233;jot" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Ritchie" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029480" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02329958v1" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Feuillette" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Laqu&#233;rriere" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Delisle" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2010.05.007" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RDBR64L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586933v1" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Landrieu" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leroy" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laziza Amniai" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0381006" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093376v1" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bombois" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bu&#233;e-Scherrer" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Caillet-Boudin" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2010054" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD616F9DED3DD112C78B42A96AB3792573900917/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00375282v1" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belarbi" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Schindowski" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418765v1" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Checler" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2009.01.002" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00375314v1" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/17520363.2.4.363" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282892v1" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Tran" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Ghanem" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2007.11.020" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T73Q7ZHN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085645v1" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085628v1" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sillen" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Wieruszeski" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085621v1" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Wintjens" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098664v1" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gompel" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Begard" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799540v1" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Degiorgis" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Chabran" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799537v1" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05348160v1" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumurgier" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wallon" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.05.366" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQVQL3FZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03974149v1" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pressey" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Louboutin" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Russeau" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Faivre" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montmasson" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03976299v1" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Temido-Ferreira" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672304v1" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Anquetil" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Camuzat" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de La Grange" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fournier" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2017.06.1982" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541221v1" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_21" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093226v1" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Bonnefoy" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefebvre" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_12" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541222v1" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_17" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093250v1" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6598-4_25" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731326v1" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousiges" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Lopes" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Flaten" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://oxfordmedicine.com/view/10.1093/med/9780199322299.001.0001/med-9780199322299-chapter-25" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/med/9780199322299.003.0025" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04866167v1" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefebvre" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04532560v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391855v1" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Dunot" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gandin" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Truchi" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Pirro" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreno" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860136v1" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Goussard" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Zarka" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283560v1" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Marine" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203349v1" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dumoulin" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428993v1" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01570630v1" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Amieva" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Checler" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-buee" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-6261-4230" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/075014068" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3126-2010" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05043661v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emma Augustin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Vinasco-Sandoval" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miriam Riquelme-Perez" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Plassard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gaudin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.70019" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05118196v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ali" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Garcia" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. P. Lunkes" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sciortino" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Thomas" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-025-02013-z" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05043654v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Danis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Dupre" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bouillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Den&#233;chaud" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lefebvre" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58383-4" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05237376v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Frost" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. B. Rowe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. O. Akinyemi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. F. Abisambra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. J. Ashton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.70078" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04798761v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Bortolin" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeyni Mansuroglu" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurine Conquet" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetano Calcagno" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Lambert" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.24619" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05248286v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mary" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Barale" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Eysert" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valverde" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lacas-Gervais" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01772-0" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05383267v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Gauvrit" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Benderradji" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pelletier" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Carvalho" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soulaimane Aboulouard" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaf417" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05383375v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariunjargal Nyamerdene" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhi Thao Ngoc Le" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ouada Nebie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Faivre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Delila" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biomaterials.2025.123838" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05213296v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Launay" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ath&#233;nais Genin" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Nobili" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03115-9" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05349800v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Caillierez" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Leboullenger" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leclercq" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Besegher" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine B&#233;gard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01823-6" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05372245v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeanne Espourteille" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Barve" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Zufferey" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Leroux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Perbet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13195-025-01865-w" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-05315622v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jana Nussbaumer" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Espourteille" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Kirabali" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40035-025-00508-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684814v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Duhamel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. S. Vidal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassima Ramdane" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vaudran" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106459" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04942797v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Gaddini" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Chiodi" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Matteucci" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zaira Boussadia" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Buee" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnr.70011" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684954v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Mortelecque" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Zejneli" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. B&#233;gard" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. C. Sim&#245;es" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lea El Hajjar" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jbc.2024.107163" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684988v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Men&#353;&#237;kov&#225;" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Rosales" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Colosimo" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Spencer" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Lannuzel" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-024-00938-y" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04977490v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. A. Welikovitch" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Mate de Gerando" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Khasnavis" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bhavsar" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Meltzer" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae345" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684931v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Basheer" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Brion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Smolek" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. K. Muhammadi" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-024-01748-5" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686940v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabel Paiva" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Seguin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iris Grgurina" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Kumar Singh" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Cosquer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106538" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686879v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lehmann" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-S&#233;bastien Vidal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constance Delaby" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp-2024-333467" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04686736v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vaillant-Beuchot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Duval" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. F. Kinoshita" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Pardossi-Piquard" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-024-06742-2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04835444v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jian Jing Siew" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hui-Mei Chen" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Feng-Lan Chiu" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Wei Lee" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yao-Ming Chang" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI165523" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04956606v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caio Bruno Q. S. Leal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camila G. M. Zimmer" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa V. C. Sinatti" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ericks S. Soares" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Britt Poppe" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-024-81687-2" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04595617v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. T. N. Le" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. L. Han" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. T. Chien" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0196553" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04976607v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liling Delila" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Timmerman" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deng-Yao Lee" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-024-01072-z" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684882v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victoria Gomez-Murcia" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Carvalho" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Burgard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Meriaux" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awae113" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04685000v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Comptdaer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meryem Tardivel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Schirmer" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Galas" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bpa.13262" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04595341v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41420-024-01885-9" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684894v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. E. Sexton" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bitan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. R. Bowles" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brys" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.13533" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684979v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Huin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Blum" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violette Delforge" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Cailliau" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Djeziri" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2024.106603" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04799669v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Lehmann" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanna Schraen-Maschke" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bu&#233;e" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-024-00755-3" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04687045v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. J. Zwang" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. D. Sastre" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wolf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ruiz-Uribe" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Woost" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2024.114574" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909340v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo J da Costa" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Perret" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malika Hamdane" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Martin" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/narmme/ugae023" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745023v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Benn" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shi Cheng" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Keeling" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabel Smith" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Vaysburd" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.adp5186" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684829v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. P. Longhini" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dubose" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lobo" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Vijayan" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Bai" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1073/pnas.2320456121" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237870v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Hartnell" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Declan Woodhouse" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Jasper" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Mason" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pavan Marwaha" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awad309" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03985380v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rico" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denecha" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Adriaenssens" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers15010116" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182196v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahdi Ghazal" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Susloparova" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Daher Mansour" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najami Ghodhbane" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bios.2023.115538" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04684401v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. C. Steele" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41582-023-00866-3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237877v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Zufferey" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enea Parietti" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cells12070985" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345588v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Tautou" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Descamps" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Emmanuel Larchanch&#233;" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jamal El Bakali" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24065285" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999001v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Scholaert" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corentin Dumortier" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barois" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/2057-1976/acb93e" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04430922v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Vernotte" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustavo Soto-Ares" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Woillez" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Jannin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/cen.14748" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04450259v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Barbotin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Leroy-Billiard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Prasivoravong" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Marcelli" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/clinem/dgac218" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855350v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia Cellai" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauranne Poncelet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI149371" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03719721v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hanon" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Bombois" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Allinquant" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12613" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699305v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Rousset" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Humez" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Laurent" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/membranes12050496" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03830811v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Arandel" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magdalena Matloka" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud F Klein" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Rau" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sureau" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41551-021-00838-2" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03865945v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmone Dewaeles" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandy Fellah" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaewon Sim" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nihad Boukrout" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1172/JCI152924" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03704677v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shu-Mei Chen" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tsung-Chin Hsu" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chee-Ho Chew" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan-Ting Huang" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amanda Lin Chen" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms23126855" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699311v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee-Hsin Wang" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chien-Yu Lin" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Mei Lin" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sergeant" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1523/JNEUROSCI.2006-21.2022" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04237892v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Burnouf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00018-022-04397-w" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03599343v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paulo da Costa" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10020241" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699325v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bryan Thiroux" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillierez" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Besegher" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.108999" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699324v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Kraiem" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Courty" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabiha Eddarkaoui" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Bourouh" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2022.841892" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699318v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vieau" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2022.834661" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04488614v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Denechaud" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04035715v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Mesangeau" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Carato" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Renault" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Coevoet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms232113111" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03543108v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Danis" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elian Dupr&#233;" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Orgeta Zejneli" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Arrial" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2022.01.009" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03703786v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilda Coku" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Mutez" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Carrier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Marchand" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.29124" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03841247v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Manfredi-Lozano" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Leysen" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michela Adamo" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Rovera" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/science.abq4515" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03356237v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Caillerez" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Richetin" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Lieger" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymthe.2021.09.020" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366724v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vautheny" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Duwat" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenna&#235;lle Aur&#233;gan" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Jos&#233;phine" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie H&#233;rard" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2021.105398" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03388548v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lam" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Petit" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susana Boluda" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01266-8" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366653v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helena Brigas" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Ribeiro" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Coelho" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rui Gomes" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2021.109574" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03429442v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Gilles" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alban Chauderlier" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Magnez" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcell.2021.740550" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366685v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fphar.2021.679335" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03498228v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lodie Leroux" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morvane Colin" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021205" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366711v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lassina Barro" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awab205" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366697v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ching-Pang Chang" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ya-Gin Chang" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Yun Chuang" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Ngoc Anh Nguyen" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kuo-Chen Wu" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-021-01213-7" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366671v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Martin" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lia Ces" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Sarrazin" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lagouge-Roussey" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pneurobio.2021.102139" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03699377v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariunjargal Nyam-Erdene" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Devos" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsbiomaterials.1c01226" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03357428v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sexton" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Heather Snyder" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Beher" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adam Boxer" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pat Brannelly" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12452" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03094481v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Halliez" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Begard" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.snb.2020.128895" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03278043v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Damotte" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sven J. van Der Lee" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chouraki" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Grenier-Boley" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeannette Simino" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/alz.12333" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02450349v1" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annerieke Sierksma" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ashley Lu" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renzo Mancuso" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Fattorelli" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola Thrupp" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201910606" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093223v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jin Zheng" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansour Akbari" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Line Reynaert" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Loyens" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-020-00896-8" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999911v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joke Verelst" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Geukens" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorien Vliegen" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elien de Smidt" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmolb.2020.00048" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03366740v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Steullet" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Pachoud" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41593-020-00728-x" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05149844v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Jumeau" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Sigala" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco-Jose Fernandez-Gomez" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Duban-Deweer" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12610-020-00102-8" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03086057v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Degiorgis" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meltem Karatas" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Sourty" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lamy" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awaa312" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999922v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02999926v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Ahmed" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ann van Der Jeugd" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2020.570223" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02463227v2" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;gane Homa" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Deramecourt" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12311-020-01112-y" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03065490v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ursula Sandau" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Ferry" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Parrot" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2020.06.004" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541219v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Wen Wu" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Folke Knutson" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09537104.2020.1732324" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03335111v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Hector" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Mcanulty" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude&#8208;&#233;lo&#239;se Pich&#233;&#8208;lemieux" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Alves&#8208;pires" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bu&#233;e&#8208;scherrer" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1096/fj.201902135R" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03001496v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loan Vaillant-Beuchot" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Mary" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;lle Pardossi-Piquard" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bourgeois" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inger Lauritzen" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-020-02234-7" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02391937v1" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Gary" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Herard" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James E Koch" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0771-x" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02337161v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Hanoulle" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acschemneuro.9b00217" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895675v1" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Santosh Jadhav" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesus Avila" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Sch&#246;ll" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabor Kovacs" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enik&#246; K&#246;vari" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0664-z" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348480v1" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Domise" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauv&#233;" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Didier" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41419-019-1464-x" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350063v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Vingtdeux" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Devedjian" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12929-019-0579-9" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413632v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enrico Faldini" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Detlef Balschun" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0813-4" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02279806v1" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amulya Nidhi Shrivastava" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Redeker" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Pieri" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Bousset" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Renner" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/embj.201899871" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350072v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Leboucher" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Caron" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Tailleux" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Raison" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.01.008" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02413609v1" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christina Ising" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Venegas" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuangshuang Zhang" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hannah Scheiblich" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Schmidt" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41586-019-1769-z" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348330v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Dujardin" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Meno-Tetang" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Duyckaerts" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00401-019-02087-9" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350065v1" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Pietrowski" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Marques" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz288" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460598v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire-Marie Dhaenens" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/caff.2019.0011" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348452v1" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefania Zappettini" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ghestem" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2019.00438" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350068v1" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia R. Santos" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Angeliki S. Pavlou" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/glia.23688" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350071v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Gay" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Evrard" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2019.03.028" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02348408v1" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Albert" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Mairet-Coello" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awz100" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02055894v1" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Fichou" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssra K Al-Hilaly" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Devred" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet-Nocca" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philipp O Tsvetkov" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-019-0682-x" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350061v1" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02313963v1" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Duron" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Grousselle" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Gabelle" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnagi.2018.00297" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350076v1" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evgenia Salta" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elke Vanden Eynden" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zsuzsanna Callaerts-Vegh" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13024-018-0285-1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930489v1" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katja Zornbach" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enas Malik" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Younis Baqi" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnmol.2018.00235" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01958478v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Joly-Amado" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Gratuze" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vieau" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2018238" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833298v1" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chia-Chia Lee" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chun-Jung Lin" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hsing-Lin Lai" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Han Kao" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12035-018-1030-z" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930483v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02404215v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houda Benhelli-Mokrani" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Albaud" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Gentien" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gky929" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060708v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bmc.2018.03.016" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350074v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02533144v1" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2018.01.004" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03922038v1" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Didier" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sauve" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudia Marinangeli" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19123716" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833281v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Ferreira" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Ferreira" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#226;nia Batalha" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#234;s Marques-Morgado" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-018-0110-9" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060617v1" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Kieulen-Campard" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Opsomer" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernadette Tasiaux" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2018.00435" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-02074052v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie D&#8217;orange" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Auregan" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Cheramy" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myl&#232;ne Gaudin-Gu&#233;rif" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awx342" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-fcomte.hal.science/hal-03630171v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vercruysse" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Paquet" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Delbeuck" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Blanc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2174/1567205015666180110113238" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02350079v1" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Deleau" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fnins.2018.00520" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02251328v1" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Spolcova" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy Chwastyniak" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagrm.2018.06.006" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04035729v1" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2018.08.092" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833293v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bj.2018.01.003" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04895668v1" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Lachaud" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-018-0637-7" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842197v1" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Gabelle" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930486v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Snehajyoti Chatterjee" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaelle Cassel" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Schneider&#8208;anthony" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine M&#233;rienne" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15252/emmm.201708587" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930487v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Cellai" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833302v1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000487641" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01930490v1" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yijuang Chern" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Rosaria Domenici" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/caff.2018.0006" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02350962v1" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Coffinier" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Alibart" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Thomy" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arscott" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/conf.fncel.2018.38.00035" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833350v1" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dorothee" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Hunot" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Monnet" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aww270" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01515563v1" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Chalmel" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Carpentier" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Obriot" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1095/biolreprod.116.143479" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833342v1" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Marciniak" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1084/jem.20161731" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460428v1" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Caparros-Lefebvre" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Alain Maurage" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-12955-7" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833339v1" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Delarasse" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/20173310002" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093247v1" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatyana Shelkovnikova" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pasquale Dimasi" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michail Kukharsky" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haiyan An" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annamaria Quintiero" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/cddis.2017.199" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093243v1" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ioannis Sotiropoulos" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana Silva" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efthimios Skoulakis" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susanne Wegmann" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0489-6" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833336v1" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093346v1" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasco Marcato" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Sultan" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Violet" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep33047" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833353v1" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wesley Chen" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edsel Abud" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Yeung" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anita Lakatos" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trevor Nassi" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0336-1" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842422v1" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Barth&#233;lemy" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hirtz" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fenaille" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-150962" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01654097v1" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amrit Mudher" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Brion" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miguel Medina" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-017-0491-z" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01391925v1" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Coens" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0386-4" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842426v1" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jproteome.5b01001" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01433082v1" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Paban" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Loriod" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Villard" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gene.2016.11.022" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03015965v2" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Alain Maurage" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mds.26820" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G9SH1JMX-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01833352v1" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Valadas" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep31493" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01654098v1" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joana M. Silva" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541224v1" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12031-015-0699-y" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01779042v1" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Ayciriex" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Burlot" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Braudeau" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Michaelsen-Preusse" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Potier" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/hmg/ddv268" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01024830v1" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure-Anne Gutierrez" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pays" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Rouaud" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.04.515" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093355v1" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerhard Multhaup" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Otmar Huber" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.R115.677211" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01197138v1" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Kaffashian" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Tzourio" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A&#239;cha Soumar&#233;" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Dufouil" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Mazoyer" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2015.03.016" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060814v1" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Melnyk" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Burlet" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Eve Grosjean" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cn5003013" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02060788v1" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valeria Moas Heloire" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angela Rincon Arias" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Marchivie" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejmech.2015.10.030" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02460488v1" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lawrence I Golbe" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000001997" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01659458v1" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Derisbourg" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coline Leghay" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Chiappetta" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/srep09659" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01346896v1" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Papegaey" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Pantano" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40478-016-0345-0" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145987v1" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Haoling Qi" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Cantrelle" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-03210979v1" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Rosseels" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeff van den Brande" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Luce Violet" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dirk Jacobs" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Grognet" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M114.627919" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01850019v1" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul-Ariel Kenigsberg" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aquino" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Berard" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Gzil" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Andrieu" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-01842469v1" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Moulinier" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Justine Boulanghien" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fneur.2015.00181" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093353v1" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Delattre" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meliza Sendid Chouala" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbd.2015.09.003" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01145979v1" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Giustiniani" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Guillemeau" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Dounane" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Sardin" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Huvent" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04532387v1" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fncel.2014.00084" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01195583v1" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yicheng Zhu" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1212/WNL.0000000000001038" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01165538v1" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amina Chaalal" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Poirier" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Gillet" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Le Blanc" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.22319" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-15PHQJ99-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00945726v1" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia L&#233;colle" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Zommer" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/2051-5960-2-14" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03017555v1" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Delplanque" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Genet" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sand" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/awu202" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00795195v1" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Hern&#225;ndez-Hern&#225;ndez" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Guiraud-Dogan" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Sicot" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Huguet" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabrina Luilier" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/brain/aws367" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00765859v1" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunie Ando" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Dourlen" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-V&#233;ronique Sambo" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Bretteville" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim B&#233;larbi" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neurobiolaging.2012.08.004" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5LNKHDR3-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01181185v1" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0100760" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00777823v1" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Richard" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fleur Delva" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-2012-121147" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03555357v1" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Vasseur" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Devos" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00415-012-6740-y" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-2RF04XNT-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00664452v1" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;ticia Troquier" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Burnouf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francisco J. Fernandez-Gomez" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00778632v1" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Lambert" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Harold" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zelenika" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/mp.2012.75" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694732v1" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Dhaenens" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Tran" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-L. Frandemiche" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Carpentier" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Schraen-Maschke" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbadis.2011.03.010" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01738403v1" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Tran" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Gourrier" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Lemercier-Neuillet" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Vautrin" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.M110.194928" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00657059v1" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine F&#233;art" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Helmer" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fleury" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick B&#233;jot" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karen Ritchie" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0029480" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586933v1" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Landrieu" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Leroy" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laziza Amniai" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/BST0381006" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02329958v1" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Feuillette" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Laqu&#233;rriere" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Bernadette Delisle" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2010.05.007" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5RDBR64L-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093376v1" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Bombois" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bu&#233;e-Scherrer" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Caillet-Boudin" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2515/therapie/2010054" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/DD616F9DED3DD112C78B42A96AB3792573900917/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00375282v1" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Belarbi" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katharina Schindowski" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418765v1" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Checler" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2009.01.002" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00375314v1" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/17520363.2.4.363" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00282892v1" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Tran" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dana Ghanem" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expneurol.2007.11.020" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T73Q7ZHN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085628v1" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Lippens" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Sillen" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Smet" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Wieruszeski" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085645v1" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Ferreira" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085621v1" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Wintjens" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00098664v1" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gompel" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Severine Begard" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Drobecq" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799540v1" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Degiorgis" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;na Chabran" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03799537v1" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univoak.hal.science/hal-05348160v1" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Dumurgier" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Wallon" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2014.05.366" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NQVQL3FZ-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03974149v1" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Pressey" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Floriane Louboutin" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Russeau" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emily Faivre" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Montmasson" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03976299v1" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Temido-Ferreira" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01672304v1" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Anquetil" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bertrand" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Camuzat" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre de La Grange" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Fournier" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2017.06.1982" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541221v1" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_21" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02541222v1" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_17" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093226v1" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliette Bonnefoy" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lefebvre" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-32-9358-8_12" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03093250v1" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4939-6598-4_25" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03731326v1" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bousiges" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luisa Lopes" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Flaten" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://oxfordmedicine.com/view/10.1093/med/9780199322299.001.0001/med-9780199322299-chapter-25" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/med/9780199322299.003.0025" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04866167v1" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lefebvre" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04532560v1" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05391855v1" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Dunot" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carine Gandin" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marin Truchi" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giulia Pirro" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Moreno" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04860136v1" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Goussard" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kelly Zarka" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Marin" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04283560v1" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nguyen Marine" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03203349v1" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Dumoulin" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03428993v1" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lara.archives-ouvertes.fr/hal-01570630v1" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Amieva" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Berr" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Checler" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>