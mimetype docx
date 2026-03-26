--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -234,965 +234,965 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05008796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stability of fecal calprotectin using the Diasorin ® extraction kit</w:t>
+                <w:t xml:space="preserve">Validation of HPLC and TLC analytical methods to determine radiochemical purity of 99mTc-cAbVCAM1-5, a new experimental radiotracer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blandine Billet</w:t>
+                <w:t xml:space="preserve">Juliette Mutin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pauline Orhon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Guicherd</w:t>
+                <w:t xml:space="preserve">Maxime Lassiaz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Cussigh</w:t>
+                <w:t xml:space="preserve">Sandrine Bacot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 62 (1), pp.e13-e15. </w:t>
+              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 246, pp.116224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1515/cclm-2023-0472⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jpba.2024.116224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04785954v1</w:t>
+                <w:t xml:space="preserve">hal-04776949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative study of production and control processes of parenteral nutritional admixtures in neonatology</w:t>
+                <w:t xml:space="preserve">Stability of fecal calprotectin using the Diasorin ® extraction kit</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alizée Bosson</w:t>
+                <w:t xml:space="preserve">Blandine Billet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Durand</w:t>
+                <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Denis Guicherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mireille Jouannet-Romaszko</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philip Chennell</w:t>
+                <w:t xml:space="preserve">Elodie Cussigh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.12.009⟩</w:t>
+              <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 62 (1), pp.e13-e15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/cclm-2023-0472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04777023v1</w:t>
+                <w:t xml:space="preserve">hal-04785954v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prediction of the structure of polymer-coated cardboards produced by thermocompression using I-optimal design of experiment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative study of production and control processes of parenteral nutritional admixtures in neonatology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alizée Bosson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Allison Vercasson</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Choisnard</w:t>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elsa Lamberet</w:t>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sebastien Gaucel</w:t>
+                <w:t xml:space="preserve">Mireille Jouannet-Romaszko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Guillard</w:t>
+                <w:t xml:space="preserve">Philip Chennell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Today Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 41, pp.110411. </w:t>
+              <w:t xml:space="preserve">Annales Pharmaceutiques Françaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 82 (2), pp.306-317. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.110411⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pharma.2023.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04699369v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Validation of HPLC and TLC analytical methods to determine radiochemical purity of 99mTc-cAbVCAM1-5, a new experimental radiotracer</w:t>
+                <w:t xml:space="preserve">Prediction of the structure of polymer-coated cardboards produced by thermocompression using I-optimal design of experiment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Juliette Mutin</w:t>
+                <w:t xml:space="preserve">Allison Vercasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pauline Orhon</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Choisnard</w:t>
+                <w:t xml:space="preserve">Elsa Lamberet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Lassiaz</w:t>
+                <w:t xml:space="preserve">Sebastien Gaucel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sandrine Bacot</w:t>
+                <w:t xml:space="preserve">Valérie Guillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Pharmaceutical and Biomedical Analysis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 246, pp.116224. </w:t>
+              <w:t xml:space="preserve">Materials Today Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 41, pp.110411. </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jpba.2024.116224⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mtcomm.2024.110411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04776949v1</w:t>
+                <w:t xml:space="preserve">hal-04699369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
+                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
+                <w:t xml:space="preserve">Maelle Plasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Ardisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
+              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 8 (1), pp.34. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04813095v1</w:t>
+                <w:t xml:space="preserve">hal-04777250v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maelle Plasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Ardisson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas de Leiris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 8 (1), pp.34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777250v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bacterial survival in radiopharmaceutical solutions: a critical impact on current practices</w:t>
+                <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Nicolas de Leiris</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Association of Nuclear Medicine, issuing body - EJNMMI radiopharmacy and chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s41181-023-00221-3⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 30 (6), pp.347-352. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813072v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813095v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toward non-factor therapy in hemophilia: an antithrombin insensitive Gla-domainless factor Xa as tissue factor pathway inhibitor bait</w:t>
               </w:r>
@@ -1325,117 +1325,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 30 (6), pp.347-352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04813111v1</w:t>
@@ -1472,51 +1472,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Leprince</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Mailley</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Auzély-Velty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1570,1160 +1570,1160 @@
                 </w:rPr>
                 <w:t xml:space="preserve">cea-04248326v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal and molecular structure of V-amylose complexed with butan-1-ol</w:t>
+                <w:t xml:space="preserve">Quantification of ions and organic molecules, in nanoliter samples, in the absence of reference materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
+                <w:t xml:space="preserve">Laura Lavigne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karim Mazeau</w:t>
+                <w:t xml:space="preserve">Eric Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yoshiharu Nishiyama</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Farid Oukacine</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.polymer.2022.124651⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 94, pp.15546-15552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.2c03104⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03576868v1</w:t>
+                <w:t xml:space="preserve">hal-04780497v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantification of ions and organic molecules, in nanoliter samples, in the absence of reference materials</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Epaulard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Lavigne</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Etienne Brudieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.2c03104⟩</w:t>
+              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.804-806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04780497v1</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Epaulard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Brudieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2022, 11 (1), pp.804-806. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
+              <w:t xml:space="preserve">, 2022, 11 (1), pp.804 - 806. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813109v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777009v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Perrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Piquemal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 179, pp.106275. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04557358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topological defects in polycrystalline hexosomes from β-cyclodextrin fatty esters</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lancelon-Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Gèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 18 (10), pp.2028-2038. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1039/D1SM01831K⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03602532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">COVID-19 mass vaccination – an illustration of the impact of syringe choice on the effectiveness of mass vaccination campaigns</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Etienne Brudieu</w:t>
+                <w:t xml:space="preserve">Helical Inclusion Complexes of Amylose with Aromatic Compounds: Crystallographic Evidence for New V-Type Allomorphs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Ogawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiharu Nishiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Morfin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Emerging microbes &amp; infections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/22221751.2022.2048968⟩</w:t>
+              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, Crystal Growth &amp; Design, 22 (12), pp.7079-7089. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c00771⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04777009v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03880380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Helical Inclusion Complexes of Amylose with Aromatic Compounds: Crystallographic Evidence for New V-Type Allomorphs</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">I. Morfin</w:t>
+                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Perrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Piquemal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Leenhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Crystal Growth &amp; Design</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.cgd.2c00771⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 179, pp.106275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId90" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03880380v1</w:t>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04813098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A quality by design approach for the qualification of automating compounding device for parenteral nutrition</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Crystal and molecular structure of V-amylose complexed with butan-1-ol</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Mazeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoshiharu Nishiyama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Ogawa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Pharmaceutical Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ejps.2022.106275⟩</w:t>
+              <w:t xml:space="preserve">Polymer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 243, pp.124651. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.polymer.2022.124651⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04813098v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03576868v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stability of catecholamines in whole blood: influence of time between collection and centrifugation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Despinasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Guicherd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Chemistry and Laboratory Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 59 (2), pp.e83-e85. </w:t>
@@ -2761,90 +2761,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Polymorphism of V-amylose cocrystallized with aliphatic diols</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Polymer</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 213, pp.123302. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2872,534 +2872,534 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03078736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous analysis of PAH urinary mono- and dihydroxylated metabolites by GC-MS-MS following SPE and two-stage derivatization</w:t>
+                <w:t xml:space="preserve">Optimizing Chitin Depolymerization by Lysozyme to Long-Chain Oligosaccharides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Marques</w:t>
+                <w:t xml:space="preserve">Arnaud Masselin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne Maitre</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Choisnard</w:t>
+                <w:t xml:space="preserve">Antoine Rousseau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Demeilliers</w:t>
+                <w:t xml:space="preserve">Stéphanie Pradeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renaud Persoons</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laure Fort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolphe Gueret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00216-021-03638-4⟩</w:t>
+              <w:t xml:space="preserve">Marine drugs</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 19 (6), pp.320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/md19060320⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04030808v1</w:t>
+                <w:t xml:space="preserve">hal-03247429v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal and molecular structure of V-amylose complexed with ibuprofen</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simultaneous analysis of PAH urinary mono- and dihydroxylated metabolites by GC-MS-MS following SPE and two-stage derivatization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Maitre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Demeilliers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Persoons</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.117885⟩</w:t>
+              <w:t xml:space="preserve">Analytical and Bioanalytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 413 (27), pp.6823-6835. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00216-021-03638-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03167743v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04030808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimizing Chitin Depolymerization by Lysozyme to Long-Chain Oligosaccharides</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Laure Fort</w:t>
+                <w:t xml:space="preserve">Crystal and molecular structure of V-amylose complexed with ibuprofen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu Ogawa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolphe Gueret</w:t>
+                <w:t xml:space="preserve">Frédéric Dubreuil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Grimaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Mazeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine drugs</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 19 (6), pp.320. </w:t>
+              <w:t xml:space="preserve">Carbohydrate Polymers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 261, pp.117885. </w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/md19060320⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.117885⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03247429v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03167743v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison of three automated compounding devices for parenteral nutrition according to four key technical tests</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Leenhardt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Dominique Desruet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Hospital Pharmacy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 30 (6), pp.347-352. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1136/ejhpharm-2021-002993⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04786146v1</w:t>
@@ -3423,77 +3423,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pharmacokinetic study of intravenously administered artemisinin-loaded surface-decorated amphiphilic gamma-cyclodextrin nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B.G. Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diane Godin-Ribuot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3544,103 +3544,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recent Advances in the Design of Topical Ophthalmic Delivery Systems in the Treatment of Ocular Surface Inflammation and Their Biopharmaceutical Evaluation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josias Yaméogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Gèze</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 12 (6), pp.570. </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3674,90 +3674,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopharmaceutical Assessment of Dexamethasone Acetate-Based Hydrogels Combining Hydroxypropyl Cyclodextrins and Polysaccharides for Ocular Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xurxo Garcia-Otero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Verdoot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3808,90 +3808,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Capillary electrophoretic apparatus for the endpoint detection in microtitration methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farid Oukacine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Gèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Peyrin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chromatography A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 1597, pp.220 - 224. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3919,628 +3919,628 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03484720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Urinary trans - anti -7,8,9,10-tetrahydroxy-7,8,9,10-tetrahydrobenzo( a )pyrene as the most relevant biomarker for assessing carcinogenic polycyclic aromatic hydrocarbons exposure</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Inline Coupling of Electrokinetic Preconcentration Method to Taylor Dispersion Analysis for Size-Based Characterization of Low-UV-Absorbing Nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Oukacine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annabelle Gèze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Barbeau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Renaud Persoons</w:t>
+                <w:t xml:space="preserve">Jean-Paul Stahl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environment International</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envint.2017.12.012⟩</w:t>
+              <w:t xml:space="preserve">Analytical Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 90 (4), pp.2493-2500. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b03344⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01903042v1</w:t>
+                <w:t xml:space="preserve">hal-02106173v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polymorphism of crystalline complexes of V-amylose with fatty acids</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Biodistribution and preliminary toxicity studies of nanoparticles made of Biotransesterified β–cyclodextrins and PEGylated phospholipids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cong-Anh-Khanh Le</w:t>
-[...40 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">S. Bacot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Geze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Gentil Dit Maurin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Debiossat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2018.07.163⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 85, pp.7-17. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2017.12.017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106133v1</w:t>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-02440471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inline Coupling of Electrokinetic Preconcentration Method to Taylor Dispersion Analysis for Size-Based Characterization of Low-UV-Absorbing Nanoparticles</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Urinary trans - anti -7,8,9,10-tetrahydroxy-7,8,9,10-tetrahydrobenzo( a )pyrene as the most relevant biomarker for assessing carcinogenic polycyclic aromatic hydrocarbons exposure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Barbeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Lutier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Jean-Paul Stahl</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Marques</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renaud Persoons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Analytical Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.analchem.7b03344⟩</w:t>
+              <w:t xml:space="preserve">Environment International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 112 (1), pp.147 - 155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envint.2017.12.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02106173v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01903042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biodistribution and preliminary toxicity studies of nanoparticles made of Biotransesterified β–cyclodextrins and PEGylated phospholipids</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polymorphism of crystalline complexes of V-amylose with fatty acids</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Debiossat</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cong-Anh-Khanh Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: C</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 85, pp.7-17. </w:t>
+              <w:t xml:space="preserve">International Journal of Biological Macromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 119, pp.555-564. </w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2017.12.017⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijbiomac.2018.07.163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-02440471v1</w:t>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02106133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-Assembly of Amphiphilic Biotransesterified β-Cyclodextrins: Supramolecular Structure of Nanoparticles and Surface Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Lancelon-Pin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François-Xavier Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Pastrello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Langmuir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 33 (32), pp.7917-7928. </w:t>
@@ -4591,51 +4591,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New nanoparticles obtained by co-assembly of amphiphilic cyclodextrins and nonlamellar single-chain lipids: Preparation and characterization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cảnh Hưng Nguyễn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gianluca Santoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4764,51 +4764,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-L. Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 12 (36), pp.7539--7550. </w:t>
@@ -4859,51 +4859,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Progress in developing amphiphilic cyclodextrin-based nanodevices for drug delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B.G. Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4984,90 +4984,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembled biotransesterified cyclodextrins as potential Artemisinin nanocarriers. II: In vitro behavior toward the immune system and in vivo biodistribution assessment of unloaded nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Josias B.G. Yaméogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Gèze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Pharmaceutics and Biopharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 88 (3), pp.683-694. </w:t>
@@ -5143,51 +5143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Déborah Le Corre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Bras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Dufresne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5259,51 +5259,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Self-assembled biotransesterified cyclodextrins as Artemisinin nanocarriers - I: Formulation, lyoavailability and &amp;lt;i&amp;gt;in vitro&amp;lt;/i&amp;gt; antimalarial activity assessment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B.G. Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5384,51 +5384,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Physicochemical characterization of α-, β-, and γ-cyclodextrins bioesterified with decanoate chains used as building blocks of colloidal nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Vanhaverbeke</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5490,608 +5490,608 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00619420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A simple method for the two‐step preparation of two pure haemorphins from a total haemoglobin peptic hydrolysate by conventional low‐pressure chromatographies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Using an experimental design for the optimization of LVV‐haemorphin‐7 and VV‐haemorphin‐7 extraction by an organic solvent mixture in the course of bovine haemoglobin peptic hydrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Renato Froidevaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Nedjar-Arroume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naima Nedjar-Arroume</w:t>
+                <w:t xml:space="preserve">Muriel Bigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Dhulster</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Guillochon</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 34 (3), pp.173-181. </w:t>
+              <w:t xml:space="preserve">, 2010, 33 (2), pp.75-83. </w:t>
             </w:r>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1042/ba20010039⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1042/ba20000071⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04788370v1</w:t>
+                <w:t xml:space="preserve">hal-04792850v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Using an experimental design for the optimization of LVV‐haemorphin‐7 and VV‐haemorphin‐7 extraction by an organic solvent mixture in the course of bovine haemoglobin peptic hydrolysis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A simple method for the two‐step preparation of two pure haemorphins from a total haemoglobin peptic hydrolysate by conventional low‐pressure chromatographies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Renato Froidevaux</w:t>
+                <w:t xml:space="preserve">David Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Naïma Nedjar-Arroume</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Choisnard</w:t>
+                <w:t xml:space="preserve">Dominique Vercaigne-Marko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Muriel Bigan</w:t>
+                <w:t xml:space="preserve">Naima Nedjar-Arroume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Guillochon</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pascal Dhulster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 33 (2), pp.75-83. </w:t>
+              <w:t xml:space="preserve">, 2010, 34 (3), pp.173-181. </w:t>
             </w:r>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1042/ba20000071⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1042/ba20010039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04792850v1</w:t>
+                <w:t xml:space="preserve">hal-04788370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterisation of complex amphiphilic cyclodextrin mixtures by high-performance liquid chromatography and mass spectrometry.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Colloidal systems made of biotransesterified alpha, beta, and gamma cyclodextrins grafted with C10 alkyl chains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Geze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Kieken</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">D. Wouissidjewe</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.chroma.2007.10.049⟩</w:t>
+              <w:t xml:space="preserve">Materials Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, pp.458-462. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msec.2008.08.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00383690v1</w:t>
+                <w:t xml:space="preserve">hal-00383678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId203" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Colloidal systems made of biotransesterified alpha, beta, and gamma cyclodextrins grafted with C10 alkyl chains</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Geze</w:t>
+                <w:t xml:space="preserve">Characterisation of complex amphiphilic cyclodextrin mixtures by high-performance liquid chromatography and mass spectrometry.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Kieken</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline West</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Keddadouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claire Elfakir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Chromatography A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 1189 (1-2), pp.385-391. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.chroma.2007.10.049⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msec.2008.08.027⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00383678v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00383690v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biodistribution of intravenously administered amphiphilic beta-cyclodxetrin nanospheres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Thieu Chau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6206,51 +6206,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Miscellaneous nanoaggregates made of β-CD esters synthesised by an enzymatic pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.G.J. Yameogo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6469,103 +6469,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nanoparticles of β-cyclodextrin esters obtained by self-assembling of biotransesterified β-cyclodextrins</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annabelle Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yung-Sing Wong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biomacromolecules</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, pp.515-520. </w:t>
             </w:r>
             <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
@@ -6593,563 +6593,563 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00305824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Size control of amphiphilic cyclodextrin nanoparticles using mixture design methodology</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Efficient size control of amphiphilic cyclodextrin nanoparticles through a statistical mixture design methodology.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Bigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">D. Wouessidjewe</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.-L. Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Wouissidjewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. Pharm. Pharmaceut. Sci.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, pp.593-600</w:t>
+              <w:t xml:space="preserve">J. PPS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 8, pp.593-600</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00305915v1</w:t>
+                <w:t xml:space="preserve">hal-00123109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Efficient size control of amphiphilic cyclodextrin nanoparticles through a statistical mixture design methodology.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Size control of amphiphilic cyclodextrin nanoparticles using mixture design methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Geze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Bigan</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">D. Wouissidjewe</w:t>
+                <w:t xml:space="preserve">M.L. Bigan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. PPS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2005, 8, pp.593-600</w:t>
+              <w:t xml:space="preserve">J. Pharm. Pharmaceut. Sci.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.593-600</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00123109v1</w:t>
+                <w:t xml:space="preserve">hal-00305915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term shelf stability of original amphiphilic β-cyclodextrin nanosphere suspensions monitored by dynamic light scattering and cryo-transmission electron microscopy</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Optimization of the preparation of aqueous suspensions of waxy maize starch nanocrystals using a response surface methodology</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P. Jehan</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">D. Wouessidjewe</w:t>
+                <w:t xml:space="preserve">Hélène Angellier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Molina-Boisseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Ozil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Dufresne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">J. Microencapsul.</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Biomacromolecules</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 5 (4), pp.1545-1551. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/bm049914u⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00306755v1</w:t>
+                <w:t xml:space="preserve">hal-02098614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId235" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimization of the preparation of aqueous suspensions of waxy maize starch nanocrystals using a response surface methodology</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Alain Dufresne</w:t>
+                <w:t xml:space="preserve">Long-term shelf stability of original amphiphilic β-cyclodextrin nanosphere suspensions monitored by dynamic light scattering and cryo-transmission electron microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Geze</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Jehan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biomacromolecules</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">J. Microencapsul.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp.607-613</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02098614v1</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00306755v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of the method of the experimental design to the study of a processing of unshrinkableness of wool fibers.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Bigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Blondeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7238,90 +7238,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advancement in intermediate opioid peptide production in an enzymatic membrane reactor assisted by solvent extraction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Dhulster</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Kapel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naima Nedjar-Arroume</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Fertin-Bazus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7378,505 +7378,505 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02343256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic study of the appearance of an anti-bacterial peptide in the course of bovine haemoglobin peptic hydrolysis</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">Kinetic study of the appearance of an anti‐bacterial peptide in the course of bovine haemoglobin peptic hydrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naïma Nedjar-Arroume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brigitte Lignot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dominique Vercaigne-Marko</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2002</w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2002, 36 (3), pp.187-194. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1042/ba20010103⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04947000v1</w:t>
+                <w:t xml:space="preserve">hal-04792858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advancement in intermediate opioid peptide production in an enzymatic membrane reactor assisted by solvent extraction</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Kinetic study of the appearance of an anti-bacterial peptide in the course of bovine haemoglobin peptic hydrolysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Anne Fertin-Bazus</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Lignot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Vercaigne-Marko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Krier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Desalination</w:t>
+              <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04945991v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04947000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kinetic study of the appearance of an anti‐bacterial peptide in the course of bovine haemoglobin peptic hydrolysis</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId190" w:history="1">
+                <w:t xml:space="preserve">Advancement in intermediate opioid peptide production in an enzymatic membrane reactor assisted by solvent extraction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Dhulster</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Kapel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Dominique Vercaigne-Marko</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Naima Nedjar-Arroume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Fertin-Bazus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Desalination</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">istex</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">hal-04792858v1</w:t>
+                <w:t xml:space="preserve">hal-04945991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using an experimental design for the optimization of LVV-haemorphin-7 and VV-haemorphin-7 extraction by an organic solvent mixture in the course of bovine haemoglobin peptic hydrolysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renato Froidevaux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Muriel Bigan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId193" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Guillochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Naïma Nedjar-Arroume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechnology and Applied Biochemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7914,51 +7914,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining solvent engineering and thermodynamic modeling to enhance selectivity during monoglyceride synthesis by lipase-catalyzed esterification</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Christophe Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Edmundo Castillo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8001,285 +8001,1324 @@
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04788350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Study of interactions between aptamers/antibodies and bacteria</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aldebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Cattoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Oligonucleotides and Peptides Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Specific ATP-metric kit for bacterial identification and quantification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Oukacine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Basile Peres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ARCANE Scientific Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Labex Arcane, May 2024, Saint Martin D’Hères, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nanomedicine as a therapeutic approach against severe malaria, a proof of concept</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B.G.J Yameogo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adama Gansané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1er Congrès de la Société Ouest Africaine de Pharmacie Galénique Industrielle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Abidjan, Côte d’Ivoire</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04789122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Poster de conférence (5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Contrôle en Nutrition Parentérale : Validation d'une Méthode Analytique pour le Dosage des Électrolytes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yoann Rocher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Durand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roseline Mazet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierrick Bedouch</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">27èmes journées européennes du GERPAC - Journées scientifiques de pharmacotechnie hospitalière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Hyères, France. 2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04777338v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studies of interactions between aptamers/antibodies and bacteria by flow cytometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">X. Cattoen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D Morin Aldebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Oligonucleotide Therapeutics Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Barcelone, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804362v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aptamer-based kit for the specific quantification of microorganisms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Aldebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Oukacine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">19th Annuel Oligonucleotide Therapeutics Society - OTS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2023, Barcelone, Spain. 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.15620/cdc:82532⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04785829v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Studies of interactions between aptamers/antibodies and bacteria by flow cytometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette Nourry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pauline Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farid Oukacine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Peyrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Oligonucleotides and Peptides Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Milan, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04804415v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude des modifications lipidiques de la surface des fibres de laine oxydées par chlorage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Choisnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yves Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Guillochon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7ème Journées de Formulation : Formulation et modification de Surface</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1999, Villeneuve d’Ascq, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04788147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The promising role of semi-solid extrusion technology in custom drug formulation for pediatric medicine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Cerveto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas Denis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maxime Stoops</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anna Lechanteur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Jérôme</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Bioprinting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.4063, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.36922/ijb.4063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04774332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biopharmaceutical Assessment of Dexamethasone Acetate-Based Hydrogels Combining Hydroxypropyl Cyclodextrins and Polysaccharides for Ocular Delivery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roseline Mazet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xurxo García-Otero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Verdoot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -8294,1096 +9333,57 @@
               <w:t xml:space="preserve">Pharmaceutics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 12 (8), pp.717, 2020, </w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/pharmaceutics12080717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04780667v1</w:t>
-              </w:r>
-[...1037 lines deleted...]
-                <w:t xml:space="preserve">hal-04788147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -9551,51 +9551,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse de données, chimiométrie et optimisation dans le domaine de la santé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chimie. Université Grenoble Alpes, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9645,90 +9645,90 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single crystals of V-amylose complexed with bicyclic organic compounds.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cong Anh Khanh Le</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Wouessidjewe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Putaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12th International IUPAC Conference on Polymer-Solvent Complexes and Intercalates (POLYSOLVAT-12)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 386, pp.190007, 2019, </w:t>
             </w:r>
             <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
@@ -9971,51 +9971,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Choisnard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. de Challemaison</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Geze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Formulation et technologie Pharmaceutique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Maloine, pp.1-45, 2007</w:t>
@@ -10213,51 +10213,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008796v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nourry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chevalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Laurenceau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Catto&#235;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2025.116661" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785954v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Billet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guicherd" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cussigh" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2023-0472" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777023v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Bosson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Durand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jouannet-Romaszko" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.12.009" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699369v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Vercasson" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lamberet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.110411" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776949v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mutin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Orhon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lassiaz" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2024.116224" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813095v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leenhardt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2021-002993" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777250v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Plasse" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ardisson" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-023-00221-3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813072v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Dagher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanur Ersayin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Seyve" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castellan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102175" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04248326v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leprince" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mailley" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.120345" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03576868v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Anh Khanh Le" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mazeau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiharu Nishiyama" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ogawa" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2022.124651" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780497v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lavigne" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyrin" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Oukacine" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c03104" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813109v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brudieu" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2048968" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557358v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perrier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemal" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2022.106275" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03602532v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lancelon-Pin" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle G&#232;ze" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Wouessidjewe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01831K" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777009v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880380v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Morfin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00771" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813098v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788026v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Despinasse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2020-1291" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03078736v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123302" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030808v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marques" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maitre" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demeilliers" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Persoons" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03638-4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167743v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubreuil" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.117885" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247429v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Masselin" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pradeau" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fort" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gueret" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19060320" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786146v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314466v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B.G. Yameogo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Godin-Ribuot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2019.110281" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780651v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12060570" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961130v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xurxo Garcia-Otero" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verdoot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12080717" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484720v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.03.014" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903042v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barbeau" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lutier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2017.12.012" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106133v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Anh-Khanh Le" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2018.07.163" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106173v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Stahl" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03344" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440471v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perret" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bacot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geze" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gentil Dit Maurin" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debiossat" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.12.017" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106206v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pastrello" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b01136" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106211v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#7843;nh H&#432;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Santoni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.07.007" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495811v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zerkoune" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lesieur" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Putaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Choisnard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm00661b" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017988v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choisnard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Putaux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Semde" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897095v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias B.G. Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.08.012" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B3VP6WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05126506v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Le Corre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bras" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufresne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.201100145" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SJ3SVNB6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720318v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gansane" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619420v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaverbeke" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Yameogo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788370v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Durand" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vercaigne-Marko" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Nedjar-Arroume" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20010039" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-36Q5PWK6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792850v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Nedjar-Arroume" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bigan" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guillochon" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20000071" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V3FF3JSF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383690v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Kieken" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Keddadouche" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Elfakir" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2007.10.049" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RTR071J-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383678v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouissidjewe" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2008.08.027" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thieu Chau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Mathieu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marti-Batlle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.06.050" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7W37B7M9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305547v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J. Yameogo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouessidjewe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.06.026" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W94ZDBL1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384584v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kienbrebego" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Lamien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ajtcam.v3i1.31146" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305824v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Geze" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Sing Wong" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm0507655" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305915v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bigan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123109v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306755v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jehan" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098614v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angellier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Molina-Boisseau" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ozil" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm049914u" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123101v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blondeau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dhulster" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leman" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.12173" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-73L5W7ZF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343256v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fertin-Bazus" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00701-4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZKH6QFQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947000v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lignot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945991v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792858v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20010103" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RMBKQ459-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947003v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788350v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Bellot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmundo Castillo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-0229(00)00326-4" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1QP95DB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774332v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerveto" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Denis" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Stoops" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lechanteur" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36922/ijb.4063" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780667v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xurxo Garc&#237;a-Otero" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804473v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aldebert" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cattoen" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777366v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Peres" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789122v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J Yameogo" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gansan&#233;" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777338v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rocher" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bedouch" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804415v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804362v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Nourry" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chevalier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Bertrand" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Morin Aldebert" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785829v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15620/cdc:82532" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788147v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Leroy" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774924v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04999017v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314449v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201900007" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385179v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Begu" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bochot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couvreur" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duchene" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385160v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Busignies" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chulia" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Challemaison" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05008796v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Nourry" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Chevalier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Laurenceau" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Catto&#235;n" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Bertrand" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2025.116661" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776949v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mutin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Orhon" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Choisnard" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Lassiaz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bacot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpba.2024.116224" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785954v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Billet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Faure" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guicherd" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cussigh" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2023-0472" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777023v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aliz&#233;e Bosson" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Durand" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roseline Mazet" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Jouannet-Romaszko" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Chennell" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pharma.2023.12.009" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04699369v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allison Vercasson" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Lamberet" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Gaucel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Guillard" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mtcomm.2024.110411" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777250v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Leenhardt" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maelle Plasse" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Ardisson" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas de Leiris" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s41181-023-00221-3" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813072v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813095v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Dominique Desruet" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/ejhpharm-2021-002993" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04235785v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claire Dagher" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Atanur Ersayin" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Landry Seyve" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Castellan" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Moreau" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rpth.2023.102175" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813111v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04248326v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Leprince" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Mailley" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Auz&#233;ly-Velty" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Texier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.120345" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780497v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Lavigne" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyrin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farid Oukacine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.2c03104" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813109v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Epaulard" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brudieu" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/22221751.2022.2048968" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777009v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04557358v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Perrier" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Piquemal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejps.2022.106275" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03602532v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Lancelon-Pin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle G&#232;ze" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Wouessidjewe" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/D1SM01831K" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03880380v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong Anh Khanh Le" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu Ogawa" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Grimaud" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoshiharu Nishiyama" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Morfin" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.cgd.2c00771" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04813098v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03576868v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mazeau" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2022.124651" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788026v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Despinasse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/cclm-2020-1291" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03078736v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.polymer.2020.123302" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03247429v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Masselin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Rousseau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Pradeau" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Fort" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Gueret" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/md19060320" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04030808v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Marques" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Maitre" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Demeilliers" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Persoons" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00216-021-03638-4" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03167743v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Dubreuil" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.117885" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04786146v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314466v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B.G. Yameogo" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Godin-Ribuot" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2019.110281" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780651v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12060570" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02961130v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xurxo Garcia-Otero" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Verdoot" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/pharmaceutics12080717" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03484720v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2019.03.014" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106173v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Stahl" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.analchem.7b03344" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02440471v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Perret" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bacot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Geze" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gentil Dit Maurin" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Debiossat" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2017.12.017" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903042v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Barbeau" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Lutier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envint.2017.12.012" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106133v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cong-Anh-Khanh Le" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijbiomac.2018.07.163" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106206v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois-Xavier Legrand" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Pastrello" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.langmuir.7b01136" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02106211v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#7843;nh H&#432;ng Nguy&#7877;n" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Santoni" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Tfaili" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fourmentin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2017.07.007" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01495811v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Zerkoune" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Lesieur" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-L. Putaux" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Choisnard" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c6sm00661b" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017988v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Choisnard" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Putaux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Semde" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02897095v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josias B.G. Yam&#233;ogo" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejpb.2014.08.012" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B3VP6WT-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05126506v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Le Corre" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bras" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dufresne" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/star.201100145" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SJ3SVNB6-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720318v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gansane" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619420v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vanhaverbeke" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Yameogo" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792850v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renato Froidevaux" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Na&#239;ma Nedjar-Arroume" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Bigan" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Guillochon" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20000071" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V3FF3JSF-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788370v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Durand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Vercaigne-Marko" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naima Nedjar-Arroume" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Dhulster" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20010039" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-36Q5PWK6-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383678v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouissidjewe" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msec.2008.08.027" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383690v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Kieken" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline West" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Keddadouche" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Elfakir" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.chroma.2007.10.049" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9RTR071J-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Thieu Chau" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Mathieu" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Marti-Batlle" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.06.050" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7W37B7M9-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305547v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J. Yameogo" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Wouessidjewe" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijpharm.2007.06.026" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-W94ZDBL1-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00384584v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Kienbrebego" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.E. Lamien" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Meda" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4314/ajtcam.v3i1.31146" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305824v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annabelle Geze" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yung-Sing Wong" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm0507655" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123109v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bigan" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00305915v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Bigan" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02098614v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Angellier" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Molina-Boisseau" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Ozil" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm049914u" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306755v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Jehan" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00123101v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Blondeau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dhulster" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Leman" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/app.12173" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-73L5W7ZF-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02343256v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Kapel" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Fertin-Bazus" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0011-9164(02)00701-4" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PZKH6QFQ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04792858v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Lignot" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1042/ba20010103" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-RMBKQ459-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947000v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Krier" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04945991v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04947003v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788350v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Christophe Bellot" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edmundo Castillo" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Marty" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0141-0229(00)00326-4" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1QP95DB-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804473v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Aldebert" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Cattoen" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777366v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basile Peres" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789122v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.G.J Yameogo" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adama Gansan&#233;" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04777338v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Rocher" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrick Bedouch" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804362v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Nourry" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Chevalier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Bertrand" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Morin Aldebert" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04785829v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15620/cdc:82532" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804415v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788147v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Leroy" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04774332v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cerveto" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Denis" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Stoops" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna Lechanteur" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine J&#233;r&#244;me" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36922/ijb.4063" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04780667v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xurxo Garc&#237;a-Otero" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774924v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04999017v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02314449v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/masy.201900007" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385179v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Begu" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bochot" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Couvreur" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Duchene" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00385160v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Busignies" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Chulia" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. de Challemaison" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>