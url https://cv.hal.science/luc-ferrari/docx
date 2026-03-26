--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -100,51 +100,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeurs repères d’aide à la gestion de la qualité de l’air intérieur pour le tétrachloroéthylène - Rapport (HCSP)</w:t>
+                <w:t xml:space="preserve">Avis relatif à la démarche utilisée pour rédiger les projets de textes concernant les résultats minimaux à atteindre en matière de qualité de l’air intérieur (QAI) dans les logements neufs (HCSP, Avis et Rapports)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ferrari</w:t>
@@ -194,75 +194,75 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Haut Conseil de la Santé Publique (HCSP, France). , 2025, Haut Conseil de la Santé Publique (HCSP, France)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05322066v1</w:t>
+                <w:t xml:space="preserve">hal-05185334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avis relatif à la démarche utilisée pour rédiger les projets de textes concernant les résultats minimaux à atteindre en matière de qualité de l’air intérieur (QAI) dans les logements neufs (HCSP, Avis et Rapports)</w:t>
+                <w:t xml:space="preserve">Valeurs repères d’aide à la gestion de la qualité de l’air intérieur pour le tétrachloroéthylène - Rapport (HCSP)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ferrari</w:t>
@@ -312,51 +312,51 @@
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Haut Conseil de la Santé Publique (HCSP, France). , 2025, Haut Conseil de la Santé Publique (HCSP, France)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05185334v1</w:t>
+                <w:t xml:space="preserve">hal-05322066v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valeurs repères d’aide à la gestion de la qualité de l’air intérieur pour le tétrachloroéthylène - Avis (HCSP)</w:t>
               </w:r>
@@ -1434,254 +1434,254 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03175535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valeurs repères d'aide à la gestion de la qualité de l'air intérieur. Le trichloroéthylène</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Demande d’avis complémentaire (à l’avis du HCSP du 29 avril 2018) en lien avec des mesures de protection des populations potentiellement exposées autour des sites industriels manipulant du dioxyde de titane (TiO2) - Eléments relatifs à la surveillance métrologique dans l’environnement et à l’examen de la faisabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éric Gaffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francelyne Marano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Haut conseil de la santé publique (HCSP). 2020, 61p</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Gaie-Levrel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Haut conseil de la santé publique. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03329144v1</w:t>
+                <w:t xml:space="preserve">hal-02889787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Demande d’avis complémentaire (à l’avis du HCSP du 29 avril 2018) en lien avec des mesures de protection des populations potentiellement exposées autour des sites industriels manipulant du dioxyde de titane (TiO2) - Eléments relatifs à la surveillance métrologique dans l’environnement et à l’examen de la faisabilité</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Valeurs repères d'aide à la gestion de la qualité de l'air intérieur. Le trichloroéthylène</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...30 lines deleted...]
-              <w:t xml:space="preserve">[Rapport de recherche] Haut conseil de la santé publique. 2020</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dany Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zmirou-Navier Denis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Haut conseil de la santé publique (HCSP). 2020, 61p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02889787v1</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03329144v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bilan des connaissances relatives aux effets des nanoparticules de TiO2 sur la santé humaine ; caractérisation de l’exposition des populations et mesures de gestion [Rapport]</w:t>
               </w:r>
@@ -2351,723 +2351,723 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03077594v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genes expression profiling of alveolar macrophages exposed to non-functionalized, anionic and cationic multi-walled carbon nanotubes shows three different mechanisms of toxicity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Layer-by-Layer Self-Assembly of Polyelectrolytes on Superparamagnetic Nanoparticle Surfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zied Ferjaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Nahle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crosby Soon Chang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jaafar Ghanbaja</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Joubert</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Reuben Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12951-020-0587-7⟩</w:t>
+              <w:t xml:space="preserve">ACS Omega</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsomega.9b02963⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03449998v1</w:t>
+                <w:t xml:space="preserve">hal-02497939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Workplace Biological Risk Assessment: Review of Existing and Description of a Comprehensive Approach</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sarah Burzoni</w:t>
+                <w:t xml:space="preserve">Toxicity of TiO2 Nanoparticles: Validation of Alternative Models</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Duquenne</w:t>
+                <w:t xml:space="preserve">Zahra Doumandji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gautier Mater</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Laëtitia Chezeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Gaté</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Nahle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Atmosphere</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/atmos11070741⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 21 (14), pp.4855. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms21144855⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05053417v1</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02895104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Layer-by-Layer Self-Assembly of Polyelectrolytes on Superparamagnetic Nanoparticle Surfaces</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Protein and lipid homeostasis altered in rat macrophages after exposure to metallic oxide nanoparticles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Doumandji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramia Safar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lovera-Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Nahle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Olivier Joubert</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilary Cassidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Omega</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsomega.9b02963⟩</w:t>
+              <w:t xml:space="preserve">Cell Biology and Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 36 (1), pp.65-82. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10565-019-09484-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02497939v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03218884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toxicity of TiO2 Nanoparticles: Validation of Alternative Models</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Workplace Biological Risk Assessment: Review of Existing and Description of a Comprehensive Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laëtitia Chezeau</w:t>
+                <w:t xml:space="preserve">Sarah Burzoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Gaté</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Duquenne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gautier Mater</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms21144855⟩</w:t>
+              <w:t xml:space="preserve">Atmosphere</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 11 (7), pp.741. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/atmos11070741⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02895104v1</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05053417v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Protein and lipid homeostasis altered in rat macrophages after exposure to metallic oxide nanoparticles</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Ramia Safar</w:t>
+                <w:t xml:space="preserve">Genes expression profiling of alveolar macrophages exposed to non-functionalized, anionic and cationic multi-walled carbon nanotubes shows three different mechanisms of toxicity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Nahle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hilary Cassidy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mélanie Lovera-Leroux</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Hilary Cassidy</w:t>
+                <w:t xml:space="preserve">Reuben Mercier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Biology and Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 36 (1), pp.65-82. </w:t>
+              <w:t xml:space="preserve">Journal of Nanobiotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 18 (1), pp.36. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10565-019-09484-6⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1186/s12951-020-0587-7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03218884v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03449998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Validation of an air/liquid interface device for TiO2 nanoparticle toxicity assessment on NR8383 cells: preliminary results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Doumandji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laëtitia Chézeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3138,377 +3138,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04963108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cytotoxicity and global transcriptional responses induced by zinc oxide nanoparticles NM 110 in PMA-differentiated THP-1 cells</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">Single wall and multiwall carbon nanotubes induce different toxicological responses in rat alveolar macrophages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Nahle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramia Safar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timeh Saidou</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Sara Nahle</w:t>
+                <w:t xml:space="preserve">Stéphanie Grandemange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Foliguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mélanie Lovera-Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2018.11.003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Applied Toxicology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 39 (5), pp.764-772. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jat.3765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01952869v1</w:t>
+                <w:t xml:space="preserve">hal-01986763v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Single wall and multiwall carbon nanotubes induce different toxicological responses in rat alveolar macrophages</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
+                <w:t xml:space="preserve">Cytotoxicity and global transcriptional responses induced by zinc oxide nanoparticles NM 110 in PMA-differentiated THP-1 cells</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramia Safar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zahra Doumandji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Timeh Saidou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ferrari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Nahle</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Mélanie Lovera-Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Applied Toxicology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 39 (5), pp.764-772. </w:t>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 308, pp.65-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jat.3765⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2018.11.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01986763v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01952869v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Correction to: Protein and lipid homeostasis altered in rat macrophages after exposure to metallic oxide nanoparticles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zahra Doumandji</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramia Safar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélanie Lovera-Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sara Nahle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hilary Cassidy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cell Biology and Toxicology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 36 (4), pp.387-387. </w:t>
@@ -3546,51 +3546,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Encapsulation of S-nitrosoglutathione: a transcriptomic validation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramia Safar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Houlgatte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3719,51 +3719,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Joubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yasser Khadrawy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramia Safar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aziza A El-Nekeety</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3866,51 +3866,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fathia A. Mannaa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nabila S. Hassan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ramia Safar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 7 (3), pp.1555-1572. </w:t>
@@ -4344,307 +4344,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01986778v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toluene-induced hearing loss in acivicin-treated rats</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Cosnier</w:t>
+                <w:t xml:space="preserve">Biomonitoring of complex occupational exposures to carcinogens: The case of sewage workers in Paris</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamzeh Al Zabadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Ferrari</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stephane Grossman</w:t>
+                <w:t xml:space="preserve">Anne-Marie Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Tiberguent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Paris</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurotoxicology and Teratology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ntt.2008.02.006⟩</w:t>
+              <w:t xml:space="preserve">BMC Cancer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 8 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/1471-2407-8-67⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01999380v1</w:t>
+                <w:t xml:space="preserve">hal-01986772v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biomonitoring of complex occupational exposures to carcinogens: The case of sewage workers in Paris</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Luc Ferrari</w:t>
+                <w:t xml:space="preserve">Toluene-induced hearing loss in acivicin-treated rats</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Waniusiow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Campo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Cossec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Cosnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Marie Laurent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Christophe Paris</w:t>
+                <w:t xml:space="preserve">Stephane Grossman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Cancer</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Neurotoxicology and Teratology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 30 (3), pp.154-160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ntt.2008.02.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1186/1471-2407-8-67⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01986772v1</w:t>
+                <w:t xml:space="preserve">hal-01999380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Compared Effect of Immunosuppressive Drugs Cyclosporine A and Rapamycin on Cholesterol Homeostasis Key Enzymes CYP27A1 and HMG-CoA Reductase</w:t>
               </w:r>
@@ -5186,51 +5186,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322066v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Chevalier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferrari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fouillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gaffet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaie-Levrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185334v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320810v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gehin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782268v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605464v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francelyne Marano" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Brignon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brimo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485325v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaffet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flahaut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jouzel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700486v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andrieu-Semmel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700477v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175535v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03329144v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanchard" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zmirou-Navier Denis" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889787v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822476v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03936359v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hocquel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bourge" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo&#353;tjan Kokot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Kokot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12081362" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740378v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand H Rihn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03936333v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tchinda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bravetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10081898" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03077594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cuq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Douris" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08897077.2020.1850607" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449998v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Nahle" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Cassidy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben Mercier" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-020-0587-7" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053417v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Burzoni" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Mater" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11070741" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497939v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Ferjaoui" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crosby Soon Chang" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b02963" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02895104v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Doumandji" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Chezeau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21144855" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218884v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramia Safar" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lovera-Leroux" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-019-09484-6" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963108v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2020.66.6.20" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01952869v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timeh Saidou" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2018.11.003" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986763v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Foliguet" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jat.3765" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-019-09507-2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01952881v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Houlgatte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Faou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ronzani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Wu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03639045.2018.1546313" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01942252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaad A. Abdel-Wahhab" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Khadrawy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza A El-Nekeety" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7324/JAPS.2017.70726" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274274v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled G. Abdel-Wahhab" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia A. Mannaa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila S. Hassan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma7031555" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272753v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Hussien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housam Eidi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/phy2.27" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00583422v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzeh Al Zabadi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Sari-Minodier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Kerautret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Tiberguent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-069X-10-23" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986778v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Waniusiow" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Venet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cossec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cosnier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfp169" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999380v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grossman" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ntt.2008.02.006" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62DWV57X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986772v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Laurent" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paris" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-8-67" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999411v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamar Souidi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Batt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lutton" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-7843.2007.00066.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679751v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753720v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993NAN12438" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185334v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Chevalier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Ferrari" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Fouillet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;ric Gaffet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gaie-Levrel" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322066v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05320810v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04618441v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gehin" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782268v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03605464v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Zmirou-Navier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francelyne Marano" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Brignon" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Brimo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03485325v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Gaffet" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Flahaut" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-No&#235;l Jouzel" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04841808v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Gautier" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Fried" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thaura Ghneim-Herrera" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Guillou" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Le Corre" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700486v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Bley" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muriel Andrieu-Semmel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03700477v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03175535v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02889787v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ehesp.hal.science/hal-03329144v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blanchard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zmirou-Navier Denis" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01822476v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03936359v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Leroux" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Hocquel" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bourge" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo&#353;tjan Kokot" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hana Kokot" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nano12081362" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03740378v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agathe Figarol" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Olive" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Joubert" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand H Rihn" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10051166" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-03936333v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Ch&#233;zeau" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alex Tchinda" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Pierson" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bravetti" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/biomedicines10081898" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uca.hal.science/hal-03077594v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Balayssac" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Pereira" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Cuq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Douris" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/08897077.2020.1850607" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02497939v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zied Ferjaoui" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Nahle" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Crosby Soon Chang" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jaafar Ghanbaja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsomega.9b02963" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-02895104v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zahra Doumandji" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=La&#235;titia Chezeau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Gat&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms21144855" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03218884v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramia Safar" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Lovera-Leroux" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hilary Cassidy" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-019-09484-6" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05053417v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Burzoni" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duquenne" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gautier Mater" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/atmos11070741" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03449998v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reuben Mercier" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12951-020-0587-7" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963108v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.14715/cmb/2020.66.6.20" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986763v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Grandemange" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Foliguet" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jat.3765" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01952869v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timeh Saidou" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2018.11.003" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963115v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10565-019-09507-2" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01952881v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Houlgatte" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le Faou" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Ronzani" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wen Wu" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03639045.2018.1546313" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01942252v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mosaad A. Abdel-Wahhab" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yasser Khadrawy" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza A El-Nekeety" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7324/JAPS.2017.70726" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01274274v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled G. Abdel-Wahhab" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fathia A. Mannaa" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabila S. Hassan" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ma7031555" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272753v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajaa Hussien" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Housam Eidi" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/phy2.27" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00583422v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamzeh Al Zabadi" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ir&#232;ne Sari-Minodier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Aude Kerautret" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Tiberguent" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1476-069X-10-23" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986778v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Waniusiow" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Campo" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Venet" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Cossec" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Cosnier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/toxsci/kfp169" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01986772v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Laurent" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Paris" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2407-8-67" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999380v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Grossman" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ntt.2008.02.006" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-62DWV57X-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01999411v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Gueguen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maamar Souidi" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Batt" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Lutton" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1742-7843.2007.00066.x" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03679751v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/tel-01753720v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1993NAN12438" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>