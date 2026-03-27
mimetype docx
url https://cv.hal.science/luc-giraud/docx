--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -66,15987 +66,16112 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (77)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Low-Rank Tensor-Accelerated Adjoint-Based Topology Optimization Using Volume Integral Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine El Mehdi Zekri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SCEE 2026 - 16th international conference on Scientific Computing in Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2026, Lisbon, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05569054v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A journey through some numerical linear algebra algorithms with variable accuracy storage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CAS-ANLA 2025 - The Chinese Academy of Sciences Workshop on Approximate computing in Numerical Linear Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Beijing, China</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05049142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Practical stopping criteria for GMRES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Malhéné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Miroslav Rozloznik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse Days meeting 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05200599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tensor Train-Based Approach for the Magnetic Moment Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amine El Mehdi Zekri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Compumag 2025 - 25th International Conference on the Computation of Electromagnetic Fields</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Naples, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05291496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sparse Matrix Ordering for Fine Grain Parallel Triangular Solve Using SIMD</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aboul-Karim Mohamed El Maarouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Guignon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PPAM 2024 - 15th International Conference on Parallel Processing &amp; Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Czestochowa University of Technology; Technical University of Ostrava, Sep 2024, Ostrava, Czech Republic. pp.51-64, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-031-85697-6_4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05185404v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scalable Domain Decomposition Methods for Large Sparse Linear Systems on Modern Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Buttari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Marait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COMPAS 2025 - Conférence francophone d'informatique en Parallélisme, Architecture et Système</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Bordeaux, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Scalable Domain Decomposition Methods for Large Sparse Linear Systems on Modern Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alfredo Buttari</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Marait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse Days 2025</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2025, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05248757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Convolution neural operator preconditioning for the solution of some heterogeneous PDES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanfei Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DTE - AICOMAS 2025 - Digital Twins in Engineering &amp; Artificial Intelligence and Computational Methods in Applied Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kenjiro Terada, John Dolbow, Ferdinando Auricchio, Harald van Brummelen, Dominique Baillargeat, Charbel Farhat, Georges Karniadakis, Stefan Kollmannsberger, Trond Kvamsdal, Vissarion Papadopoulos, Ruben Sevilla, Feb 2025, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04961884v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Neural operator preconditioning for accelerating the solution of the parametric Helmholtz equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanfei Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mycek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maksym Shpakovych</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Kruse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2024 SIAM Conference on Applied Linear Algebra (SIAM LA24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laura Grigori, Daniel Kressner, May 2024, Paris, France. pp.2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04581208v4</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A journey on subspace methods for the solution of sequences of linear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Marait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on Mathematics and decision 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mohammed VI Polytechnic University, Dec 2024, Rabat, Morocco</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04854993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orthogonalization schemes in tensor train format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (LA24)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laura Grigori; Daniel Kressner, May 2024, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04587668v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hybridization of Machine Learning and Numerical Linear Algebra Techniques for Scientific Computing: Learned Minimum Residual Solvers for the Helmholtz Equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanfei Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Mycek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Kruse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSE 2023 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, RAI Congress Centre | Amsterdam, The Netherlands; SIAM, Feb 2023, Amsterdam, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04398087v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orthogonalization schemes in tensor train format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The 29th Biennial Conference on Numerical Analysis 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Glasgow, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04394115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Orthogonalization schemes in tensor train format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AG 2023 - SIAM Conference on Applied Algebraic Geometry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2023, Eindhoven / Hybrid, Netherlands</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04394130v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">GMRES in variable accuracy: a case study in low rank tensor linear systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Marait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GAMM - Workshop on Applied and Numerical Linear Algebra 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Erin Carson; Iveta Hnětynková; Stefano Pozza; Petr Tichý; Miroslav Tůma, Sep 2022, Prague, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03826879v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical Analysis of the Maximal Attainable Accuracy in Communication-hiding Pipelined Conjugate Gradients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jeffrey Cornelis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSE19 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Spokane, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02073711v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Energy Analysis of a Solver Stack for Frequency-Domain Electromagnetics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Lanteri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Marait</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Orgerie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PDP 2019 - 27th Euromicro International Conference on Parallel, Distributed and Network-Based Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Pavia, Italy. pp.385-391, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/EMPDP.2019.8671555⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02191331v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Soft Errors in the Conjugate Gradient: Sensitivity and Robust Numerical Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Vanroose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CSE19 - SIAM Conference on Computational Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2019, Spokane, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02073742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hierarchical Symbolic Factorization for Sparse Matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Falco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sylvand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse Days 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01999895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robust coarse spaces for abstract Schwarz preconditioners via generalized eigenproblems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International conference on domain decomposition methods, DD24</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Svalbard, Norway</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soft Error in PCG: Sensitivity, Numerical Detections and Possible Recoveries</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering, CSE'17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2017, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soft Error in Classical PCG and its Variants: Sensitivity, Numerical Detections and Possible Recovery Policies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Vanroose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Annual meeting 2017, AN'17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2017, Pittsburgh, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01670198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soft errors in PCG: detection and correction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Vanroose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Task-based sparse hybrid linear solver for distributed memory heterogeneous architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HeteroPar'2016 worshop of Euro-Par</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Grenoble, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coarse Grid Correction for Algebraic Domain Decomposition Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ECCOMAS Congress 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Hersonissos, Greece</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01355534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Two New Block Krylov Methods for Linear Systems with Multiple Right-hand Sides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan-Fei Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Carpentieri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ting-Zhu Huang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMA Conference on Numerical Linear Algebra and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Birmingham, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Semi-Algebraic Coarse Space for Parallel Sparse Hybrid Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée Calcul Haute Performance et Décomposition de Domaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440792v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Task-based Conjugate Gradient: from multi-GPU towards heterogeneous architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">HeteroPar'2016 worshop of Euro-Par</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2016, Grenoble, France. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-58943-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Combining Software Pipelining with Numerical Pipelining in the Conjugate Gradient Algorithm</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2016)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01301237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coarse Grid Correction for the MaPHyS Algebraic Domain Decomposition Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Poirel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse Days 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01440803v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On rounding error resilience, maximal attainable accuracy and parallel performance of the pipelined Conjugate Gradients method for large-scale linear systems in PETSc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wim Vanroose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EASC 2016 - Exascale Applications and Software Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2016, Stockholm, Sweden. pp.1-10, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2938615.2938621⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01734422v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Numerical fault tolerant strategies for resilient parallel eigensolvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IMA Conference on Numerical Linear Algebra and Optimization</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2016, Birmingham, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hard faults and soft errors: possible numerical remedies in linear algebra solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siegfried Cools</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Moreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VecPar - International meeting on High Performance Computing for Computational science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Porto, Portugal</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01334675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reliability of Checksum based Detection for Soft Errors in Conjugate Gradient Variants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Salt Lake city, Utah, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01200706v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H-Matrix Solver for FEM/BEM</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélien Falco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Lizé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Sylvand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIMI Workshop on Fast Direct Solvers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01215345v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Resiliency in Krylov Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PACS'15: Plateform for Advanced Scientific Computing Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Zurich, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01162618v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On Numerical Resiliency in Numerical Linear Algebra Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Salishan Conference on High-Speed Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, DOE laboratories, Apr 2015, Salishan, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01162627v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H-matrix techniques for parallel hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuval Harness</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CIMI Workshop on Fast Direct Solvers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01215344v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Data sparse techniques for parallel hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuval Harness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (SIAM LA 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2015, Atlanta, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01256230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the resilience of parallel sparse hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> HiPC 2015 - IEEE International Conference on High Performance Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2015, Bangalore, India</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01256316v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recover-Restart Strategies for Resilient Parallel Numerical Linear Algebra Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Householder Symposium XIX</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Spa, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel hybrid linear solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4ème Ecole Thématique de Simulation Numérique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CEA, Apr 2014, Porquerolles, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01118437v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recover-Restart Strategies for Resilient Parallel Numerical Linear Algebra Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Parallel Matrix Algorithms and Applications (PMAA 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lugano, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01058138v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some progresses in parallel numerical linear algebra toward extreme scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire : Mesocentre de calcul de l'Ecole Centrale Paris (Session sur les méthodes de résolution des sytèmes linéaires)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ecole Centrale Paris, Dec 2014, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01120201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Preliminary Investigations on Resilient Parallel Numerical Linear Algebra Solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Workshop on Exascale Applied Mathematics Challenges and Opportunities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Chicago, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toward parallel scalable linear solvers suited for large scale hierarchical parallel platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Faverge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">World Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Barcelona, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00987110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recovery-Restart Techniques for Resilient Krylov Methods</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Salas Pablo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2014)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2014, Portland, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01062232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Some Progresses on Krylov Linear Solvers: Block-variants and Resiliency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan-Fei Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Argonne Mathematics and Computer Science Seminar</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Lemont, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01018761v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards resilient parallel linear Krylov solvers: recover-restart strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse days 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CERFACS, Jun 2013, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00935685v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pipelining the CG Solver Over a Runtime System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GPU Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, NVIIDA, Mar 2013, San Jose, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00934948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards resilient parallel linear Krylov solvers with recover-restart strategies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Numerical Mathematics and Advanced Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Lausanne, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eigensolvers for thermoacoustics instabilities in combustion chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Vasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Feb 2013, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards Domain Decomposition with Balanced Halo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Astrid Casadei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Ramet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Celebrating 40 Years of Nested Dissection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2013, Waterloo, Canada</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00924977v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Resilience at extreme scale : system level, algorithmic level or both?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Cappello</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (SIAM CSE 2013)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2013, Boston, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00799309v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel local time-stepping for elastodynamic equations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Dudouit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pernet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conference on Mathematical and Computational Issues in the Geosciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Jun 2013, Padua, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algebraic preconditioners for parallel hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">High Performance Computing in Science and Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Ostrava, Czech Republic</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comparison of two sparse hybrid solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Lecouvez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoye S. Li</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Parallel Processing for Scientific Computing (SIAM PP 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Feb 2012, Savannah, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719544v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On a parallel hierarchical algebraic domain decomposition method for a large scale sparse linear solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (SIAM LA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Jun 2012, Valencia, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pipelining the CG Solver Over a Runtime System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">International Workshop on Parallel Matrix Algorithms and Applications (PMAA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, London, United Kingdom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Physically-based preconditioner for the WCIP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-René Poirier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Perrussel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia-Pacific Microwave Conference (APMC 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2012, Kaohsiung, Taiwan. pp. 1310 - 1312, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/APMC.2012.6421905⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00907360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards resilient Krylov solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mawussi Zounon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Applied Linear Algebra (SIAM LA 2012)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Jun 2012, Valencia, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On a Hierarchical Parallel Algebraic Domain Decomposition Linear Solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Scalable Hierarchical Algorithms for eXtreme Computing (SHAX-C) Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2012, Kaust, Saudi Arabia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00726630v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On a hierarchical parallel algebraic domain decomposition linear solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yan-Fei Jing</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aquitaine-Euskadi Workshop on Applied Mathematics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2012, Bilbao, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719527v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel algebraic domain decomposition solver for the solution of augmented systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Second International Conference on Parallel, Distributed, Grid and Cloud Computing for Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Ajaccio, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00652931v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algebraic Schwarz preconditioning for the Schur complement: application to the time-harmonic Maxwell equations discretized by a discontinuous Galerkin method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Twentieth International Conference on Domain Decomposition Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, San Diego La Jolla, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00577639v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stability of azimuthal modes in annular combustion chambers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pablo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jens-Dominik Müller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Staffelbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Poinsot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Third workshop INCA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00651847v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Performance of a sparse hybrid linear solver on a multicore cluster</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Lee-Tin-Yien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM Conference on Computational Science and Engineering (CSE 2011)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Reno, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00548911v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">WCIP acceleration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Raveu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Baudrand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Asia Pacific Microwave Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2010, Yokohama, Japan</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00551035v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Complexity analysis of sparse hybrid linear solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3rd ''Scheduling in Aussois'' Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Aussois, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00549221v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Solveurs parallèles creux hybrides direct/itératif : application à des simulations 3D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Lee-Tin-Yien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Workshop Solveurs de systèmes linéaires de grande taille : les avancées récentes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Lyon, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00549144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Towards a complexity analysis of sparse hybrid linear solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Para 2010 : State of the Art in Scientific and Parallel Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Reykjavík, Iceland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00548913v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Algebraic parallel domain decomposition solver</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Lee-Tin-Yien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée GNR MOMAS / GDR Calcul</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00549132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">MaPHyS or the development of a parallel algebraic domain decomposition solver in the course of the solstice project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sparse Days 2010 Meeting at CERFACS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00548915v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel scalability and complexity analysis of sparse hybrid linear solvers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6th International Workshop on Parallel Matrix Algorithms and Applications (PMAA'10)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Basel, Switzerland</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inria-00549126v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Parallel algebraic hybrid linear solver for frequency domain acoustic wave modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hafedh Ben-Hadj-Ali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Azzam Haidar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Virieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIAM conference on Applied Linear Algebra</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SIAM, Oct 2009, Monterey Bay, United States</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00719553v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">3D frequency-domain finite-difference modeling of acoustic wave propagation using a massively parallel direct solver: a feasibility study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Operto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Virieux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Amestoy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves L'Excellent</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SEG 2006 - 76th International Exposition and Annual Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, New Orleans, United States. pp.2265-2269, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1190/1.2369987⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00408484v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">An Overview of the GRID-TLSE Project</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Daydé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Giraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hernandez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Yves L'Excellent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Pantel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VECPAR'04</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Universidad Politécnica de Valencia, Jun 2004, Valence, Spain</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00688814v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Rapport (34)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cerfacs ALGO Team Scientific Activity Report for the year 2025</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luciano Drozda Dantas Martins</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selime Gürol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Kruse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mycek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">TR/PA/26/6, Cerfacs - Toulouse, France. 2026</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport contrat/projet)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05519493v1</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05519493v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence analysis of overlapping domain decomposition preconditioners for nonlinear problems</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">A note on the partial convergence management for the solution of symmetric linear systems with multiple right-hand sides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">RR-9575, INRIA. 2025</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanfei Xiang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">RR-9574, Inria Centre at the University of Bordeaux. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04958735v2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A note on the partial convergence management for the solution of symmetric linear systems with multiple right-hand sides</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Solving eigenvalue problems in high dimensions using contour integration and Tensor Train format</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Coulaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">RR-9574, Inria Centre at the University of Bordeaux. 2025</w:t>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martina Iannacito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammad Issa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">RR-9586, Inria. 2025, pp.19</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04922247v1</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05017425v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Solving eigenvalue problems in high dimensions using contour integration and Tensor Train format</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Convergence analysis of overlapping domain decomposition preconditioners for nonlinear problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Mehdi Ettaouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">RR-9586, Inria. 2025, pp.19</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Kruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardieu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">RR-9575, INRIA. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-                <w:t xml:space="preserve">hal-05017425v3</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04958735v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault-tolerant numerical iterative algorithms at scale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alix Tremodeux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Benoit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Herault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RR-9567, Inria Lyon. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04872041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neural network preconditioning: a case study for the solution of the parametric Helmholtz equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carola Kruse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mycek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maksym Shpakovych</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Xiang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RR-9593, Inria Centre at the University of Bordeaux, France. 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05157038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A robust GMRES algorithm in Tensor Train format</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Iannacito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9484, Inria; Alma Mater Studiorum – Università di Bologna. 2022, pp.1-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776529v4</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On some orthogonalization schemes in Tensor Train format</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Iannacito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">RR-9491, Inria Bordeaux - Sud-Ouest. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03850387v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The backward stable variants of GMRES in variable accuracy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Iannacito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Marait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9483, Inria. 2022, pp.1-77</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03776837v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A note on the strong parallel scalability of numerically scalable Poisson linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valentin Joncquieres</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Marait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Poirel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9423, Inria Bordeaux - Sud Ouest. 2021, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03352049v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A block minimum residual norm subspace solver for sequences of multiple left and right-hand side linear systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan-Fei Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Xiang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9393, Inria Bordeaux Sud-Ouest. 2021, pp.60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03146213v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Recycling Krylov subspace strategies for sequences of sampled stochastic elliptic equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Venkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mycek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9425, Inria Bordeaux - Sud Ouest. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03366966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparative study of harmonic and Rayleigh-Ritz procedures with applications to deflated conjugate gradients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Venkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mycek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Maitre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] Cerfacs. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02434043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On soft errors in the Conjugate Gradient method: sensitivity and robust numerical detection -revised</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Cools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Schenkels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9330, Inria Bordeaux Sud-Ouest. 2020, pp.43</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02495301v3</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A complementary note on soft errors in the Conjugate Gradient method: the persistent error case</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Cools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Schenkels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9360, Inria Bordeaux Sud-Ouest. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02921669v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploring variable accuracy storage through lossy compression techniques in numerical linear algebra: a first application to flexible GMRES</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cappello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Di</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xin Liang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9342, Inria Bordeaux Sud-Ouest. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02572910v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On soft errors in the Conjugate Gradient method: sensitivity and robust numerical detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Cools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim Vanroose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9226, Inria Bordeaux Sud-Ouest. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01929738v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Energy analysis of a solver stack for frequency-domain electromagnetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Marait</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Orgerie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9240, Inria Bordeaux Sud-Ouest. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01962629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-rank Factorizations in Data Sparse Hierarchical Algorithms for Preconditioning Symmetric Positive Definite Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuval Harness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-9200, Inria Bordeaux Sud-Ouest. 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01856399v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust coarse spaces for Abstract Schwarz preconditioners via generalized eigenproblems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Poirel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8978, INRIA Bordeaux. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01399203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nearly optimal fast preconditioning of symmetric positive definite matrices</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId24" w:history="1">
+                <w:t xml:space="preserve">Hierarchical hybrid sparse linear solver for multicore platforms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-8984, Inria Bordeaux Sud-Ouest. 2016, pp.34</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stojce Nakov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8960, INRIA Bordeaux. 2016, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01403480v2</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01379227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hierarchical hybrid sparse linear solver for multicore platforms</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Interior penalty discontinuous Galerkin method for coupled elasto-acoustic media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Dudouit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-8960, INRIA Bordeaux. 2016, pp.25</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Millot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Pernet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8986, Inria Bordeaux Sud-Ouest. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01379227v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01406158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interior penalty discontinuous Galerkin method for coupled elasto-acoustic media</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Nearly optimal fast preconditioning of symmetric positive definite matrices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Darve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...26 lines deleted...]
-              <w:t xml:space="preserve">[Research Report] RR-8986, Inria Bordeaux Sud-Ouest. 2016</w:t>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuval Harness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Research Report] RR-8984, Inria Bordeaux Sud-Ouest. 2016, pp.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01406158v1</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01403480v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-based hybrid linear solver for distributed memory heterogeneous architectures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stojce Nakov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8913, Inria Bordeaux Sud-Ouest. 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01316783v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpolation-restart strategies for resilient eigensolvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mawussi Zounon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] 8625, INRIA Bordeaux. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01201748v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On the resilience of a parallel sparse hybrid solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mawussi Zounon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8744, INRIA Bordeaux; INRIA. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01165186v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Block GMRES method with inexact breakdowns and deflated restarting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan-Fei Jing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8503, INRIA. 2014, pp.31</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00963704v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spectral recycling strategies for the solution of nonlinear eigenproblems in thermoacoustics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Moreau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8542, INRIA. 2014, pp.23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00996601v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards resilient parallel linear Krylov solvers: recover-restart strategies</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdou Guermouche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Roman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdou Guermouche</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Mawussi Zounon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8324, INRIA. 2013, pp.36</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00843992v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Parallel Full Geometric Multigrid Solver for Time Harmonic Maxwell Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Pesqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8335, INRIA. 2013, pp.25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00847966v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deflation and augmentation techniques in Krylov linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8265, INRIA. 2013, 25 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00803225v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Task-based Conjugate-Gradient for multi-GPUs platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stojce Nakov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-8192, INRIA. 2012, pp.28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00767368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel algebraic domain decomposition solver for the solution of augmented systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7516, INRIA. 2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00559133v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse approximations of the Schur complement for parallel algebraic hybrid linear solvers in 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Research Report] RR-7237, INRIA. 2010, pp.18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00466828v1</w:t>
-              </w:r>
-[...8534 lines deleted...]
-                <w:t xml:space="preserve">hal-00688814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article dans une revue (31)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId209" w:history="1">
+            <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Convergence analysis of overlapping domain decomposition preconditioners for nonlinear problems</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fault-tolerant numerical iterative algorithms at scale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alix Tremodeux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Benoit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">El Mehdi Ettaouchi</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Herault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId209" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05412939v1</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05234063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustness and reliability of state-space, frame-based modeling for thermoacoustics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Cances</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId213" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael Bauerheim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId214" w:history="1">
+            <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Y.M. Gicquel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Nicoud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Computational Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 520, pp.113472. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId216" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.jcp.2024.113472⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04734953v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On some orthogonalization schemes in Tensor Train format</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Iannacito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIT Numerical Mathematics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 65 (45), </w:t>
             </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10543-025-01086-5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId218" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05343109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault-tolerant numerical iterative algorithms at scale</w:t>
-[...57 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Convergence analysis of overlapping domain decomposition preconditioners for nonlinear problems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El Mehdi Ettaouchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carola Kruse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Tardieu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 47 (6), pp.A3464-A3493. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1137/25M1735585⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05234063v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05412939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A note on TT-GMRES for the solution of parametric linear systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martina Iannacito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronic Transactions on Numerical Analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 62, pp.163-187. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId221" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1553/etna_vol62s163⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04986230v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tensor Train solver for the Magnetic Moment Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId223" w:history="1">
+            <w:hyperlink r:id="rId225" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Zekri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-R. Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, pp.1-1. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMAG.2025.3618391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId222" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05311300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multifacets of lossy compression for scientific data in the Joint-Laboratory of Extreme Scale Computing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Cappello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sheng Di</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Underwood</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dingwen Tao</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jon Calhoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Future Generation Computer Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.future.2024.05.022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId226" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04618060v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Combining reduction with synchronization barrier on multi‐core processors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aboul‐karim Mohamed El Maarouf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Guignon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Concurrency and Computation: Practice and Experience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 35 (1), pp.e7402. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/cpe.7402⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId233" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03948901v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A block minimum residual norm subspace solver with partial convergence management for sequences of linear systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan-Fei Jing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yanfei Xiang</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Matrix Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 43 (2), pp.710-739. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId237" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/21m1401127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId236" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03546496v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId236" w:history="1">
+            <w:hyperlink r:id="rId238" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resilience and fault tolerance in high-performance computing for numerical weather and climate prediction</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId237" w:history="1">
+                <w:t xml:space="preserve">Resiliency in numerical algorithm design for extreme scale simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mirco Altenbernd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hartwig Anzt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leonardo Bautista-Gomez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommaso Benacchio</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Peter D Düben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 35 (4), pp.285-311. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1094342021990433⟩</w:t>
+              <w:t xml:space="preserve">, 2021, pp.10943420211055188. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/10943420211055188⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId236" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03138061v1</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03348787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resiliency in numerical algorithm design for extreme scale simulations</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Agullo</w:t>
+                <w:t xml:space="preserve">Resilience and fault tolerance in high-performance computing for numerical weather and climate prediction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tommaso Benacchio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luca Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId239" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mirco Altenbernd</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Tommaso Benacchio</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris D Cantwell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peter D Düben</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of High Performance Computing Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, pp.10943420211055188. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/10943420211055188⟩</w:t>
+              <w:t xml:space="preserve">, 2021, 35 (4), pp.285-311. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1094342021990433⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId243" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03348787v1</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03138061v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">On soft errors in the conjugate gradient method: sensitivity and robust numerical detection</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Cools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emrullah Fatih-Yetkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nick Schenkels</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 42 (6), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/18M122858X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId247" w:history="1">
+            <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03022845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Plane Wave Scattering Dedicated Integral Equation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId250" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Alzaix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId253" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bastiaan Michielsen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-René Poirier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Antennas and Propagation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, pp.1-10. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId252" w:history="1">
+            <w:hyperlink r:id="rId254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TAP.2019.2948390⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId249" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02448907v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust preconditioners via generalized eigenproblems for hybrid sparse linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis Poirel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Matrix Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 40 (2), pp.417-439. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/17M1153765⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId253" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02074474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">High order HDG method and domain decomposition solvers for frequency‐domain electromagnetics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
+            <w:hyperlink r:id="rId258" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Gobé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId257" w:history="1">
+            <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Kuhn</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Lanteri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Numerical Modelling: Electronic Networks, Devices and Fields</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/jnm.2678⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02327982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyzing the Effect of Local Rounding Error Propagation on the Maximal Attainable Accuracy of the Pipelined Conjugate Gradient Method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Siegfried Cools</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emrullah Fatih Yetkin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wim Vanroose</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Matrix Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 39 (1), pp.426 - 450. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId260" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/17M1117872⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId261" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01753411v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-Rank Factorizations in Data Sparse Hierarchical Algorithms for Preconditioning Symmetric Positive Definite Matrices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Darve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yuval Harness</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Matrix Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 39 (4), pp.1701-1725</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId261" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01940053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guest editorial: Special issue on parallel matrix algorithms and applications (PMAA’16)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Arbenz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olaf Schenk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 74, pp.1 - 2. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.parco.2018.01.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01927721v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ASIS v1.0: an adaptive solver for the simulation of atmospheric chemistry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Cariolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Moinat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Teyssèdre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Béatrice Josse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geoscientific Model Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 10, pp.1467 - 1485. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.5194/gmd-10-1467-2017⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01507392v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Interpolation-restart strategies for resilient eigensolvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pablo Salas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mawussi Zounon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 38 (5), pp.C560-C583. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/15M1042115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01347793v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Block GMRES method with inexact breakdowns and deflated restarting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yan-Fei Jing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Matrix Analysis and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 35 (4), pp.1625-1651. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId277" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/140961912⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01067159v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Parallel Full Geometric Multigrid Solver for Time Harmonic Maxwell Problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathieu Chanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Goudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Pesqué</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 36 (2), pp.C119-C138. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/130909512⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId276" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00933526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel algebraic domain decomposition solver for the solution of augmented systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Engineering Software</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 60-61, pp.23-30. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.advengsoft.2012.07.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId280" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00719512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel hierarchical hybrid linear solvers for emerging computing platforms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuel Agullo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdou Guermouche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Roman</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Comptes rendus de l’Académie des sciences. Série IIb, Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, High Performance Computing, 339 (2-3), pp.96-103. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.crme.2010.11.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId283" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00548916v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional parallel frequency-domain visco-acoustic wave modelling based on a hybrid direct/iterative solver</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florent Sourbier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hafedh Ben-Hadj-Ali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Operto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Prospecting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 59 (5), pp.834-856. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2478.2011.00966.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New curvilinear scheme for elastic wave propagation in presence of curved topography</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Issam Tarrass</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId292" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Thore</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Geophysical Prospecting</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 59 (5), pp.889--906. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId291" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2478.2011.00972.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId294" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00647160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId293" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using multiple levels of parallelism to enhance the performance of domain decomposition solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId294" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Pralet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Parallel Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 36 (5-6), pp.285-296. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.parco.2009.12.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId295" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00542444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sparse approximations of the Schur complement for parallel algebraic hybrid linear solvers in 3D</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yousef Saad</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numerical Mathematics: Theory, Methods and Applications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (3), pp.276-294</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00542450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flexible GMRES with deflated restarting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Gratton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Pinel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SIAM Journal on Scientific Computing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 32 (4), pp.1858--1878. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1137/080741847⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">inria-00542426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel algebraic hybrid solvers for large 3D convection-diffusion problems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Azzam Haidar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Numerical Algorithms</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 51 (2), pp.151-177. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s11075-008-9248-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId306" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId304" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00441717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parallel Tools for Solving Incremental Dense Least Squares Problems: Application to Space Geodesy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marc Baboulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId299" w:history="1">
+            <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Gratton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Langou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Algorithms and Computational Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 3 (1), pp.117-133. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1260/174830109787186541⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03973310v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16056,130 +16181,130 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Preconditioners based on Voronoi quantizers of random variable coefficients for stochastic elliptic partial differential equations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Venkovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Mycek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Le Maître</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId309" w:history="1">
+            <w:hyperlink r:id="rId311" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04790361v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16189,141 +16314,141 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deflation and augmentation techniques in Krylov linear solvers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Coulaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Giraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Ramet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Vasseur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Topping, B.H.V and Ivanyi, P. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Developments in Parallel - Distributed - Grid and Cloud Computing for Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Saxe-Coburg Publications, pp.249--275, 2013, 978-1-874672-62-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00860339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -16333,177 +16458,177 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Euro-Par’ 99 Parallel Processing : 5th International Euro-Par Conference Toulouse, France, August 31–September 3, 1999 Proceedings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Amestoy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Berger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Daydé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Ruiz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Iain Duff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5th International Euro-Par Conference on Parallel Processing (1999)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1685, Springer, 1999, Lecture Notes in Computer Science (LNCS), 978-3-540-66443-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/3-540-48311-X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Proceedings/Recueil des communications</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04500452v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId317"/>
+      <w:footerReference w:type="default" r:id="rId319"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -16650,51 +16775,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519493v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Drozda Dantas Martins" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selime G&#252;rol" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Kruse" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mycek" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958735v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Ettaouchi" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardieu" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04922247v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfei Xiang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05017425v3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Iannacito" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04872041v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Tremodeux" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Herault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157038v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Shpakovych" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776529v4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850387v3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776837v3" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marait" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03352049v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Joncquieres" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Poirel" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03146213v3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Fei Jing" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366966v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Venkovic" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Maitre" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434043v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02495301v3" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Cools" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrullah Fatih-Yetkin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Schenkels" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921669v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02572910v2" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cappello" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Di" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liang" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01929738v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Vanroose" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962629v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Orgerie" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856399v2" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darve" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval Harness" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399203v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01403480v2" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01379227v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stojce Nakov" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roman" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01406158v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Dudouit" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Millot" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pernet" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01316783v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01201748v2" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salas" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawussi Zounon" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01165186v2" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00963704v2" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00996601v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousef Saad" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moreau" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00843992v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847966v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chanaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Pesqu&#233;" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803225v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vasseur" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767368v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00559133v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzam Haidar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00466828v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049142v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05248772v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05248757v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291496v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Mehdi Zekri" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185404v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboul-Karim Mohamed El Maarouf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guignon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85697-6_4" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05200599v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Malh&#233;n&#233;" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Rozloznik" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04961884v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04581208v4" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04854993v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04587668v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04394115v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04398087v2" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04394130v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826879v2" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02073711v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cornelis" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02073742v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191331v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lanteri" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMPDP.2019.8671555" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01999895v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Falco" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sylvand" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670189v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrullah Fatih Yetkin" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670198v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334648v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Carpentieri" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting-Zhu Huang" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334738v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355534v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01301240v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440792v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334734v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58943-5" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01301237v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440803v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01734422v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2938615.2938621" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334631v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334675v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moreau" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01200706v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215345v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Liz&#233;" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162627v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215344v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162618v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256230v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256316v2" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018760v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118437v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018763v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01058138v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120201v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01062232v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salas Pablo" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987110v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018761v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00935685v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00934948v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933640v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933498v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924977v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Casadei" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00799309v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933533v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933517v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719544v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecouvez" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoye S. Li" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719537v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719534v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00726630v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907360v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2012.6421905" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00726652v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719527v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00651847v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Dominik M&#252;ller" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Staffelbach" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00652931v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577639v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548911v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Lee-Tin-Yien" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00551035v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Baudrand" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549221v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548913v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549144v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549132v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548915v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549126v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719553v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Ben-Hadj-Ali" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Virieux" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408484v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves L'Excellent" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2369987" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688814v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayd&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernandez" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412939v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/25M1735585" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734953v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cances" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bauerheim" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y.M. Gicquel" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2024.113472" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05343109v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10543-025-01086-5" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05234063v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04986230v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol62s163" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311300v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zekri" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Poirier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3618391" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04618060v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Underwood" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingwen Tao" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Calhoun" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2024.05.022" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03948901v2" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboul&#8208;karim Mohamed El Maarouf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7402" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03546496v2" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21m1401127" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03138061v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Benacchio" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bonaventura" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Altenbernd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris D Cantwell" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D D&#252;ben" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1094342021990433" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03348787v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig Anzt" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bautista-Gomez" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211055188" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03022845v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M122858X" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448907v2" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alzaix" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastiaan Michielsen" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2019.2948390" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02074474v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1153765" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02327982v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gob&#233;" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kuhn" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2678" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01753411v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1117872" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01940053v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927721v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Arbenz" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Schenk" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2018.01.003" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01507392v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cariolle" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moinat" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Teyss&#232;dre" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Josse" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-1467-2017" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01347793v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/15M1042115" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01067159v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140961912" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933526v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/130909512" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719512v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.07.004" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-01JKP5FB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548916v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2010.11.005" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KPN141S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647179v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sourbier" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2478.2011.00966.x" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G5TP5T97-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647160v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Tarrass" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thore" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2478.2011.00972.x" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKC5Z4K4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542444v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pralet" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2009.12.006" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFD89C68-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542450v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542426v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gratton" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinel" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/080741847" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441717v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-008-9248-x" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JGZM9M6Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973310v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baboulin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Langou" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/174830109787186541" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790361v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860339v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500452v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berger" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Duff" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-48311-X" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05569054v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amine El Mehdi Zekri" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Michel" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Ren&#233; Poirier" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Giraud" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Coulaud" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049142v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Agullo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Iannacito" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Issa" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05200599v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Malh&#233;n&#233;" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Miroslav Rozloznik" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291496v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05185404v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboul-Karim Mohamed El Maarouf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdou Guermouche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Guignon" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-85697-6_4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05248772v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stojce Nakov" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alfredo Buttari" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Marait" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05248757v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04961884v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanfei Xiang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04581208v4" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Mycek" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maksym Shpakovych" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carola Kruse" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04854993v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04587668v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04398087v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04394115v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04394130v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03826879v2" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02073711v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siegfried Cools" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeffrey Cornelis" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrullah Fatih-Yetkin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02191331v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Lanteri" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Orgerie" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMPDP.2019.8671555" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02073742v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim Vanroose" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01999895v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Falco" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Sylvand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670178v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Poirel" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670189v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emrullah Fatih Yetkin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01670198v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01301240v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334738v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01355534v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334648v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yan-Fei Jing" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Carpentieri" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ting-Zhu Huang" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440792v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334734v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Roman" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-58943-5" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01301237v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01440803v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01734422v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2938615.2938621" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334631v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pablo Salas" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mawussi Zounon" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01334675v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moreau" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01200706v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215345v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Liz&#233;" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162618v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01162627v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01215344v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Darve" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuval Harness" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256230v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01256316v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018760v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01118437v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01058138v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01120201v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018763v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00987110v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Faverge" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Ramet" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01062232v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salas Pablo" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01018761v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00935685v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00934948v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933640v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933498v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Vasseur" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00924977v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Astrid Casadei" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00799309v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Cappello" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933533v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Dudouit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Millot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Pernet" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933517v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719544v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Azzam Haidar" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lecouvez" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoye S. Li" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719537v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00726652v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00907360v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raveu" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Vincent" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Perrussel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APMC.2012.6421905" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719534v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00726630v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719527v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00652931v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00577639v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00651847v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens-Dominik M&#252;ller" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Staffelbach" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Poinsot" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548911v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Lee-Tin-Yien" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00551035v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Baudrand" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549221v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549144v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548913v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549132v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548915v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00549126v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719553v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hafedh Ben-Hadj-Ali" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Operto" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Virieux" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00408484v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Amestoy" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves L'Excellent" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1190/1.2369987" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00688814v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Dayd&#233;" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hernandez" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Pantel" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05519493v2" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luciano Drozda Dantas Martins" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selime G&#252;rol" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04922247v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05017425v3" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04958735v2" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Mehdi Ettaouchi" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Tardieu" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04872041v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Tremodeux" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Benoit" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Herault" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05157038v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776529v4" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850387v3" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03776837v3" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03352049v2" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Joncquieres" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03146213v3" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366966v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Venkovic" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Maitre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02434043v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02495301v3" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nick Schenkels" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02921669v2" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02572910v2" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sheng Di" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xin Liang" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01929738v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01962629v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lanteri" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01856399v2" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01399203v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01379227v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01406158v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01403480v2" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01316783v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01201748v2" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01165186v2" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00963704v2" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00996601v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yousef Saad" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Moreau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00843992v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00847966v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Chanaud" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Goudin" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Pesqu&#233;" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00803225v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00767368v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00559133v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00466828v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05234063v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734953v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Cances" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Bauerheim" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Y.M. Gicquel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Nicoud" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2024.113472" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05343109v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10543-025-01086-5" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05412939v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/25M1735585" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04986230v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1553/etna_vol62s163" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05311300v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Zekri" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Poirier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2025.3618391" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04618060v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Underwood" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dingwen Tao" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Calhoun" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.future.2024.05.022" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03948901v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aboul&#8208;karim Mohamed El Maarouf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cpe.7402" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03546496v2" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/21m1401127" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03348787v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirco Altenbernd" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hartwig Anzt" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo Bautista-Gomez" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommaso Benacchio" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10943420211055188" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03138061v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luca Bonaventura" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris D Cantwell" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter D D&#252;ben" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1094342021990433" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03022845v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/18M122858X" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02448907v2" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Alzaix" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastiaan Michielsen" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TAP.2019.2948390" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02074474v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1153765" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02327982v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Gob&#233;" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Kuhn" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jnm.2678" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01753411v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/17M1117872" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01940053v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01927721v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Arbenz" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olaf Schenk" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2018.01.003" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01507392v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Cariolle" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Moinat" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Teyss&#232;dre" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Josse" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/gmd-10-1467-2017" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01347793v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/15M1042115" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01067159v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/140961912" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00933526v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/130909512" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00719512v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.advengsoft.2012.07.004" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-01JKP5FB-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00548916v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2010.11.005" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4KPN141S-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647179v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Sourbier" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2478.2011.00966.x" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-G5TP5T97-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00647160v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Issam Tarrass" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Thore" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2478.2011.00972.x" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-XKC5Z4K4-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542444v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Pralet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.parco.2009.12.006" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WFD89C68-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542450v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00542426v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Gratton" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Pinel" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1137/080741847" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00441717v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11075-008-9248-x" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JGZM9M6Z-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03973310v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Baboulin" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Langou" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1260/174830109787186541" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04790361v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Ma&#238;tre" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00860339v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04500452v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Berger" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Ruiz" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iain Duff" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/3-540-48311-X" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>