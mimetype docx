--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -449,278 +449,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04387943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimaterial filtering applied to the topology optimization of a permanent magnet synchronous machine</w:t>
+                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multi-Material Topology Optimization of a 3-phase Stator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">S. Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0546⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 60 (3), pp.8100604. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3317700⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04634402v1</w:t>
+                <w:t xml:space="preserve">hal-04213621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multi-Material Topology Optimization of a 3-phase Stator</w:t>
+                <w:t xml:space="preserve">Multimaterial filtering applied to the topology optimization of a permanent magnet synchronous machine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">S. Hlioui</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 60 (3), pp.8100604. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 43 (4), pp.852-870. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2023.3317700⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2023-0546⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213621v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04634402v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Constrained Bayesian Optimization Framework for Structural Vibrations with Local Nonlinearities</w:t>
               </w:r>
@@ -875,64 +875,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Science and Technology for Energy Transition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 78, pp.41. </w:t>
@@ -1022,51 +1022,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 59 (5), </w:t>
@@ -1143,51 +1143,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Duysinx</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2247,51 +2247,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICEM 2024 - 26th International Conference on Electrical Machines</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Torino, Italy. pp.1-7, </w:t>
@@ -2323,269 +2323,269 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04731694v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards an efficient strategy for the optimal design of aerospace structures with local nonlinearities in vibration dynamics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Constrained Parametric Global Optimization of a Vibration Problem with Non-Linear Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quentin Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Crambuer</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Conference on Spacecraft Structures Matérials and Environmental Testing - ECSSMET 2024</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, European Space Agency, Sep 2024, Noordwijk, Netherlands</w:t>
+              <w:t xml:space="preserve">16th World Congress on Computational Mechanics and 4th Pan American Congress on Computational Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2024, Vancouver (BC), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04642736v1</w:t>
+                <w:t xml:space="preserve">hal-04642730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Constrained Parametric Global Optimization of a Vibration Problem with Non-Linear Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Towards an efficient strategy for the optimal design of aerospace structures with local nonlinearities in vibration dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crambuer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Romain Crambuer</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Roy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th World Congress on Computational Mechanics and 4th Pan American Congress on Computational Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2024, Vancouver (BC), Canada</w:t>
+              <w:t xml:space="preserve">European Conference on Spacecraft Structures Matérials and Environmental Testing - ECSSMET 2024</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, European Space Agency, Sep 2024, Noordwijk, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04642730v1</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04642736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation Bayésienne sous contraintes appliquée à l'étude vibratoire de structures intégrant des non-linéarités localisées</w:t>
               </w:r>
@@ -2813,51 +2813,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2906,515 +2906,515 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04586939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multimaterial Filtering applied to Topology Optimization of a Permanent Magnet Synchronous Machine</w:t>
+                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multimaterial Topology Optimization of a 3-phase Stator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théodore Cherrière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Laurent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th International Workshop on Optimization and Inverse Problems in Electromagnetism 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2023, Graz, Austria</w:t>
+              <w:t xml:space="preserve">COMPUMAG 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04213577v1</w:t>
+                <w:t xml:space="preserve">hal-04129718v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Filtering and Current-angle Adjustment on the Multimaterial Topology Optimization of a 3-phase Stator</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S Hlioui</w:t>
+                <w:t xml:space="preserve">Strategy for Global Parametric Optimization in Nonlinear Vibration: Application on a Gantry Crane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crambuer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Kyoto, Japan</w:t>
+              <w:t xml:space="preserve">9th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering, COMPDYN 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, ECCOMAS, Jun 2023, Athens, Greece</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04129718v1</w:t>
+                <w:t xml:space="preserve">hal-04077038v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Strategy for Global Parametric Optimization in Nonlinear Vibration: Application on a Gantry Crane</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
+                <w:t xml:space="preserve">On the use of surrogate models for drive cycle automotive electrical machine design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Mazloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mermaz Rollet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th International Conference on Computational Methods in Structural Dynamics and Earthquake Engineering, COMPDYN 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">4th IEEE International Conference on Electrical Sciences and Technologies in Maghreb - CISTEM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Tunis, Tunisia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CISTEM55808.2022.10043894⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04077038v1</w:t>
+                <w:t xml:space="preserve">hal-03869762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of surrogate models for drive cycle automotive electrical machine design</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sami Hlioui</w:t>
+                <w:t xml:space="preserve">Multimaterial Filtering applied to Topology Optimization of a Permanent Magnet Synchronous Machine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Cherrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th IEEE International Conference on Electrical Sciences and Technologies in Maghreb - CISTEM 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">17th International Workshop on Optimization and Inverse Problems in Electromagnetism 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Graz, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CISTEM55808.2022.10043894⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03869762v1</w:t>
+                <w:t xml:space="preserve">hal-04213577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization of Flux Switching Machine Rotors</w:t>
               </w:r>
@@ -3452,51 +3452,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed Gabsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4th IEEE International Conference on Electrical Sciences and Technologies in Maghreb - CISTEM 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2022, Tunis, Tunisia. </w:t>
@@ -3694,51 +3694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mermaz-Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3774,246 +3774,259 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04187401v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gradient-Based Optimization of Structures Immersed in an Acoustic Cavity Using XFEM, ROM and Surrogate Model</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Topology Optimization of Asymmetric PMSM Rotor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théodore Cherrière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S Hlioui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Louf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 8th European Congress on Computational Methods in Applied Sciences and Engineering ECCOMAS Congress 2022</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.469-475, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910650⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03690766v1</w:t>
+                <w:t xml:space="preserve">hal-03818875v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimisation paramétrique par métamodèle en dynamique vibratoire non linéaire avec résolution fréquentielle</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gradient-Based Optimization of Structures Immersed in an Acoustic Cavity Using XFEM, ROM and Surrogate Model</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Legay</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Romain Crambuer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">25éme Congrès Français de Mécanique, CFM 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+              <w:t xml:space="preserve">The 8th European Congress on Computational Methods in Applied Sciences and Engineering ECCOMAS Congress 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Oslo, Norway</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03770669v1</w:t>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03690766v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gradients du champ acoustique par rapport à la position et la forme d'une paroi rigide dans une cavité à l'aide d'un modèle réduit et d'XFEM</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Legay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4029,191 +4042,178 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème colloque national en calcul des structures</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Polytechnique Hauts-de-France [UPHF], May 2022, 83400 Hyères-les-Palmiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03717622v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization of Asymmetric PMSM Rotor</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S Hlioui</w:t>
+                <w:t xml:space="preserve">Optimisation paramétrique par métamodèle en dynamique vibratoire non linéaire avec résolution fréquentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crambuer</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">25éme Congrès Français de Mécanique, CFM 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Nantes, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910650⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03818875v1</w:t>
+                <w:t xml:space="preserve">hal-03770669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efficient parametric derivative computations of the pressure in an acoustic cavity with immersed structures</w:t>
               </w:r>
@@ -4275,286 +4275,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03690752v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wound Field Synchronous Drive Cycle Current Parameters Optimization: A Metamodel-Based Approach</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Sami Hlioui</w:t>
+                <w:t xml:space="preserve">Stratégie efficace de résolution en dynamique vibratoire non linéaire pour des structures assemblées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Mermaz-Rollet</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Legay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Larroque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Crambuer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">NAFEMS France Conference, NRC22 France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Senlis, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03840667v1</w:t>
+                <w:t xml:space="preserve">hal-03876380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie efficace de résolution en dynamique vibratoire non linéaire pour des structures assemblées</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Quentin Ragueneau</w:t>
+                <w:t xml:space="preserve">Wound Field Synchronous Drive Cycle Current Parameters Optimization: A Metamodel-Based Approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rebecca Mazloum</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sami Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Romain Crambuer</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Mermaz-Rollet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NAFEMS France Conference, NRC22 France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 International Conference on Electrical Machines (ICEM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2022, Valencia, Spain. pp.199-205, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICEM51905.2022.9910948⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03876380v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03840667v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of Structure Positions in an Acoustic Cavity Using XFEM, Reduced Models and a Gradient-Based Surrogate Model Approach</w:t>
               </w:r>
@@ -6874,64 +6874,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M'Hamed Belhadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Mermaz Rollet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIROQUO 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Palaiseau, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7211,64 +7211,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Laurent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S Hlioui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Louf</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamid Ben Ahmed</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8th GAMM Juniors' Summer School (SAMM 2021)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Gratz, Austria. 21 (S1), 2021, </w:t>
@@ -8080,51 +8080,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A386A6FF"/>
+    <w:nsid w:val="7D13D0DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8311,51 +8311,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-laurent" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8935-5929" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176878041" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-9309-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.laurent@lecnam.net" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lmssc.cnam.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitbucket.org/luclaurent/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387943v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mazloum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Belhadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mermaz-Rollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023041" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634402v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Cherri&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0546" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213621v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hlioui" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3317700" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394206v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ragueneau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Legay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larroque" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Crambuer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-024-03747-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024477v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vancorsellis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3256003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876090v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duysinx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-022-03460-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02387438v4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ghienne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Blanz&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106510" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525674v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-017-9226-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612787v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2017.09.006" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376464v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2013.03.012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376462v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-012-0711-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D40DE587FD883A78278A78A68AE8F1C08B5DF76/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080081v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080125v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080111v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266265v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731694v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700155" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642736v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roy" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642730v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642724v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586939v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213577v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129718v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077038v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869762v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Belhadi" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mermaz Rollet" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10043894" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044071" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077051v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690766v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770669v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717622v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818875v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910650" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03690752v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840667v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910948" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876380v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424264v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121609v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122872v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817915v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851746v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817925v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926719v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567252v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567255v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567251v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411135v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436429v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courrier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431902v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431903v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431904v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431805v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431905v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.99.230" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431908v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431906v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.97.50" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431907v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224937v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04129775v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298586v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541810v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.202100259" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00972299v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013DENS0053" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981069v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3f5c8b3b4ed791edae5411d9848168d8680b27fe;origin=https://hal.archives-ouvertes.fr/hal-04981069;visit=swh:1:snp:2cb3fdf7125ca07dbb424959c3f86dc8fdc7001a;anchor=swh:1:rel:f2f3659109658f4b0b584e0b6f43902723ff9e36;path=/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394955v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:13b3988a7193e2377e3ba287060db64ce44ba0a3;origin=https://hal.archives-ouvertes.fr/hal-04394955;visit=swh:1:snp:4a5bbf2789a73a726090971d9286af4a5af13dba;anchor=swh:1:rel:9f8d98fb6f444fe7df202d580a40d6b67b3b44d8;path=/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847154v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:771d0216790845cf83fda312e38d389dad338427;origin=https://hal.archives-ouvertes.fr/hal-04847154;visit=swh:1:snp:b566a8a37d55f24187d184c4566b7b3cd892811e;anchor=swh:1:rel:78a3d738ad864d45a53b7e843356d6ae08a10f32;path=/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03990375v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ae0d1a4afa5db81bdd83ea5ec41e72b12b8db344;origin=https://hal.archives-ouvertes.fr/hal-03990375;visit=swh:1:snp:55580acd8ea9f05ac7709fa6906b46a8423609bb;anchor=swh:1:rel:ae02fb0b327b75f16f38cd82b05c5429e9dcfbe3;path=/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04323401v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:80207f2cd065113065b8e4dfcdd7a2635349a062;origin=https://hal.archives-ouvertes.fr/hal-04323401;visit=swh:1:snp:5d2464bb35671a75307500cedba11ea44d682fc5;anchor=swh:1:rel:2a5ca9c460f74f936ee545502147a3500552ef5e;path=/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305505v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6ab686d25fcd1746304ffc77ccc0108f37687017;origin=https://hal.archives-ouvertes.fr/hal-02305505;visit=swh:1:snp:9bee2b2d3400424d1abf20c9991d660186fa469b;anchor=swh:1:rel:d0b87aef29c9135da8ca65db0c15e0ecde584897;path=/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305500v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:60e013dfc8031e13136ce4f8b8a8efcd3ee54d60;origin=https://hal.archives-ouvertes.fr/hal-02305500;visit=swh:1:snp:8837149527ca9d03e79654cc4c2cebad26ff91c7;anchor=swh:1:rel:4e1ffadc6c7f7a6a0f23491eea47a0b269a4c8e2;path=/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-laurent" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8935-5929" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/176878041" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/F-9309-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:luc.laurent@lecnam.net" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lmssc.cnam.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bitbucket.org/luclaurent/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04387943v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rebecca Mazloum" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Hlioui" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Laurent" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#8217;hamed Belhadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mermaz-Rollet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023041" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213621v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;odore Cherri&#232;re" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hlioui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Louf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3317700" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04634402v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2023-0546" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394206v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Ragueneau" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Legay" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Larroque" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Crambuer" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-024-03747-5" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361240v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sami Hlioui" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2516/stet/2023037" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04024477v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tom Vancorsellis" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2023.3256003" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876090v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Duysinx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00158-022-03460-1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-02387438v4" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martin Ghienne" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Blanz&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2019.106510" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01525674v3" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Le Riche" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Soulier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alain Boucard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11831-017-9226-3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01612787v2" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2017.09.006" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376464v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compstruc.2013.03.012" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01376462v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00466-012-0711-0" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/6D40DE587FD883A78278A78A68AE8F1C08B5DF76/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080081v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Hoareau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080125v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupont" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05080111v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05266265v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731694v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Gabsi" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700155" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642730v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642736v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Roy" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611010v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04642724v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586939v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ben Ahmed" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04129718v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077038v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03869762v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M'Hamed Belhadi" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Mermaz Rollet" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10043894" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03850636v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CISTEM55808.2022.10044071" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077051v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04187401v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03818875v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910650" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03690766v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717622v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03770669v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03690752v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876380v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03840667v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM51905.2022.9910948" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03424264v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03121609v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02136463v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02291713v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02122872v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817915v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851746v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01867109v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01817925v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01926719v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567252v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01922525v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567255v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01567251v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-01411135v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01436429v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Courrier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431902v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431903v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431904v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431805v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431905v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.99.230" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431908v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431906v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4203/ccp.97.50" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01431907v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04224937v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04129775v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04298586v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03876327v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03541810v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pamm.202100259" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00972299v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2013DENS0053" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04981069v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:3f5c8b3b4ed791edae5411d9848168d8680b27fe;origin=https://hal.archives-ouvertes.fr/hal-04981069;visit=swh:1:snp:2cb3fdf7125ca07dbb424959c3f86dc8fdc7001a;anchor=swh:1:rel:f2f3659109658f4b0b584e0b6f43902723ff9e36;path=/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04394955v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:13b3988a7193e2377e3ba287060db64ce44ba0a3;origin=https://hal.archives-ouvertes.fr/hal-04394955;visit=swh:1:snp:4a5bbf2789a73a726090971d9286af4a5af13dba;anchor=swh:1:rel:9f8d98fb6f444fe7df202d580a40d6b67b3b44d8;path=/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04847154v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:771d0216790845cf83fda312e38d389dad338427;origin=https://hal.archives-ouvertes.fr/hal-04847154;visit=swh:1:snp:b566a8a37d55f24187d184c4566b7b3cd892811e;anchor=swh:1:rel:78a3d738ad864d45a53b7e843356d6ae08a10f32;path=/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-03990375v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:ae0d1a4afa5db81bdd83ea5ec41e72b12b8db344;origin=https://hal.archives-ouvertes.fr/hal-03990375;visit=swh:1:snp:55580acd8ea9f05ac7709fa6906b46a8423609bb;anchor=swh:1:rel:ae02fb0b327b75f16f38cd82b05c5429e9dcfbe3;path=/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnam.hal.science/hal-04323401v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:80207f2cd065113065b8e4dfcdd7a2635349a062;origin=https://hal.archives-ouvertes.fr/hal-04323401;visit=swh:1:snp:5d2464bb35671a75307500cedba11ea44d682fc5;anchor=swh:1:rel:2a5ca9c460f74f936ee545502147a3500552ef5e;path=/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305505v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:6ab686d25fcd1746304ffc77ccc0108f37687017;origin=https://hal.archives-ouvertes.fr/hal-02305505;visit=swh:1:snp:9bee2b2d3400424d1abf20c9991d660186fa469b;anchor=swh:1:rel:d0b87aef29c9135da8ca65db0c15e0ecde584897;path=/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02305500v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:60e013dfc8031e13136ce4f8b8a8efcd3ee54d60;origin=https://hal.archives-ouvertes.fr/hal-02305500;visit=swh:1:snp:8837149527ca9d03e79654cc4c2cebad26ff91c7;anchor=swh:1:rel:4e1ffadc6c7f7a6a0f23491eea47a0b269a4c8e2;path=/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>