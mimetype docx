--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -368,295 +368,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05049474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Parathyroid Hormone Remodels Bone Transitional Vessels and the Leptin Receptor-Positive Pericyte Network in Mice</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Zhiguo He</w:t>
+                <w:t xml:space="preserve">Deletion of OPN in BSP knockout mice does not correct bone hypomineralization but results in high bone turnover</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Bouleftour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Juignet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Verdière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Machuca-Gayet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Thomas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Bone and Mineral Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jbmr.3728⟩</w:t>
+              <w:t xml:space="preserve">BONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 120, pp.411-422. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bone.2018.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05042870v1</w:t>
+                <w:t xml:space="preserve">hal-04524458v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deletion of OPN in BSP knockout mice does not correct bone hypomineralization but results in high bone turnover</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">M. Thomas</w:t>
+                <w:t xml:space="preserve">Parathyroid Hormone Remodels Bone Transitional Vessels and the Leptin Receptor-Positive Pericyte Network in Mice</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Caire</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Roche</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tiphanie Picot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmen-Mariana Aanei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhiguo He</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bone.2018.12.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Bone and Mineral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 34 (8), pp.1487-1501. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jbmr.3728⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04524458v1</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05042870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inner ear ossification and mineralization kinetics in human embryonic development - microtomographic and histomorphological study</w:t>
               </w:r>
@@ -1172,51 +1172,51 @@
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0117402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04808296v1</w:t>
+                <w:t xml:space="preserve">hal-01272309v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Impairment of Osteogenesis in Bone Sialoprotein (BSP) Knockout Calvaria Cell Cultures Is Cell Density Dependent</w:t>
               </w:r>
@@ -1306,51 +1306,51 @@
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1371/journal.pone.0117402⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01272309v1</w:t>
+                <w:t xml:space="preserve">hal-04808296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In vitro 3D bone tissue models, from cells to controlled and dynamic environment</w:t>
               </w:r>
@@ -4674,51 +4674,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049443v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Malaval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Follet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Farlay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gineyts" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rizzo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00223-024-01217-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049474v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bouleftour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Juignet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verdi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Machuca-Gayet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2018.12.001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042870v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Caire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Roche" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Picot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen-Mariana Aanei" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3728" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524458v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Courbon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Laroche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Prades" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vico" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05151-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01484810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Juignet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouleftour Bouleftour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Thomas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.02.037" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58Z9RF1F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050025v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouleftour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Bouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Neves Granito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vanden-Bossche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matbio.2015.12.011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CV16CN0V-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808296v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Linossier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117402" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272309v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809137v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Bou&#235;t" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cruel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ten.teb.2013.0682" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272415v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Bouet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808293v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353343v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Bouleftour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boudiffa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M Wade-Gueye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bou&#235;t" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cardelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809336v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734831v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ludeckgen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zymelka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.529-530.351" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827643v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanden-Bossche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peyrin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malaval" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2011.09.051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQX0G9JD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519430v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monfoulet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Aubin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Rittling" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gadeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2009.09.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CBLKGBK7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00374655v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vico" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-009-0869-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930708v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Milgram" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carriere" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouget" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.07.054" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JT4FKGRP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930714v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thiebault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.06.003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WM1FG9X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Laurent Benhamou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goncalves" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.21564" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-94G8X2RD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657663v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H.D. Bassett" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. O'Shea" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sriskantharajah" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rabier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2007-0033" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00270248v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gomez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin David" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola M Peet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chenu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7580.2007.00698.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00132076v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gomez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Burt-Pichat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mallein-Gerin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Delmas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20512" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nataf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anginot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vuaillat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fodil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671584v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gauthier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelina Plateroti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Harvey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Williams" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Weiss" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023827v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Weiss" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314038v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roche" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rousselle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Lissitzky" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pd Delmas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697245v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fraichard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassande" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Trouillas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742349v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teixeira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Concordet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aubert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216678v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216451v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lueckgen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049443v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Malaval" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Follet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Farlay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Gineyts" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Rizzo" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00223-024-01217-0" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049474v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Bouleftour" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Juignet" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Verdi&#232;re" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Machuca-Gayet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2018.12.001" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04524458v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05042870v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Caire" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Roche" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiphanie Picot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen-Mariana Aanei" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo He" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jbmr.3728" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971518v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Richard" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Courbon" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Norbert Laroche" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Michel Prades" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Vico" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-05151-0" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01484810v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Juignet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Charbonnier" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Dumas" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouleftour Bouleftour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Thomas" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actbio.2017.02.037" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-58Z9RF1F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05050025v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wafa Bouleftour" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guenaelle Bouet" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renata Neves Granito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Vanden-Bossche" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matbio.2015.12.011" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CV16CN0V-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272309v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Linossier" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0117402" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808296v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809137v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Bou&#235;t" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Marchat" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magali Cruel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/ten.teb.2013.0682" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01272415v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gu&#233;na&#235;lle Bouet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Laurent" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01282701v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808293v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353343v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Bouleftour" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Boudiffa" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N M Wade-Gueye" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Bou&#235;t" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Cardelli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04809336v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00734831v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Ludeckgen" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Zymelka" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.529-530.351" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00827643v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Roche" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. David" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Vanden-Bossche" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Peyrin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Malaval" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2011.09.051" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZQX0G9JD-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02519430v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Monfoulet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Aubin" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Susan Rittling" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gadeau" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bone.2009.09.007" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CBLKGBK7-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00374655v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Aubin" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Vico" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00198-009-0869-2" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930708v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Milgram" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Carriere" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gouget" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.07.054" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JT4FKGRP-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01930714v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Thiebault" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tox.2008.06.003" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2WM1FG9X-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00407988v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bonnet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude-Laurent Benhamou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Goncalves" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jcp.21564" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-94G8X2RD-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02657663v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.H.D. Bassett" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.J. O'Shea" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Sriskantharajah" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Rabier" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Boyde" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/me.2007-0033" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00270248v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Gomez" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin David" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicola M Peet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Chenu" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1469-7580.2007.00698.x" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ujm.hal.science/ujm-00132076v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gomez" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Burt-Pichat" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Mallein-Gerin" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Merle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. D. Delmas" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dvdy.20512" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675205v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Nataf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Anginot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Vuaillat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fodil" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671584v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Gauthier" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michelina Plateroti" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Harvey" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G.R. Williams" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.E. Weiss" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00023827v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Gauthier" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.H. Weiss" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00314038v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roche" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Rousselle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jc Lissitzky" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pd Delmas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697245v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Fraichard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chassande" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Roux" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Trouillas" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02742349v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Teixeira" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. P. Concordet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denise Aubert" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216678v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01216451v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aline Lueckgen" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>