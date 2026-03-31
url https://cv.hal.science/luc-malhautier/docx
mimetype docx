--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -1512,295 +1512,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03235515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of gaseous emissions from tire manufacturing industry using lab-scale biofiltration pilot units</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Exploring the dew retting feasibility of hemp in very contrasting European environments: Influence on the tensile mechanical properties of fibres and composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivia Gouello</w:t>
+                <w:t xml:space="preserve">Samuel Réquilé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Luc Jobert</w:t>
+                <w:t xml:space="preserve">Marie Grégoire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Moura</w:t>
+                <w:t xml:space="preserve">Salvatore Musio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Gautreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2021.126614⟩</w:t>
+              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 164, pp.113337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03301620v1</w:t>
+                <w:t xml:space="preserve">hal-03154888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring the dew retting feasibility of hemp in very contrasting European environments: Influence on the tensile mechanical properties of fibres and composites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brahim Mazian</w:t>
+                <w:t xml:space="preserve">Treatment of gaseous emissions from tire manufacturing industry using lab-scale biofiltration pilot units</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Malhautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Janick Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie Grégoire</w:t>
+                <w:t xml:space="preserve">Olivia Gouello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salvatore Musio</w:t>
+                <w:t xml:space="preserve">Luc Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maxime Gautreau</w:t>
+                <w:t xml:space="preserve">Claire Moura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Industrial Crops and Products</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 164, pp.113337. </w:t>
+              <w:t xml:space="preserve">Journal of Hazardous Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 420, pp.126614. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.indcrop.2021.113337⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.jhazmat.2021.126614⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03154888v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03301620v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of field retting and accelerated retting performed in a lab-scale pilot unit on the properties of hemp fibres/polypropylene biocomposites</w:t>
               </w:r>
@@ -1897,278 +1897,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02428273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evolution of temporal dynamic of volatile organic compounds (VOCs) and odors of hemp stem during field retting</w:t>
+                <w:t xml:space="preserve">A Comparative Study of the Effect of Field Retting Time on the Properties of Hemp Fibres Harvested at Different Growth Stages</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Mathilde Chaignaud</w:t>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Jean Charles Benezet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Malhautier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Planta</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00425-019-03280-6⟩</w:t>
+              <w:t xml:space="preserve">Fibers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Special Issue Natural Fibers and Composites: Science and Applications, 7 (12), pp.art. 108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/fib7120108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02428268v1</w:t>
+                <w:t xml:space="preserve">hal-02400689v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId76" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Study of the Effect of Field Retting Time on the Properties of Hemp Fibres Harvested at Different Growth Stages</w:t>
+                <w:t xml:space="preserve">Evolution of temporal dynamic of volatile organic compounds (VOCs) and odors of hemp stem during field retting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Anne Bergeret</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Chaignaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Charles Benezet</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marie-Laure M.-L. Fauconnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fibers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, Special Issue Natural Fibers and Composites: Science and Applications, 7 (12), pp.art. 108. </w:t>
+              <w:t xml:space="preserve">Planta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 250 (6), pp.1983-1996. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/fib7120108⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s00425-019-03280-6⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId76" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02400689v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02428268v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Impact of Field Retting on the Hemp Fibres Structure</w:t>
               </w:r>
@@ -2414,51 +2414,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of Removal Capacities of Biofilters for Airborne Viable Micro-Organisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Remi Soret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2583,51 +2583,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Renner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Chemical Technology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 92 (9), pp.2317-2324. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2655,307 +2655,307 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02892706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management of Microbial Communities through Transient Disturbances Enhances the Functional Resilience of Nitrifying Gas-Biofilters to Future Disturbances</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Treatment of complex gaseous emissions emitted by a rendering facility using a semi-industrial biofilter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Malhautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léa Cabrol</w:t>
+                <w:t xml:space="preserve">Paul Legrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Franck Poly</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Catherine Lerondelle</w:t>
+                <w:t xml:space="preserve">Evelyne Touraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Geiger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.est.5b02740⟩</w:t>
+              <w:t xml:space="preserve">Journal of Chemical Technology &amp; Biotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 91 (2), pp.426-430. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jctb.4593⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01426896v1</w:t>
+                <w:t xml:space="preserve">hal-02915413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Treatment of complex gaseous emissions emitted by a rendering facility using a semi-industrial biofilter</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Management of Microbial Communities through Transient Disturbances Enhances the Functional Resilience of Nitrifying Gas-Biofilters to Future Disturbances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Cabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Franck Poly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evelyne Touraud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Philippe Geiger</w:t>
+                <w:t xml:space="preserve">Thomas Pommier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Lerondelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Chemical Technology &amp; Biotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jctb.4593⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science and Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 50 (1), pp.338-48. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.est.5b02740⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02915413v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01426896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biological technologies for the treatment of atmospheric pollutants</w:t>
               </w:r>
@@ -2967,51 +2967,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raul Munoz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillermo Quijano</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3110,51 +3110,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 99 (1, SI), pp.89-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3240,51 +3240,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Murielle Avezac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, 247, pp.199-204. </w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3610,77 +3610,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resistance and resilience of removal efficiency and bacterial community structure of gas biofilters exposed to repeated shock loads</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xavier Le Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3783,51 +3783,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Mandon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Richaume</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3886,103 +3886,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bacterial dynamics in steady-state biofilters: beyond functional stability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lepeuple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">FEMS Microbiology Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 79 (1), pp.260 - 271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4055,51 +4055,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Air &amp; waste : journal of the Air &amp; Waste Management Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 51 (12), pp.1662-1670. </w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4133,51 +4133,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Integrating microbial ecology in bioprocess understanding: the case of gas biofiltration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4236,103 +4236,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Assessing the bias linked to DNA recovery from biofiltration woodchips for microbial community investigation by fingerprinting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Léa Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Poly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Sophie Lepeuple</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 85 (85), pp.779-790. </w:t>
             </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4430,51 +4430,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Degrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Jacques Godon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal Of Applied Microbiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 107 (107), pp.85-96. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4534,51 +4534,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lalanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Canadian journal of civil engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 36 (12), pp.1926-1934. </w:t>
             </w:r>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4606,287 +4606,287 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04663925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shock loading in biofilters: impact on biodegradation activity distribution and resilience capacity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Investigation of the acclimatization period: example of the microbial aerobic degradation of volatile organic compounds (VOCs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bayle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Malhautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Cabrol</w:t>
-[...45 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">Valérie Degrange</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Jacques Godon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 59 (7), pp.1307-1314. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2166/wst.2009.106⟩</w:t>
+              <w:t xml:space="preserve">, 2009, 60 (9), pp.2217-2225. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2166/wst.2009.653⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halsde-00523726v1</w:t>
+                <w:t xml:space="preserve">halsde-00525255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Investigation of the acclimatization period: example of the microbial aerobic degradation of volatile organic compounds (VOCs)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sandrine Bayle</w:t>
+                <w:t xml:space="preserve">Shock loading in biofilters: impact on biodegradation activity distribution and resilience capacity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cabrol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Poly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Degrange</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+                <w:t xml:space="preserve">A. S. Lepeuple</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Water Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2009, 60 (9), pp.2217-2225. </w:t>
+              <w:t xml:space="preserve">, 2009, 59 (7), pp.1307-1314. </w:t>
             </w:r>
             <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2166/wst.2009.653⟩</w:t>
+                <w:t xml:space="preserve">⟨10.2166/wst.2009.106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halsde-00525255v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halsde-00523726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Absorption of a mixture of volatile organic compounds (VOCs) in aqueous solutions of soluble cutting oil</w:t>
               </w:r>
@@ -5040,51 +5040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadia Khammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Bayle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Applied Microbiology and Biotechnology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 68 (1), pp.16-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5156,51 +5156,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Khammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Degrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Lensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5290,77 +5290,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Khammar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Degrange</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert Lensi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemosphere</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2004, 54 (3), pp.243-254. </w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5703,51 +5703,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gracian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Roux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Le Cloirec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6236,51 +6236,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les procédés de traitement des émissions odorantes (chap.11)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Evstratov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6694,51 +6694,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Audurier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biotechniques 2024 - 9ᵗʰ International Conference on Biotechniques for Air Pollution Control and Biorefinery</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2024, Coruna, Spain</w:t>
@@ -7330,247 +7330,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03191345v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le rouissage du chanvre : regards croisés entre histoire et sciences expérimentales (à propos du projet ImSERT)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hytrend, un projet power to X de l’Institut Carnot M.I.N.E.S.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Beauger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Olivier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Malhautier</w:t>
+                <w:t xml:space="preserve">Pascaline Pre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Jarrige</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Alain Thorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Chesnaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charly Lemoine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Table-ronde internationale « Le chanvre : du champ au fil. Pratiques, savoirs et circulations de la Protohistoire au XXIe siècle »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aline Durand; Delphine Barbier-Pain; Sophie Laligant; Université du Mans, Nov 2021, Le Mans (Sarthe), France</w:t>
+              <w:t xml:space="preserve">Énergie renouvelable et ressources, les enjeux de demain : de l’ingénierie aux territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Institut Mines-télécom, Apr 2021, En ligne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04951365v1</w:t>
+                <w:t xml:space="preserve">hal-03528316v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hytrend, un projet power to X de l’Institut Carnot M.I.N.E.S.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le rouissage du chanvre : regards croisés entre histoire et sciences expérimentales (à propos du projet ImSERT)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId227" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anthony Chesnaud</w:t>
+                <w:t xml:space="preserve">Sylvain Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charly Lemoine</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">François Jarrige</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Énergie renouvelable et ressources, les enjeux de demain : de l’ingénierie aux territoires</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Institut Mines-télécom, Apr 2021, En ligne, France</w:t>
+              <w:t xml:space="preserve">Table-ronde internationale « Le chanvre : du champ au fil. Pratiques, savoirs et circulations de la Protohistoire au XXIe siècle »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aline Durand; Delphine Barbier-Pain; Sophie Laligant; Université du Mans, Nov 2021, Le Mans (Sarthe), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03528316v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04951365v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId229" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Treatment of Gaseous Effluents Emitted from Tire Manufacturing Industry: Robustness of Biofilters</w:t>
               </w:r>
@@ -7582,77 +7582,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Janick Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Desprès</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Gouello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ACE 2019 - Air and Waste Management Association's 112th Annual Conference &amp; Exhibition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Québec, Canada</w:t>
@@ -7707,51 +7707,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Malhautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Rocher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivia Gouello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Jobert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7832,51 +7832,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Mazian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Bergeret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Fanlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Charles Benezet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8312,51 +8312,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3BE549FC"/>
+    <w:nsid w:val="54E5F85E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8543,51 +8543,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-malhautier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1486-2432" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165924608" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GDY-6372-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05120421v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou Orm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvajit Mukherjee" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rifa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cr&#233;ach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70102" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04546136v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou orm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton-Charani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.118487" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04670347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Farouk Omar Merouani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Ferdowsi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Buelna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peter Jones" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Benyoussef" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-024-10082-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04458119v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Malhautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10098-023-02706-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04769081v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-024-13323-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04089363v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2023.01.056" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04106389v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvag&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Rocher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12582-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03472057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Khabiri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadi Benyoussef" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2021.101271" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03148334v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Aguirre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gentina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Fanlo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vergara&#8208;fernandez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.6697" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03235515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cariou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chaignaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet2185033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03301620v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gouello" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jobert" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Moura" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126614" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03154888v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel R&#233;quil&#233;" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gr&#233;goire" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Musio" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113337" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428273v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2019.111912" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428268v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fanlo" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure M.-L. Fauconnier" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03280-6" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400689v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charles Benezet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib7120108" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428271v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290501" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799342v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.02.062" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Soret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Geiger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15030551" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892706v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gadal-Mawart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renner" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5230" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426896v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cabrol" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerondelle" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b02740" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915413v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Legrand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Touraud" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.4593" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KLMGSZ69-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914203v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Munoz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Quijano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2015.1055471" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914340v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soupramanien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5842-0" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914241v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quijano" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Avezac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rocher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2014.02.099" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04183208v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estefan&#237;a L&#243;pez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldon Rene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.03.136" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R087KJ5M-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-00877735v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Rocher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.3729" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C8CEDC31308E725B468CFDD9642429D72366AA70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427048v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.033" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723083v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rondeau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mandon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.3730" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B854CF037079D7C604F4AB9E20B850E054B442E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427033v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01213.x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664903v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Aizpuru" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Roux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10473289.2001.10464388" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427227v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3191-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/910FC4A11C28B8095F4AEE8DE566C1710D8E926C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525128v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-009-2253-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0W42QD8T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00523719v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Degrange" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04190.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663925v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lalanne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/L09-107" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00523726v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cabrol" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poly" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Lepeuple" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2009.106" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525255v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Degrange" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2009.653" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663064v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2007.04.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FPJ4BQB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664726v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Khammar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-005-1960-z" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FQXBG2NW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02569668v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khammar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Godon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2004.02474.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02569669v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0045-6535(03)00721-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG12WKWN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664044v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gracian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fanlo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Cloirec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ep.670210413" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3K3VZ8PW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664040v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aizpuru" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.10691" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BD8P24CZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665230v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gracian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cloirec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0045-6535(02)00395-8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KB9DFZP2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664020v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/abio.200390027" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05050593v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Degorce-Dumas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bardin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593331808616537" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05349189v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915333v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05036654v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evstratov" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Manno" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04645366v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H. Affonso Nobrega" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Jodry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Hadj Hassen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise El Ahmar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04910980v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04911002v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Audurier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04213317v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukherjee Suvajit" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04157870v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuvajit Mukherjee" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03784138v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hawkins" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03836339v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03191345v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951365v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528316v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thorel" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Lemoine" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02445380v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Despr&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02463081v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jobert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moura" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03684537v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04143224v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02923877v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Steinbuchel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6306-2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-malhautier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-1486-2432" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/165924608" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/GDY-6372-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05120421v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou Orm" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suvajit Mukherjee" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Rifa" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Cr&#233;ach" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Grec" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1758-2229.70102" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04546136v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eliane Bou orm" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Sutton-Charani" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bayle" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles B&#233;n&#233;zet" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Bergeret" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2024.118487" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04670347v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Farouk Omar Merouani" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Milad Ferdowsi" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerardo Buelna" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Peter Jones" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El-Hadi Benyoussef" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10532-024-10082-5" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04458119v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Malhautier" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10098-023-02706-w" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04769081v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-024-13323-y" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04089363v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psep.2023.01.056" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04106389v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sauvag&#232;re" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janick Rocher" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Charles Benezet" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-023-12582-5" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03472057v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bahman Khabiri" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadi Benyoussef" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apr.2021.101271" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03148334v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Aguirre" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Carlos Gentina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Fanlo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Vergara&#8208;fernandez" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.6697" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03235515v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cariou" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Mazian" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Chaignaud" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/cet2185033" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03154888v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel R&#233;quil&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gr&#233;goire" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore Musio" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Gautreau" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2021.113337" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03301620v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Gouello" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Jobert" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Moura" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jhazmat.2021.126614" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428273v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2019.111912" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02400689v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charles Benezet" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/fib7120108" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428268v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Fanlo" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure M.-L. Fauconnier" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-019-03280-6" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02428271v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.290501" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799342v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.indcrop.2018.02.062" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02884835v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Soret" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Geiger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijerph15030551" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02892706v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurelie Gadal-Mawart" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Renner" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.5230" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915413v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Legrand" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Evelyne Touraud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.4593" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-KLMGSZ69-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01426896v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Cabrol" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Poly" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Pommier" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lerondelle" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.est.5b02740" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914203v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raul Munoz" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillermo Quijano" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/03067319.2015.1055471" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914340v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Soupramanien" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-5842-0" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02914241v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Quijano" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Avezac" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Rocher" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cej.2014.02.099" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04183208v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Estefan&#237;a L&#243;pez" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eldon Rene" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2013.03.136" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-R087KJ5M-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-00877735v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Dumont" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Andres" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jannick Rocher" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.3729" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/C8CEDC31308E725B468CFDD9642429D72366AA70/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427048v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Le Roux" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Lepeuple" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2012.07.033" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00723083v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rondeau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Mandon" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Richaume" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jctb.3730" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B854CF037079D7C604F4AB9E20B850E054B442E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427033v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1574-6941.2011.01213.x" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664903v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aitor Aizpuru" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Roux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10473289.2001.10464388" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01427227v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-011-3191-9" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/910FC4A11C28B8095F4AEE8DE566C1710D8E926C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525128v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-009-2253-8" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0W42QD8T-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00523719v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Degrange" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Jacques Godon" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2009.04190.x" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663925v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lalanne" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1139/L09-107" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00525255v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Degrange" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2009.653" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/halsde-00523726v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cabrol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Poly" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. S. Lepeuple" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2166/wst.2009.106" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04663064v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biortech.2007.04.006" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FPJ4BQB-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664726v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Khammar" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-005-1960-z" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-FQXBG2NW-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02569668v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Khammar" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Lensi" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Godon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2672.2004.02474.x" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-02569669v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0045-6535(03)00721-5" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NG12WKWN-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664044v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gracian" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fanlo" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Le Cloirec" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ep.670210413" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-3K3VZ8PW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664040v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Aizpuru" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Roux" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/bit.10691" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-BD8P24CZ-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04665230v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gracian" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Le Cloirec" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0045-6535(02)00395-8" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KB9DFZP2-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04664020v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/abio.200390027" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05050593v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-R. Degorce-Dumas" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bardin" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09593331808616537" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05349189v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02915333v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-05036654v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Evstratov" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peggy Manno" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-emse.ccsd.cnrs.fr/emse-04645366v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Beauger" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pedro H. Affonso Nobrega" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#235;lle Jodry" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faouzi Hadj Hassen" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise El Ahmar" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04910980v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04911002v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Audurier" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04213317v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mukherjee Suvajit" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04157870v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuvajit Mukherjee" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03784138v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Hawkins" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03836339v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03191345v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03528316v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Pre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Thorel" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Chesnaud" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charly Lemoine" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04951365v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Olivier" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Jarrige" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02445380v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Despr&#232;s" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02463081v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Jobert" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Moura" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-03684537v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-04143224v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02923877v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Steinbuchel" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00253-014-6306-2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>