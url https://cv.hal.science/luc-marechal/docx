--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -479,278 +479,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Soft Pneumatic Actuator for Rendering Anal Sphincter Tone</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Toward a Common Framework and Database of Materials for Soft Robotics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reza Haghighi Osgouei</w:t>
+                <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Pascale Balland</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lukas Lindenroth</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fotis Petrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christos Kontovounisios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Haptics (ToH)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TOH.2020.2968446⟩</w:t>
+              <w:t xml:space="preserve">Soft Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1089/soro.2019.0115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03253843v1</w:t>
+                <w:t xml:space="preserve">hal-02928135v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Common Framework and Database of Materials for Soft Robotics</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascale Balland</w:t>
+                <w:t xml:space="preserve">Soft Pneumatic Actuator for Rendering Anal Sphincter Tone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Marechal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lukas Lindenroth</w:t>
+                <w:t xml:space="preserve">Reza Haghighi Osgouei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Kontovounisios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fotis Petrou</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fernando Bello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Soft Robotics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Haptics (ToH)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 13 (1), pp.183-190. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1089/soro.2019.0115⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TOH.2020.2968446⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02928135v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03253843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New joint analysis of electromyography spectrum and amplitude-based methods towards real-time muscular fatigue evaluation during a simulated surgical procedure: A pilot analysis on the statistical significance</w:t>
               </w:r>
@@ -775,51 +775,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Goujon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Medical Engineering &amp; Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 79, pp.1-9. </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
@@ -866,51 +866,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Passive magnetic-based localization for precise untethered medical instrument tracking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenglong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -948,51 +948,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design Optimization of a Magnetic Field-Based Localization Device for Enhanced Ventriculostomy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1104,51 +1104,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenglong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">U-Xuan Tan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1212,51 +1212,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design and development of a mechatronic infant torso simulator for respiratory physiotherapy learning.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1320,51 +1320,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First characterization of the expiratory flow increase technique: method development and results analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1462,51 +1462,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Jeulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Gatto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1710,51 +1710,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Elouan Grolleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Richard Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Minh Tu Pham</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2051,64 +2051,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing intelligent instruments for improved clinical examination - Re-learning basic skills</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reza Haghighi Osgouei</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">26th Magill Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2127,290 +2127,290 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02037768v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Direct Permanent Magnet Localisation for Catheter Tracking in Intracranial Navigation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Improving early detection of colorectal cancer through an innovative highly realistic simulation environment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reza Haghighi Osgouei</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christos Kontovounisios</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fernando Bello</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Hamlyn Symposium on Medical Robotics 2016</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Imperial College London and the Royal Geographical Society, UK, Jun 2016, London, United Kingdom. pp.38-39</w:t>
+              <w:t xml:space="preserve">Imperial College Division of Surgery Research Afternoon 2018</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2018, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025881v1</w:t>
+                <w:t xml:space="preserve">hal-02026387v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improving early detection of colorectal cancer through an innovative highly realistic simulation environment</w:t>
+                <w:t xml:space="preserve">Direct Permanent Magnet Localisation for Catheter Tracking in Intracranial Navigation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reza Haghighi Osgouei</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenglong Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaohui Foong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristin Wood</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vaibhav Patil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Imperial College Division of Surgery Research Afternoon 2018</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2018, London, United Kingdom</w:t>
+              <w:t xml:space="preserve">The Hamlyn Symposium on Medical Robotics 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Imperial College London and the Royal Geographical Society, UK, Jun 2016, London, United Kingdom. pp.38-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02026387v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intelligent instruments for improved early detection of prostate and colon cancer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Magill Symposium - Planned Care Research Forum</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, London, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2435,51 +2435,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modelling of anal sphincter tone based on pneumatic and cable-driven mechanisms</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alejandro Granados</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2487,51 +2487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lilian Ethapemi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shengyang Qiu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christos Kontovounisios</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2017 IEEE World Haptics Conference (WHC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2017, Munich, Germany. pp.376-381</w:t>
@@ -2573,51 +2573,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Objective Assessment of Rapid Alternating Movements of Hands</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aisha Augustin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Clive Weller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2707,51 +2707,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Real-time sensor fault detection and compensation in a passive magnetic field-based localization system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenglong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2832,51 +2832,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A compact magnetic directional proximity sensor for spherical robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fang Wu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Akash Vibhute</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2953,51 +2953,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design optimization of the sensor spatial arrangement in a direct magnetic field-based localization system for medical applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3096,51 +3096,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenglong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tee Hui Teo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3217,51 +3217,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magnet array for a portable magnetic resonance imaging system</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhi Hua Ren</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wan Luo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3351,51 +3351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zhenglong Sun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tee Hui Teo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3485,51 +3485,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Arroyo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristin Wood</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3576,51 +3576,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimal Spatial Design of Non-Invasive Magnetic Field-Based Localization Systems</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Shaohui Foong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3695,286 +3695,286 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01882643v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures et acquisition de données de geste en kinésithérapie respiratoire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Design of a physical simulator to improve the management of infants chest physiotherapy cares</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Barthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Gérard Gautier</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Goujon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5e colloque interdisciplinaire en instrumentation C2I 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Le Mans, France. pp. 460-468</w:t>
+              <w:t xml:space="preserve">IEEE 12th International Conference on E-Health Networking, Application &amp; Service</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2010, LYON, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00453911v1</w:t>
+                <w:t xml:space="preserve">hal-00572836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of a physical simulator to improve the management of infants chest physiotherapy cares</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Mesures et acquisition de données de geste en kinésithérapie respiratoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Maréchal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Goujon</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Jeulin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE 12th International Conference on E-Health Networking, Application &amp; Service</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2010, LYON, France</w:t>
+              <w:t xml:space="preserve">5e colloque interdisciplinaire en instrumentation C2I 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Le Mans, France. pp. 460-468</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00572836v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00453911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Professional analysis of expiratory flow increase technique for the design of a learning simulator.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Jeulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4012,77 +4012,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instrumentation and LabVIEW based continuous processing for chest physiotherapy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4133,90 +4133,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechatronical approach for the definition of future functionalities for a chest simulator</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Claude Jeulin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lottin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4248,273 +4248,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00344301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instrumented gloves for gesture characterization during chest physiotherapy act on babies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Measurement system for gesture characterization during chest physiotherapy act on newborn babies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Barthod</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques Lottin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Jeulin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Workshop on Research and Education in Mechatronics (REM 2007)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, Tallinn, Estonia</w:t>
+              <w:t xml:space="preserve">IEEE Engineering in Medicine and Biology Conference Management System 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, Lyon, France. pp. 5770-5773</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344306v1</w:t>
+                <w:t xml:space="preserve">hal-00344302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Measurement system for gesture characterization during chest physiotherapy act on newborn babies</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Instrumented gloves for gesture characterization during chest physiotherapy act on babies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jacques Lottin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Gautier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Goujon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Engineering in Medicine and Biology Conference Management System 2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, Lyon, France. pp. 5770-5773</w:t>
+              <w:t xml:space="preserve">8th International Workshop on Research and Education in Mechatronics (REM 2007)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, Tallinn, Estonia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00344302v1</w:t>
+                <w:t xml:space="preserve">hal-00344306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4545,51 +4545,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Haptic Training Simulators in medical education</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Zara</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Chalard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4668,256 +4668,256 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05078037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passive Magnetic Localization in Medical Intervention</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Relax and Tighten—A Haptics-based Approach to Simulate Sphincter Tone Assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alejandro Granados</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alastair Barrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">George Petrou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Norton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electromagnetic Actuation and Sensing in Medical Robotics. Series in BioEngineering.</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Haptic Interaction - Science, Engineering and Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.327-333, 2018</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02025922v1</w:t>
+                <w:t xml:space="preserve">hal-02025450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relax and Tighten—A Haptics-based Approach to Simulate Sphincter Tone Assessment</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Passive Magnetic Localization in Medical Intervention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhenglong Sun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Shaohui Foong</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Haptic Interaction - Science, Engineering and Design</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Electromagnetic Actuation and Sensing in Medical Robotics. Series in BioEngineering.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.163-187, 2018, 978-981-10-6034-2. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-981-10-6035-9_7⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02025450v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02025922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4948,51 +4948,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ensemble d'apprentissage et simulateur de torse de nourrisson pour l'apprentissage du geste de la kinésithérapie respiratoire.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Barthod</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, N° de brevet: FR0902308. 2009, pp.30</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5042,51 +5042,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Conception d'un simulateur pour l'apprentissage du geste de kinésithérapie respiratoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Maréchal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sciences de l'ingénieur [physics]. Université de Savoie, 2008. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -5203,51 +5203,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="1BCF96BD"/>
+    <w:nsid w:val="207409A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5434,51 +5434,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-marechal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6391-9610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149300697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173162137" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466999v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Elmo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Dupraz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Metral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bourgin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JTEHM.2026.3655633" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355117v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Abdel Khalek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hartley" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Benoit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measen.2021.100346" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253843v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Haghighi Osgouei" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kontovounisios" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Bello" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TOH.2020.2968446" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928135v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mar&#233;chal" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Balland" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Lindenroth" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotis Petrou" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/soro.2019.0115" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550201v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dufaug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barthod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goujon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2020.01.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenglong Sun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohui Foong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882672v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuoyu Ding" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Wood" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv Gupta" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032614" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U-Xuan Tan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tee Hui Teo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-015-1361-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671959v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobiass B&#252;ssing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431652v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jeulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0967-3334/30/12/011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NNJNR7VG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429665v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gatto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503414v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Scott Macke" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441596v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elouan Grolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968515v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timot&#233;o Payre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814169" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501209v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037768v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025881v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Patil" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026387v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025956v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025430v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Granados" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Ethapemi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengyang Qiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025901v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Augustin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Weller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Charlett" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Taylor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000464378" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025917v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882690v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Vibhute" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gim Song Soh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2016.7576943" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882662v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2015.7318507" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2015.7222521" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025914v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Hua Ren" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Luo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiasheng Su" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao Ying Huang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882670v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878226" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882657v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Arroyo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DSCC2014-5916" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882643v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dushyanth Madhavan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin L Wood" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453911v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gautier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572836v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633141v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344298v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lottin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344301v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344306v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344302v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078037v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Zara" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chalard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vadcard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.elsevier.com/books/robot-design/laribi/978-0-443-24778-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025922v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-6035-9_7" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025450v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Barrow" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Petrou" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Norton" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431700v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00362765v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-marechal" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-6391-9610" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/149300697" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/173162137" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05466999v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Marechal" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Elmo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Dupraz" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Metral" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Bourgin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JTEHM.2026.3655633" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03355117v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farah Abdel Khalek" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hartley" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Benoit" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Perrin" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measen.2021.100346" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02928135v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Mar&#233;chal" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Balland" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lukas Lindenroth" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fotis Petrou" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christos Kontovounisios" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/soro.2019.0115" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03253843v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reza Haghighi Osgouei" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Bello" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TOH.2020.2968446" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550201v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Dufaug" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Barthod" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Goujon" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.medengphy.2020.01.017" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025920v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhenglong Sun" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaohui Foong" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882672v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shuoyu Ding" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Wood" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rajiv Gupta" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4032614" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882677v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U-Xuan Tan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tee Hui Teo" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10439-015-1361-0" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00671959v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tobiass B&#252;ssing" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431652v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Jeulin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0967-3334/30/12/011" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NNJNR7VG-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00429665v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Gatto" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503414v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o-Scott Macke" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludovic Charleux" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Morel" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05441596v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Elouan Grolleau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Moreau" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04968515v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aya Benhemou" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timot&#233;o Payre" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/PowerMEMS63147.2024.10814169" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501209v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02037768v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02026387v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025881v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vaibhav Patil" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025956v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025430v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alejandro Granados" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lilian Ethapemi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shengyang Qiu" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025901v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aisha Augustin" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clive Weller" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Charlett" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Taylor" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000464378" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025917v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882690v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fang Wu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akash Vibhute" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gim Song Soh" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2016.7576943" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882662v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/EMBC.2015.7318507" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882669v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2015.7222521" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025914v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhi Hua Ren" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wan Luo" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiasheng Su" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shao Ying Huang" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882670v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/AIM.2014.6878226" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882657v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Arroyo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DSCC2014-5916" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01882643v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dushyanth Madhavan" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin L Wood" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00572836v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00453911v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Gautier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00633141v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344298v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Lottin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344301v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344302v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00344306v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05078037v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Zara" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Chalard" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Vadcard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shop.elsevier.com/books/robot-design/laribi/978-0-443-24778-1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025450v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alastair Barrow" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=George Petrou" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Norton" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02025922v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-10-6035-9_7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00431700v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00362765v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>