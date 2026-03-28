--- v0 (2026-03-05)
+++ v1 (2026-03-28)
@@ -100,455 +100,455 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Avalanche precursor behavior during cyclic-tilting experiments</w:t>
+                <w:t xml:space="preserve">Granular flow enhancement in a model silo by using a pedant mobile obstacle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yves Le Gonidec</w:t>
+                <w:t xml:space="preserve">A. Yamil Sirur Flores</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Jesica G. Benito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo O. Unac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/b262-33z7⟩</w:t>
+              <w:t xml:space="preserve">Granular Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 27 (3), pp.50. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10035-025-01528-5⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05221998v1</w:t>
+                <w:t xml:space="preserve">hal-05105377v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hygroscopic equilibrium time dependence of stability characteristic angles in granular media</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Avalanche precursor behavior during cyclic-tilting experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Odriozola-Maritorena</w:t>
+                <w:t xml:space="preserve">Yves Le Gonidec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L. Binda</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Renaud Delannay</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Powder Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.powtec.2025.121268⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 112 (1), pp.015419. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/b262-33z7⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05167087v1</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05221998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Granular flow enhancement in a model silo by using a pedant mobile obstacle</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hygroscopic equilibrium time dependence of stability characteristic angles in granular media</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Gomez-Arriaran</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Yamil Sirur Flores</w:t>
+                <w:t xml:space="preserve">Y L Roht</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jesica G. Benito</w:t>
+                <w:t xml:space="preserve">M. Odriozola-Maritorena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rodolfo O. Unac</w:t>
+                <w:t xml:space="preserve">L. Binda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Irene Ippolito</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Luc Oger</w:t>
+                <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Granular Matter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 27 (3), pp.50. </w:t>
+              <w:t xml:space="preserve">Powder Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 464, pp.121268. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10035-025-01528-5⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.powtec.2025.121268⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05105377v1</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05167087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">In-depth influence of the top surface fabrication of a bead packing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 107 (5), pp.054906. </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
@@ -634,51 +634,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmed Ould El Moctar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Naaim-Bouvet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 105 (5), pp.054902. </w:t>
@@ -755,64 +755,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jesica Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo Uñac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 249, pp.01003. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
@@ -846,103 +846,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic behavior of humid granular avalanches: optical measurements to characterize the precursor activity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude El Tannoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 101 (2), pp.022902. </w:t>
@@ -993,64 +993,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Resuspension due to vertical oscillations: experiments and numerical modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karina Valenzuela-Aracena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo O. Unac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana M. Vidales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1123,51 +1123,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">K.A. Valenzuela Aracena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.G. Benito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1225,646 +1225,646 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01874675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experiments and numerical modeling for the movement and resuspension of grains</w:t>
+                <w:t xml:space="preserve">Grain-scale modeling and splash parametrization for aeolian sand transport</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Karina A. Valenzuela Aracena</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId9" w:history="1">
+                <w:t xml:space="preserve">Marc Lämmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kamil Dzikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Klaus Kroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Valance</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003014⟩</w:t>
+              <w:t xml:space="preserve">Physical Review E </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 95 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.022902⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01580445v1</w:t>
+                <w:t xml:space="preserve">hal-01484625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of the saltation transport by Discrete Element Method coupled with wind interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 140, pp.12004. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714012004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01580447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Grain-scale modeling and splash parametrization for aeolian sand transport</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experiments and numerical modeling for the movement and resuspension of grains</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kamil Dzikowski</w:t>
+                <w:t xml:space="preserve">Karina A. Valenzuela Aracena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jesica G. Benito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Klaus Kroy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Rodolfo O. Uñac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Irene Ippolito</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review E </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 95 (2), </w:t>
+              <w:t xml:space="preserve">EPJ Web of Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 140, pp.03014. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1103/PhysRevE.95.022902⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjconf/201714003014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01484625v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01580445v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Segregation in a model system for tapped wet disks in two dimensions</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Anisotropy and lack of symmetry for a random aggregate of frictionless, elastic particles: theory and numerical simulations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ana Vidales</w:t>
+                <w:t xml:space="preserve">L. La Ragione</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Oger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Recchia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Sollazzo</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1140/epje/i2015-15124-2⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 471 (2183), pp.20150013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rspa.2015.0013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01233609v1</w:t>
+                <w:t xml:space="preserve">hal-01223486v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anisotropy and lack of symmetry for a random aggregate of frictionless, elastic particles: theory and numerical simulations</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">G. Recchia</w:t>
+                <w:t xml:space="preserve">Segregation in a model system for tapped wet disks in two dimensions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rodolfo O. Unac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Sollazzo</w:t>
+                <w:t xml:space="preserve">Ana Vidales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 471 (2183), pp.20150013. </w:t>
+              <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38 (11), pp.124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1098/rspa.2015.0013⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1140/epje/i2015-15124-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01223486v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01233609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airslide flows, Part 1--Experiments, review and extension</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart B Savage</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chemical Engineering Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 91, pp.35-43. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1910,64 +1910,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D DEM model of sand transport with wind interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIP Conference Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1542, pp.1083-1086. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2001,51 +2001,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Airslide flows. Part 2--Flow modeling and comparison with experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stuart B. Savage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2104,90 +2104,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tilting process with humidity: DEM modeling and comparison with experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Vidales</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rodolfo Unac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Granular Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 15 (5), pp.629-643. </w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2234,51 +2234,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yield loci for an anisotropic granular assembly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luigi La Ragione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 86, pp.041309. </w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2325,51 +2325,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transit time during the interparticle percolation process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 82 (4), pp.041301. </w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2416,51 +2416,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dispersion of particles by spontaneous interparticle percolation through unconsolidated porous media</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79 (5), pp.051307. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2507,77 +2507,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Three-dimensional analysis of the collision process of a bead on a granular packing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaoued Beladjine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 79, pp.021305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2611,77 +2611,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the collision of one rapid sphere on 3D packings: Experimental and numerical results</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaoued Beladjine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2740,77 +2740,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How disorder can diminish avalanche risks: effect of size distribution.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ana Vidales</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Granular Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 9 (3-4), pp.267-278. </w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2882,64 +2882,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaoued Beladjine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review E : Statistical, Nonlinear, and Soft Matter Physics [2001-2015]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 75, pp.061305. </w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2986,51 +2986,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Statistical analysis of random sphere packings with variable radius distribution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kristin Lochmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dietrich Stoyan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3102,51 +3102,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transport of small particles through a 3D packing of spheres: experimental and numerical approaches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lominé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Statistical Mechanics: Theory and Experiment</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 7, pp.P07019. </w:t>
             </w:r>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3192,77 +3192,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Discrete Element Method studies of the collision of one rapid sphere on 2D and 3D packing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Djaoued Beladjine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3347,64 +3347,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yacine Khidas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Physical Journal E: Soft matter and biological physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, 10 (4), pp.387-391. </w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3476,51 +3476,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Richard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gervois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3851,51 +3851,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">1D stereological cuts: application to sligthly sintered model materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Lichtenberg</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gervois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3980,51 +3980,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Gervois</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Troadec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4109,51 +4109,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Bideau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.P. Troadec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique Lettres</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1983, 44 (8), pp.279-283. </w:t>
             </w:r>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4257,51 +4257,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Provence Mahjoub-Bonnaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Bourrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Chambon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4348,77 +4348,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robust experimental study of avalanche precursory events based on reproducible cycles of grain packing destabilizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Powders and grains 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Buenos Aires, Argentina. pp.03023, </w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4452,51 +4452,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mélangeur granulaire sans apport d'énergie grâce à un milieu poreux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">12 èmes journées d'études des milieux poreux 2014</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2014, Toulouse, France. pp.43071</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4547,51 +4547,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Dersoir</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilson C. K. Poon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Tabuteau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4629,51 +4629,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How discrete element method code can model dynamical phenomena such as saltation transport, multiple collision process and granular avalanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Fluid-Mediated Particle Transport in Geophysical Flows</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, James Jenkins; Eckart Meiburg; Alexandre Valance, Sep 2013, Sanata Barbara, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4698,64 +4698,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2D DEM model of sand transport with wind interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">POWDERS AND GRAINS 2013</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aibing Yu, Kejun Dong, Runyu Yang, Stefan Luding., Jul 2013, Sydney, Australia. pp.1083-1086</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4780,64 +4780,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of Sand Transport by Consecutive Particle Collisions with Wind Interaction</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4896,77 +4896,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model of Sand Transport by Consecutive Disk Collisions on 2D Disordered Packing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Madani Ammi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Valance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">POWDERS AND GRAINS 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2009, Golden (Colorado), United States. pp.763-766, </w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5000,51 +5000,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Particle percolation through a porous medium</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Franck Lominé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5114,77 +5114,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental study of avalanche precursory events based on reproducible cycles of grain packing destabilizations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de la matière condensée 17</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2021, Rennes, France. 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5222,90 +5222,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Triggering mechanism of the wet granular avalanches</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude El Tannoury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Oger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Irene Ippolito</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Renaud Delannay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves Le Gonidec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> European Geosciences Union General Assembly 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2018, Vienne, Austria. Geophysical Research Abstracts, 20, pp.EGU2018-14310-1, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5499,51 +5499,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221998v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Gonidec" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Oger" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delannay" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/b262-33z7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167087v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gomez-Arriaran" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y L Roht" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Odriozola-Maritorena" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Binda" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oger" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2025.121268" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105377v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yamil Sirur Flores" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica G. Benito" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo O. Unac" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ippolito" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-025-01528-5" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886192v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.054906" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714579v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ralaiarisoa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ould El Moctar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Naaim-Bouvet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.054902" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Vidales" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica Benito" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo U&#241;ac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124901003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825012v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude El Tannoury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.022902" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177517v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Valenzuela-Aracena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Vidales" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-019-0906-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Valenzuela Aracena" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Benito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.O. U&#241;ac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2017.11.009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580445v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina A. Valenzuela Aracena" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo O. U&#241;ac" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003014" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580447v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valance" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714012004" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01484625v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L&#228;mmel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Dzikowski" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Kroy" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.022902" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233609v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vidales" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15124-2" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01223486v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. La Ragione" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Recchia" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sollazzo" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2015.0013" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847130v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B Savage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.12.043" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VMT15C3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847139v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4812123" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847135v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B. Savage" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.12.042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HBZKGLX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847150v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Unac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-013-0433-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745137v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi La Ragione" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.041309" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531644v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lomin&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.041301" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389904v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.051307" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369242v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Ammi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaoued Beladjine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.021305" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196054v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2007.04.001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7XH67WF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194585v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-007-0040-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XQBDS7PB-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155179v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.061305" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107350v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Lochmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Stoyan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2006.07.011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3FPRGXV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145592v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/P07019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BB72231604B495B898D9E06131CF98688E77177B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085765v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2005-10022-x" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QM92XD7G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01127736v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khidas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2002-10123-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DPWVL0RP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134520v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Richard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Troadec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gervois" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.062401" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246882v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Annic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Troadec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1994124" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D18024E52AB77761E9D26A894641CA0ADE71DFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164115v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rivier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00212497v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lichtenberg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0199000510170189700" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D3465E5C77E6AE0BDA8AA84B585A5E1F7962D921/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210366v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bideau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Troadec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198600470100169700" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D6D29DF400F3C27F2C185930E243643FB6532093/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00232193v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyslet:01983004408027900" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D2A8F1D1207ABA8FA4CEF8DCDEE5C35DDFF83BF1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Provence Mahjoub-Bonnaire" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chambon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15069" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987121v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124903023" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138519v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138523v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dersoir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson C. K. Poon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tabuteau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143866v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138507v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859612v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39669-4_29" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SLMTHFLT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422006v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3180040" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623562v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388597v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01768345v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05105377v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Yamil Sirur Flores" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica G. Benito" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo O. Unac" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Irene Ippolito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Oger" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-025-01528-5" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05221998v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Gonidec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Delannay" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/b262-33z7" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05167087v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Gomez-Arriaran" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y L Roht" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Odriozola-Maritorena" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Binda" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Oger" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.powtec.2025.121268" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03886192v3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.107.054906" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03714579v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Ralaiarisoa" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dupont" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Ould El Moctar" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Naaim-Bouvet" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.105.054902" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03386081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Mar&#237;a Vidales" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jesica Benito" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo U&#241;ac" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124901003" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01825012v3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude El Tannoury" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.101.022902" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-02177517v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina Valenzuela-Aracena" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana M. Vidales" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-019-0906-6" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01874675v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.A. Valenzuela Aracena" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Benito" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Ippolito" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.O. U&#241;ac" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.partic.2017.11.009" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01484625v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc L&#228;mmel" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamil Dzikowski" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klaus Kroy" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Valance" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.95.022902" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580447v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714012004" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01580445v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karina A. Valenzuela Aracena" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo O. U&#241;ac" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/201714003014" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01223486v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. La Ragione" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Recchia" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Sollazzo" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rspa.2015.0013" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01233609v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Vidales" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2015-15124-2" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847130v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B Savage" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.12.043" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6VMT15C3-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847139v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4812123" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847135v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stuart B. Savage" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ces.2012.12.042" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9HBZKGLX-T/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00847150v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolfo Unac" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-013-0433-9" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00745137v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luigi La Ragione" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.86.041309" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00531644v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Lomin&#233;" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.82.041301" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00389904v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.051307" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00369242v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Madani Ammi" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djaoued Beladjine" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.79.021305" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00196054v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.camwa.2007.04.001" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V7XH67WF-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00194585v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10035-007-0040-8" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-XQBDS7PB-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00155179v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.75.061305" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00107350v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristin Lochmann" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dietrich Stoyan" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2006.07.011" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-T3FPRGXV-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00145592v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-5468/2006/07/P07019" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/BB72231604B495B898D9E06131CF98688E77177B/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00085765v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2005-10022-x" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-QM92XD7G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01127736v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yacine Khidas" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ammi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1140/epje/i2002-10123-0" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-DPWVL0RP-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00134520v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Richard" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Troadec" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Gervois" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevE.63.062401" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00246882v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Annic" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Troadec" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lema&#238;tre" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp1:1994124" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2D18024E52AB77761E9D26A894641CA0ADE71DFC/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00164115v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Rivier" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00212497v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lichtenberg" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0199000510170189700" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D3465E5C77E6AE0BDA8AA84B585A5E1F7962D921/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00210366v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bideau" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Troadec" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphys:0198600470100169700" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D6D29DF400F3C27F2C185930E243643FB6532093/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00232193v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jphyslet:01983004408027900" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D2A8F1D1207ABA8FA4CEF8DCDEE5C35DDFF83BF1/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04700940v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Provence Mahjoub-Bonnaire" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Bourrier" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Chambon" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/egusphere-egu24-15069" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02987121v2" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjconf/202124903023" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138519v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138523v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Dersoir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilson C. K. Poon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Tabuteau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01143866v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01138507v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00859612v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39669-4_29" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-SLMTHFLT-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00422006v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.3180040" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00623562v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03388597v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insu.hal.science/insu-01768345v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>