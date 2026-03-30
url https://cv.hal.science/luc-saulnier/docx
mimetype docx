--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:121.51898734177px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc SAULNIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0618-2672</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">033226687</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (164)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How natural variability of gluten and arabinoxylans drives wheat dough extensional properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 162, pp.111022. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.111022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of wheat flour composition on dough properties: Focus on the minor components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Méléard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 124, </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polysaccharide distribution and cell wall deposition in the endosperm and outer layers of developing sorghum grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergi Navarro Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 124, pp.104239. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of wheat flour minor components in predicting water absorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 463 (2), pp.141232. </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.141232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Buche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Chambrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59, pp.111375. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding wheat dough behavior through prediction of quality profiles with explainable Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Alonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Baudrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 126, pp.104292. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Alveograph test to extensional behavior of wheat flour dough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rheologica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (3), pp.179-190. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00397-024-01430-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the relationships between wheat dough extensional properties, gluten network and water distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Réguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 146 (A), pp.109214. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of endo-xylanases on wheat milling products in relation with variable solid loading conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allah Rakha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 334, pp.122029. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2024.122029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis based on sensory data: Application to wheat grading quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baudrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Méléard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 96, pp.103771. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2024.103771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-Linkage Glucan Is the Main Carbohydrate Source and Starch Is an Alternative Source during Brachypodium Grain Germination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Francin-Allami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Bouder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le-Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (7), pp.6821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24076821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining whether granule structural or surface features govern the wheat starch digestion, a kinetic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Ral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 315, pp.120966. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2023.120966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical data documenting variations in mucilage polysaccharides in a range of glycosyltransferase mutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuki Aoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelilah Benamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.702. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-023-02604-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water mobility and microstructure of gluten network during dough mixing using TD NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 409, pp.135329. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.135329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03985426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Starch Structure Impact Amylolysis? Review of Current Strategies for Starch Digestibility Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Ral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (9), pp.1223. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11091223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond amylose content, selecting starch traits impacting in vitro α-amylase degradability in a wheat MAGIC population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenifer Pritchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Zwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 291, pp.119652. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial correlation of water distribution and fine structure of arabinoxylans in the developing wheat grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 294, pp.119738. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology of wheat flour dough at mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47, pp.100873. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cofs.2022.100873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of heteroxylans from vitreous and floury endosperms of maize grain and impact on the enzymatic degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Joseph-Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Fillaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 278, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 306, pp.110845. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2021.110845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The TaCslA12 gene expressed in the wheat grain endosperm synthesizes wheat-like mannan when expressed in yeast and Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verhertbruggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Bouder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 302, pp.110693. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2020.110693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic degradation of maize shoots: monitoring of chemical and physical changes reveals different saccharification behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Looten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology for Biofuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13068-020-01854-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor components and wheat quality: Perspectives on climate changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.103001. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2020.103001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the digestibility of cereal fractions of wheat, maize, and rice by a carbohydrase complex rich in xylanases and arabinofuranosidases: an in vitro digestion study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilie Vangsøe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Joseph‐aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Neugnot‐roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.1910-1919. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.10806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polymères de mannose en production animale. 1. focus sur les structures chimiques rencontrées dans les aliments et les propriétés biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaële Wacrenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Alleman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (4), pp.283-294. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.4.4633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabinoxylan content and grain tissue distribution are good predictors of the dietary fibre content and their nutritional properties in wheat products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bar-L'Helgouac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 328, pp.127111. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.127111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal distribution of cell wall polysaccharides during grain development of &amp;lt;em&amp;gt;Brachypodium distachyon&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Francin-Allami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 280, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.12.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging the putative structure of mannan in wheat (Triticum aestivum) endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verhertbruggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlayna Sterner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Girousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interspecies Competition Impacts Targeted Manipulation of Human Gut Bacteria by Fiber-Derived Glycans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Patnode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Beller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiye Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179 (1), pp.59-73.e13. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2019.08.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-chain arabinoxylans prepared from enzymatically treated wheat grain exert prebiotic effects during the broiler starter period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Yacoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Eeckhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), pp.412-424. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3382/ps/pex297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulate and lignin cross-links increase in cell walls of wheat grain outer layers during late development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateignier-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arata Yoshinaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 276, pp.199-207. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.08.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of cell wall hemicelluloses in the wheat grain endosperm: a 3D perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ropartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 248 (6), pp.1505-1513. </w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-018-2980-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRA's research in industrial biotechnology: For food, chemicals, materials and fuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Camarasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayza Daboussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, pp.140-152. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2017.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron Time-Lapse Imaging of Lignocellulosic Biomass Hydrolysis: Tracking Enzyme Localization by Protein Autofluorescence and Biochemical Modification of Cell Walls by Microfluidic Infrared Microspectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.00200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing and rheological properties of wheat flour dough and bread containing high levels of soluble dietary fibres blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Arufe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Dore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 97, pp.123 - 132. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2017.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing & rheological properties of wheat flour dough and bread containing high levels of soluble dietary fibres blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Arufe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Dore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 97, pp.123-132. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2017.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01539469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-soluble fractions obtained by enzymatic treatment of wheat grains promote short chain fatty acids production by broiler cecal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Yacoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip van Immerseel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ducatelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamya Rhayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Feed Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 218, pp.110 - 119. </w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2016.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing pericarp of maize: A model to study arabinoxylan synthesis and feruloylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation in Brachypodium caffeic acid O-methyltransferase 6 alters stem and grain lignins and improves straw saccharification without deteriorating grain quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ho-Yue-Kuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antelme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 67 (1), pp.227--37. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erv446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass Spectrometric Imaging of Wheat (Triticum spp.) and Barley (Hordeum vulgare L.) Cultivars: Distribution of Major Cell Wall Polysaccharides According to Their Main Structural Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusan Velickovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Lhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Damond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64 (32), pp.6249 - 6256. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.6b02047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of suppression of arabinoxylan synthetic genes in wheat endosperm on chain length of arabinoxylan and extract viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Lovegrove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark David Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Robert Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), pp.109-116. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pbi.12361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of cell wall polysaccharides during retting of cassava roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Legrand Ngolong Ngea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Justin Essia Ngang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213, pp.402 - 409. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.06.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foaming and rheological properties of the liquid phase extracted from wheat flour dough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Turbin-Orger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Fameau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Marze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.114-124. </w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2014.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of a semi-industrial production process of arabinoxylans from wheat bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Mogni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawan Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Guinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sablayrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 50 (4), pp.605-613. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procbio.2015.01.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale characterization of arabinoxylan and beta-glucan composite films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujie Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 122, pp.248-254. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.01.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological properties of wheat flour dough and French bread enriched with wheat bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Le Bleis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert H. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65, pp.167 - 174. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2015.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of different twin-screw extraction conditions for the production of arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Mogni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawan Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Guinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sablayrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 116, pp.86-94. </w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2014.06.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro gastrointestinal digestion study of two wheat cultivars and evaluation of xylanase supplementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Lafond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bouza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eyrichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Rouffineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science and Biotechnology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (UNSP 5), </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40104-015-0002-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Lignin Key Features in Maize Lignocelluloses Using Infrared Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 68 (12), pp.1342 - 1347. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1366/14-07472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation of a pH-modulating residue in a GH51 α-l-arabinofuranosidase leads to a severe reduction of the secondary hydrolysis of transfuranosylation products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Bissaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Saurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Arab-Jaziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Milon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1840 (1), pp.626-636. </w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagen.2013.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure du pain et index glycémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Micard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (2), pp.61-66. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnd.2014.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the structural and spatial variability of cell-wall polysaccharides during wheat grain development, as revealed through MALDI mass spectrometry imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusan Velickovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David D. Ropartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65 (8), pp.2079-2091. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eru065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déstructuration orale de pains enrichis en fibres et à teneur réduite en sel et impact sur l'index glycémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Le Bleis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.97-110. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/x993-ys65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydration and mechanical properties of arabinoxylans and β-D-glucans films.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Mabille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Perronnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 96 (1), pp.31-8. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2013.03.090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RNA interference suppression of genes in glycosyl transferase families 43 and 47 in wheat starchy endosperm causes large decreases in arabinoxylan content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Lovegrove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark D. Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till K. Pellny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Tosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 163 (1), pp.95-107. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.113.222653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Disintegration on in Vitro Fermentation and Conversion Patterns of Wheat Aleurone in a Metabolical Colon Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Marja Aura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Holopainen-Mantila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaisa Poutanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (24), pp.5805 - 5816. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf4001814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des méthodes AOAC 985.29, 2001.03 et 2009.01 pour le dosage des fibres alimentaires dans les produits céréaliers à base de blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bar-L'Helgouac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industries des Céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 185, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing new types of wheat with enhanced health benefits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter R. P. R. Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard G. Branlard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico D. Lafiandra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szilveszter S. Gergely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (2), pp.70-77. </w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tifs.2012.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive overview of grain development in Brachypodium distachyon variety Bd21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Larre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihad Moussawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 63 (2), pp.739-755. </w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/err298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall deposition and metabolism in wheat grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner Boutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (1), pp.91 - 108. </w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2012.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macromolecular structure of water-extractable arabinoxylans in endosperm and wholemeal rye breads as factor controlling their extract viscosities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 131 (2), pp.667-676. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.09.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la structure de l’aliment sur les propriétés nutritionnelles et l’acceptabilité du pain et des pâtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Micard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/97wf-4d43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic fingerprinting of arabinoxylan and beta-glucan in triticale, barley and tritordeum grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rakha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 90 (3), pp.1226 - 1234. </w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2012.06.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Substituent-specific antibody against glucuronoxylan reveals close association of glucuronic acid and acetyl substituents and distinct labeling patterns in tree species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanna Koutaniemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paivi Tuomainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 236 (2), pp.739 - 751. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-012-1653-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Low Hydration of Barley Grain on beta-Glucan Degradation and Lipid Transfer Protein (LTP1) Modifications During the Malting Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Runavot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie N. Geneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keltouma Moco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (15), pp.8256 - 8264. </w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf2011134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic Analysis of Diversity of Arabinoxylan Structures in Endosperm Cell Walls of Wheat Cultivars (Triticum aestivum) in the HEALTHGRAIN Diversity Collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine A. Toole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltan Bedoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (13), pp.7075 - 7082. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf201095m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Simultaneous Repression of CCR and CAD, Two Enzymes of the Lignin Biosynthetic Pathway, Results in Sterility and Dwarfism in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Letarnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel L. Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (1), pp.70-82. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mp/ssq045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined meta-genomics analyses unravel candidate genes for the grain dietary fiber content in bread wheat (Triticum aestivum L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël M. Abrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole C. Confolent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional and Integrative Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (1), pp.71 - 83. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10142-010-0183-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and organization within films of arabinoxylans extracted from wheat flour as revealed by various NMR spectroscopic methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ruellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 49, pp.S85 - S92. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.2852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Films of arabinoxylans and beta-glucans extracted from cereal grains: Molecular motions by TD-NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 86 (2), pp.812 - 822. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2011.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water mobility within arabinoxylan and β-glucan films studied by NMR and dynamic vapour sorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 91 (14), pp.2601-2605. </w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.4498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brachypodium distachyon grain: characterization of endosperm cell walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (3), pp.1001-1015. </w:t></w:r><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in wall composition of transfer and aleurone cells during wheat grain development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 233 (2), pp.393-406. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-010-1306-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and organization within films of arabinoxylans extracted from wheat flour as revealed by various NMR spectroscopic methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ruellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 49 (S1), pp.S85-S92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and spatial changes in cell wall composition in developing grains of wheat cv. Hereward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. A. Toole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nemeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 232 (3), pp.677-689. </w:t></w:r><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-010-1199-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat dietary fibres on bread dough development and rheological properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnand-Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (2), pp.200-206. </w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2010.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down-regulation of the CSLF6 gene results in decreased (1,3;1,4)-beta-D-glucan in endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Csilla Nemeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huw D. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till K. Pellny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 152 (3), pp.1209-1218. </w:t></w:r><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.109.151712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating genes and phenotype: a wheat-Arabidopsis-rice glycosyltransferase database for candidate gene analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil K. Elmorjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional and Integrative Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (1), pp.43-58. </w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10142-008-0100-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A brief and informationally rich naming system for oligosaccharide motifs of heteroxylans found in plant cell walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Delcour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.B. Faulds</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62, pp.533-537. </w:t></w:r><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/CH08458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396624v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics of dietary fibre in bread wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Masood-Quraishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Ravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Romeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Balfourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 170 (1-2), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-009-0019-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monoclonal antibodies to p-coumarate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ralph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1366-1373</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00499382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall modifications in Arabidopsis plants with altered alpha-L-arabinofuranosidase activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Aaron Chavez Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ranocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoran Minic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise L. Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 147 (1), pp.63-77. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.107.110023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleurone cell walls of wheat grain: High spatial resolution investigation using synchrotron infrared microspectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 62 (8), pp.895-900</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supramolecular organization of heteroxylan-dehydrogenation polymers (synthetic lignin) nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellatif Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lairez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Chabbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9 (2), pp.487-493. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bm7009812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of ferulate deposition in endosperm cell walls of mature and developing wheat grains by using a polyclonal antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 225 (5), pp.1287-1299. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-006-0422-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association and structural diversity of hemicelluloses in the cell walls of rye outer layers: Comparison between two ryes with opposite breadmaking quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (6), pp.2329-2341. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf062473g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheat arabinoxylans: Exploiting variation in amount and composition to develop enhanced varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Branlard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46 (3), pp.261-281. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2007.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of arabinoxylan-dehydrogenation polymer (synthetic lignin polymer) nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellatif Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Putaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Chabbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cathala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (4), pp.1236-1245. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bm060885s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical characteristics of wheat and their relation with apparent metabolisable energy value in broilers with or without non-starch polysaccharide enzyme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Maisonnier-Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Clavurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Geraert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1714-1721. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization using Raman microspectroscopy of arabinoxylans in the walls of different cell types during the development of wheat endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (14), pp.5113-5119. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf060466m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural characterization of underivatized arabino-xylo-oligosaccharides by negative-ion electrospray mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 341 (11), pp.1834-1847. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2006.04.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deposition of cell wall polysaccharides in wheat endosperm during grain development : Fourier Transform-Infrared microspectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (6), pp.2303-2308. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf052922x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01600045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of family 10 and 11 xylanases towards arabinoxylans with varying structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Sorensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Sibbesen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Goldson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1618-1622. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural heterogeneity of wheat arabinoxylans revealed by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 341 (9), pp.1186-1191. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2006.03.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabinoxylan and (1 -&amp;gt; 3),(1 -&amp;gt; 4)-beta-glucan deposition in cell walls during wheat endosperm development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 224 (2), pp.449-461. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-005-0209-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: Enzymes in grain processing - Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1571. </w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the proteinaceous wheat xylanase inhibitor XIP-I on the performances of an Aspergillus niger xylanase in breadmaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1604-1609. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification of wheat varieties based on structural features of arabinoxylans as revealed by endoxylanase treatment of flour and grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (21), pp.8349-8356. </w:t></w:r><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf050755v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural variability of arabinoxylans from wheat flour. Comparison of water-extractable and xylanase-extractable arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 42 (1), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FT-IR investigation of cell wall polysaccharides from cereal grains. Arabinoxylan infrared assignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (18), pp.7014-7018. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf051145y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in the levels of the different xylanase inhibitors in grain and flour of 20 French wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Gebruers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan A. Delcour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Goldson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41 (3), pp.375-379. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2004.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall fractions isolated from outer layers of rye grain by sequential treatment with alpha-amylase and proteinase: Structural investigation of polymers in two ryes with contrasting breadmaking quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (23), pp.9213-9224. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf051556e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polyclonal and monoclonal antibodies against arabinoxylans and their use for immunocytochemical location of arabinoxylans in cell walls of endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Quillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Otiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 40 (2), pp.167-182. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2004.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the distribution of arabinose residues on the xylan backbone of water-soluble arabinoxylans from wheat flour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 55, pp.171-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specificity of monoclonal antibodies generated against arabinoxylans of cereal grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 57 (4), pp.425-433. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2004.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polyclonal and monoclonal antibodies against arabinoxylans and their use for immunocytochemical location of arabinoxylans in cell walls of endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Ordaz Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J. Cereal Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.167-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00306758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological properties of sulfoacetate derivatives of cellulose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.751-759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the thickening properties of four Lactobacillus delbrueckii subsp. bulgaricus strains and physicochemical characterization of their exopolysaccharides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Furlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earle Waghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jutta Cerning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (2), pp.285-291. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0378-1097(03)00214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of sulfoacetate derivatives of cellulose by direct esterification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.743-750</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location of sulfate groups on sulfoacetate derivatives of cellulose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.761-770</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xylanase, beta-glucanase, and other side enzymatic activities have greater effects on the viscosity of several feedstuffs than xylanase and beta-glucanase used alone or in combination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 50 (18), pp.5121-5127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Release of ferulic acid from agroindustrial by-products by the cell wall-degrading enzymes produced by Aspergillus niger I-1472</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lesage Meessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enzyme and Microbial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 31, pp.1000-1005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetical, biochemical and technological parameters associated with biscuit quality. 1. Prediction using grain hardness and water extractable arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Igrejas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Villain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (1), pp.115-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophobic films from maize bran hemicelluloses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fredon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Zerrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 49 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0144-8617(01)00312-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of xylanase and beta-glucanase addition on performance, nutrient digestibility, and physico-chemical conditions in the small intestine contents and caecal microflora of broiler chickens fed a wheat and barley-based diet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.395-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and characterization of high molar mass water-soluble arabinoxylans from barley and barley malt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaud Dervilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 47 (2), pp.143-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-extractable arabinoxylan from pearled flours of wheat, barley, rye and triticale. Evidence for the presence of ferulic acid dimers and their involvement in gel formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rimsten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 34 (2), pp.207-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phenolic fraction of maize bran : evidence for lignin-heteroxylan association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 57, pp.765-772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for a semi-flexible conformation for arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 330 (3), pp.365-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the effect of two enzyme preparations on feedstuff viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 42 (sp.), pp.S53-S54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and enzymatic treatments for the release of free ferulic acid from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Elgorriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 45 (3), pp.269-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of homogeneous fractions from wheat water-soluble arabinoxylans. Influence of the structure on their macromolecular characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaud Dervilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 48 (2), pp.270-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esterification of cellulose-enriched agricultural by-products and characterization of mechanical properties of cellulosic films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42 (4), pp.285-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorization of maize bran to obtain biodegradable plastic films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benhaddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 74, pp.3040-3045</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acidic activation of cellulose and its esterification by long-chain fatty acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 74, pp.1933-1940</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of wheat and other cereal water extract viscosity. 1- Improvements in measuring viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maupetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Beaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Flatres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (1), pp.116-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulic acid and diferulic acids as components of sugar-beet pectins and maize bran heteroxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (3), pp.396-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of biodegradable plastic in microwave oven and solvent-free conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benhaddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences. Série 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.75-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and structural determination of two 5-5'-diferuloyl oligosaccharides indicate that maize heteroxylans are covalently cross-linked by oxidatively coupled ferulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Garcia-Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 320 (1-2), pp.82-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic and environmental variations in water-extractable arabinoxylans content and flour extract viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 30 (1), pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cinnamoyl esterase from Aspergillus niger can break plant cell wall cross-links without release of free diferulic acids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Garcia-Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Kroon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ralph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Mellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 266, pp.644-652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary characterisation of endogenous wheat arabinoxylan-degrading enzymic extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 28 (1), pp.53-62. </w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jcrs.1997.0174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between mixograph parameters and indices of wheat grain quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 27 (2), pp.179-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solubilization of arabinoxylans from isolated water-unextractable pentosans and wheat flour doughs in cell-wall-degrading enzymes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit-Benvegnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cereal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 75 (4), pp.551-556. </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/CCHEM.1998.75.4.551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of formation of films from cellulose-enriched agricultural by-products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M.G.C. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 68, pp.331-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of water-extractable arabinoxylans in bread wheat endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cadalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 97, pp.1069-1075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02693001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water unextractable polysaccharides from the milling fractions of rye grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nilsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30 (4), pp.229-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the polysaccharide components in gluten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 25 (2), pp.121-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroxylans from maize bran in aqueous solution. Part II : studies of polyelectrolyte behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 32 (3-4), pp.315-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolement à l'échelle pilote d'arabinoxylanes de farines de blé (variétés : Soissons, Thésée, Apollo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Faurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industries des Céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 96, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic light scattering studies of heteroxylans from maize bran in aqueous solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 31 (1-2), pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline extraction and characterisation of heteroxylans from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 21 (2), pp.195-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and partial characterization of feruloylated oligosaccharides from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 272 (2), pp.241-253</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall polysaccharide interactions in maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 26 (4), pp.279-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02708550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale isolation of water-soluble and water-insoluble pentosans from wheat flour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Faurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 28, pp.436-441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Release of ferulic acid from maize bran and derived oligosaccharides by Aspergillus niger esterases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.B. Faulds</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Kroon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Williamson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (3), pp.187-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02708815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and partial characterisation of beta-glucan from the endosperms of two barley cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 19 (2), pp.171-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raw and extruded fibre from pea hulls. Part II : structural study of the water-soluble polysaccharides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 20, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of polysaccharides solubilized during alkaline cooking of maize kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mestres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 17, pp.267-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note : reexamination of composition and physico-chemical characteristics of water-soluble pectic substances from guava (Psidium guajava L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Marcelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 242, pp.315-321</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02707858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New investigations of the structure of grape arabino-galactan-protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Herve Du Penhoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 224, pp.219-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02710864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mannoproteins from flocculating and non-flocculating Saccharomyces cerevisiae yeasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Mercereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vezinhnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 54 (2), pp.275-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential roles of red wine colloids in the fouling of a cross-flow microfiltration alumina membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.P. Belleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tarodo de La Fuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moutonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viticultural and Enological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 46, pp.100-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and characterisation of water-soluble pectic substances from guava (Psidium guajava L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Marcelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 212, pp.159-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polysaccharides pectiques et les enzymes de degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Oenologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 122, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure des polysaccharides du raisin et de la levure et leur devenir dans le procede de microfiltration tangentielle du vin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moutonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'OIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 699-700, pp.339-361</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02719344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An arabinogalactan-protein from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 188, pp.137-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02716912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles acquisitions structurales sur les substances pectiques de la pulpe de raisin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 22 (2), pp.135-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02728120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural studies of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 182, pp.63-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02723732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural studies of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Joseleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, pp.63-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00310035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural analysis of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Joseleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, pp.537-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00309965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and characterization of pectic substances from pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 7, pp.329-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02721309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymic degradation of isolated pectic substances and cell wall from pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 7, pp.345-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02721307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen isotope fractionation during the hydrolysis of starch and the fermentation of D-glucose to ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Colonna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 148, pp.132-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02717384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulic and coumaric acids in the cereal grain: Occurrence, biosynthesis, biological and technological functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Botanical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 104, Elsevier, pp.169-213, 2022, Lignin and hydroxycinnamic acids: biosynthesis and the buildup of the cell wall, </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.abr.2022.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food Structure Development in Cereal and Snack Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le-Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fotis Spyropoulos; Aris Lazidis; Ian Norton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HANDBOOK OF FOOD STRUCTURE DEVELOPMENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, The Royal Society of Chemistry, pp.151-172, 2020, Food Chemistry, Function and Analysis, 978-1-78801-615-5. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781788016155-00151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Types and functionality of polysaccharides in cereal grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cereal Grain-based Functional Foods: Carbohydrate and Phytochemical Components</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Royal Soc Chemistry, pp.31, 2019, Food Chemistry, Function and Analysis, 978-1-78801-279-9; 978-1-78801-148-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibres alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bruley Des Varannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Deschasaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aliments fonctionnels dans un système alimentaire sain et durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la matrice alimentaire des aliments de type grains et graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Micard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Greffeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure des aliments et effets nutritionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28, Editions Quae, 2013, 978-2-7592-2012-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Cell Wall Polysaccharides in Storage Organs: Xylans (Food Applications)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-0-12-409547-2. </w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-409547-2.01493-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary fibre functional products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Foods : Concept to Product</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Woodhead Publishing Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9781845696900. </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9780857092557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the benefits of wheat as a source of dietary fibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Gebruers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dietary fibre: new frontiers for food and health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academic Publishers, 400 p., 2010, 978-90-8686-692-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01351178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2.20 - Plant Cell Wall Polysaccharides in Storage Organs: Xylans (Food Applications)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprehensive Glycoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.4000, 2007, 978-0-444-51967-2. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-044451967-2/00147-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosage des glucides et des amylases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Planchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide pratique d'analyses dans les industries des céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, 1997, Sciences et Techniques Agroalimentaires, 2-7430-0123-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId684"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:121.51898734177px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc SAULNIER </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-0618-2672</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">033226687</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (164)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of wheat flour composition on dough properties: Focus on the minor components</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Hélène Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Méléard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 124, </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104233⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05494780v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How natural variability of gluten and arabinoxylans drives wheat dough extensional properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 162, pp.111022. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2024.111022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05078696v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dataset for common wheat (Triticum aestivum L.) grain and flour characterization using classical and advanced analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrice Buche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Chambrey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Deborde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Data in Brief</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 59, pp.111375. </w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.dib.2025.111375⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04937377v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Polysaccharide distribution and cell wall deposition in the endosperm and outer layers of developing sorghum grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Costes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sergi Navarro Sanz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 124, pp.104239. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104239⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05179516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of wheat flour minor components in predicting water absorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Rezette</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 463 (2), pp.141232. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2024.141232⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04701222v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Understanding wheat dough behavior through prediction of quality profiles with explainable Machine Learning</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flavien Alonzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Baudrit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 126, pp.104292. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2025.104292⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05322419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Alveograph test to extensional behavior of wheat flour dough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rheologica Acta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 63 (3), pp.179-190. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00397-024-01430-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04673979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unravelling the relationships between wheat dough extensional properties, gluten network and water distribution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Réguerre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 146 (A), pp.109214. </w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2023.109214⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04275010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behavior of endo-xylanases on wheat milling products in relation with variable solid loading conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Allah Rakha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 334, pp.122029. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2024.122029⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04580958v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnosis based on sensory data: Application to wheat grading quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Baudrit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît Méléard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 96, pp.103771. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2024.103771⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04669691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mixed-Linkage Glucan Is the Main Carbohydrate Source and Starch Is an Alternative Source during Brachypodium Grain Germination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Francin-Allami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Bouder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Le-Bot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Molecular Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 24 (7), pp.6821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/ijms24076821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04102408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical data documenting variations in mucilage polysaccharides in a range of glycosyltransferase mutants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuki Aoi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdelilah Benamar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Helen North</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Scientific Data </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 10 (1), pp.702. </w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1038/s41597-023-02604-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04270084v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Determining whether granule structural or surface features govern the wheat starch digestion, a kinetic analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Ral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 315, pp.120966. </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2023.120966⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04109890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water mobility and microstructure of gluten network during dough mixing using TD NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurore Dugué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 409, pp.135329. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2022.135329⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03985426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How Does Starch Structure Impact Amylolysis? Review of Current Strategies for Starch Digestibility Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Philippe Ral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Foods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 11 (9), pp.1223. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/foods11091223⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749012v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beyond amylose content, selecting starch traits impacting in vitro α-amylase degradability in a wheat MAGIC population</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yuzi Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kamal Kansou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jenifer Pritchard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexander Zwart</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 291, pp.119652. </w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119652⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03749046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheology of wheat flour dough at mixing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maude Dufour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florence Hugon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Opinion in Food Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 47, pp.100873. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cofs.2022.100873⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03714931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial correlation of water distribution and fine structure of arabinoxylans in the developing wheat grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Grélard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Arnaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 294, pp.119738. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2022.119738⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03736294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure of heteroxylans from vitreous and floury endosperms of maize grain and impact on the enzymatic degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Joseph-Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Fillaudeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 278, </w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2021.118942⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526157v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The endosperm cavity of wheat grains contains a highly hydrated gel of arabinoxylan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Françoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 306, pp.110845. </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2021.110845⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261403v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The TaCslA12 gene expressed in the wheat grain endosperm synthesizes wheat-like mannan when expressed in yeast and Arabidopsis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verhertbruggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Axelle Bouder</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 302, pp.110693. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2020.110693⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic degradation of maize shoots: monitoring of chemical and physical changes reveals different saccharification behaviors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loic Foucat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachelle Looten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biotechnology for Biofuels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 14 (1), </w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13068-020-01854-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03117590v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the digestibility of cereal fractions of wheat, maize, and rice by a carbohydrase complex rich in xylanases and arabinofuranosidases: an in vitro digestion study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecilie Vangsøe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maud Joseph‐aime</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Virginie Neugnot‐roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 101 (5), pp.1910-1919. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.10806⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157655v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minor components and wheat quality: Perspectives on climate changes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Marion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 94, pp.103001. </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2020.103001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03170372v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polymères de mannose en production animale. 1. focus sur les structures chimiques rencontrées dans les aliments et les propriétés biologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Lessire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathaële Wacrenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Alleman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INRAE Productions Animales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 33 (4), pp.283-294. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.20870/productions-animales.2020.33.4.4633⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03195900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabinoxylan content and grain tissue distribution are good predictors of the dietary fibre content and their nutritional properties in wheat products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bar-L'Helgouac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 328, pp.127111. </w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2020.127111⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02887253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial and temporal distribution of cell wall polysaccharides during grain development of &amp;lt;em&amp;gt;Brachypodium distachyon&amp;lt;/em&amp;gt;</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Francin-Allami</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Geairon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 280, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.12.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02628430v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenging the putative structure of mannan in wheat (Triticum aestivum) endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Verhertbruggen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Falourd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlayna Sterner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Girousse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 224, pp.1-9. </w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2019.115063⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03261419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interspecies Competition Impacts Targeted Manipulation of Human Gut Bacteria by Fiber-Derived Glycans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Patnode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zachary Beller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Han</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiye Cheng</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samantha Peters</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cell</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 179 (1), pp.59-73.e13. </w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cell.2019.08.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02588032v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Short-chain arabinoxylans prepared from enzymatically treated wheat grain exert prebiotic effects during the broiler starter period</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Yacoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Devillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Eeckhaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 97 (2), pp.412-424. </w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3382/ps/pex297⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02621390v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulate and lignin cross-links increase in cell walls of wheat grain outer layers during late development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateignier-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arata Yoshinaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 276, pp.199-207. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.plantsci.2018.08.022⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">INRA's research in industrial biotechnology: For food, chemicals, materials and fuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole Camarasa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fayza Daboussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovative Food Science &amp; Emerging Technologies / Innovative Food Science and Emerging Technologies </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 46, pp.140-152. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ifset.2017.11.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03628058v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Distribution of cell wall hemicelluloses in the wheat grain endosperm: a 3D perspective</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Fanuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Ropartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 248 (6), pp.1505-1513. </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-018-2980-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02625340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Synchrotron Time-Lapse Imaging of Lignocellulosic Biomass Hydrolysis: Tracking Enzyme Localization by Protein Autofluorescence and Biochemical Modification of Cell Walls by Microfluidic Infrared Microspectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">William Andre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 9, pp.1-16. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2018.00200⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02627190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing and rheological properties of wheat flour dough and bread containing high levels of soluble dietary fibres blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Arufe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Dore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 97, pp.123 - 132. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2017.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04684408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Processing & rheological properties of wheat flour dough and bread containing high levels of soluble dietary fibres blends</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Arufe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joel Dore</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Savary-Auzeloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Research International</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 97, pp.123-132. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodres.2017.03.040⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01539469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing pericarp of maize: A model to study arabinoxylan synthesis and feruloylation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jose J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Camille Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Plant Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 7, pp.1-20. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpls.2016.01476⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01546427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-soluble fractions obtained by enzymatic treatment of wheat grains promote short chain fatty acids production by broiler cecal microbiota</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadia Yacoubi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Filip van Immerseel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Ducatelle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lamya Rhayat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Feed Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 218, pp.110 - 119. </w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.anifeedsci.2016.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation in Brachypodium caffeic acid O-methyltransferase 6 alters stem and grain lignins and improves straw saccharification without deteriorating grain quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Ho-Yue-Kuang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Alvarado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Antelme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Cezard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 67 (1), pp.227--37. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erv446⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01563910v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mass Spectrometric Imaging of Wheat (Triticum spp.) and Barley (Hordeum vulgare L.) Cultivars: Distribution of Major Cell Wall Polysaccharides According to Their Main Structural Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusan Velickovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Lhomme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Damond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 64 (32), pp.6249 - 6256. </w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/acs.jafc.6b02047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02632038v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of suppression of arabinoxylan synthetic genes in wheat endosperm on chain length of arabinoxylan and extract viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Lovegrove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark David Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter Robert Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Biotechnology Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 14 (1), pp.109-116. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/pbi.12361⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02636119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modification of cell wall polysaccharides during retting of cassava roots</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Legrand Ngolong Ngea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Justin Essia Ngang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 213, pp.402 - 409. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2016.06.107⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02639441v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multiscale characterization of arabinoxylan and beta-glucan composite films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sujie Ji</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 122, pp.248-254. </w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2015.01.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01269286v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance evaluation of a semi-industrial production process of arabinoxylans from wheat bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Mogni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawan Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Guinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sablayrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Process Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 50 (4), pp.605-613. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procbio.2015.01.015⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02149378v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Foaming and rheological properties of the liquid phase extracted from wheat flour dough</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Turbin-Orger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Louis Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Fameau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Marze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 43, pp.114-124. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodhyd.2014.05.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02631322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological properties of wheat flour dough and French bread enriched with wheat bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Le Bleis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Chaunier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert H. Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 65, pp.167 - 174. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2015.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02630888v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">In vitro gastrointestinal digestion study of two wheat cultivars and evaluation of xylanase supplementation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickael Lafond</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Bouza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Eyrichine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Friedrich Rouffineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Animal Science and Biotechnology </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6 (UNSP 5), </w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s40104-015-0002-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219933v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of different twin-screw extraction conditions for the production of arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Leslie Jacquemin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assad Mogni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rawan Zeitoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Guinot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sablayrolles</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 116, pp.86-94. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2014.06.071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02148620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating Lignin Key Features in Maize Lignocelluloses Using Infrared Spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Chazal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Durand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 68 (12), pp.1342 - 1347. </w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1366/14-07472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01204144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure du pain et index glycémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Micard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cahiers de Nutrition et de Diététique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 49 (2), pp.61-66. </w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.cnd.2014.01.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01837408v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mutation of a pH-modulating residue in a GH51 α-l-arabinofuranosidase leads to a severe reduction of the secondary hydrolysis of transfuranosylation products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Bissaro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Saurel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Faten Arab-Jaziri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Milon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - General Subjects</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 1840 (1), pp.626-636. </w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bbagen.2013.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02146185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights into the structural and spatial variability of cell-wall polysaccharides during wheat grain development, as revealed through MALDI mass spectrometry imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dusan Velickovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David D. Ropartz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hélène Rogniaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 65 (8), pp.2079-2091. </w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/eru065⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02640900v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déstructuration orale de pains enrichis en fibres et à teneur réduite en sel et impact sur l'index glycémique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien F. Le Bleis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ludivine Billy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 36, pp.97-110. </w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/x993-ys65⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02637285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">RNA interference suppression of genes in glycosyl transferase families 43 and 47 in wheat starchy endosperm causes large decreases in arabinoxylan content</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alison Lovegrove</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mark D. Wilkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till K. Pellny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paola Tosi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 163 (1), pp.95-107. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.113.222653⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647126v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydration and mechanical properties of arabinoxylans and β-D-glucans films.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Mabille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annick Perronnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 96 (1), pp.31-8. </w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2013.03.090⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of Disintegration on in Vitro Fermentation and Conversion Patterns of Wheat Aleurone in a Metabolical Colon Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Rosa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna-Marja Aura</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ulla Holopainen-Mantila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kaisa Poutanen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 61 (24), pp.5805 - 5816. </w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf4001814⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison des méthodes AOAC 985.29, 2001.03 et 2009.01 pour le dosage des fibres alimentaires dans les produits céréaliers à base de blé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Bar-L'Helgouac'H</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industries des Céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 185, pp.13-20</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01605468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall deposition and metabolism in wheat grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner Boutin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 56 (1), pp.91 - 108. </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2012.02.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing new types of wheat with enhanced health benefits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Peter R. P. R. Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard G. Branlard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Domenico D. Lafiandra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Szilveszter S. Gergely</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Trends in Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 25 (2), pp.70-77. </w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.tifs.2012.01.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964154v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A comprehensive overview of grain development in Brachypodium distachyon variety Bd21</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Colette Larre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice Petitpas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adeline Berger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jihad Moussawi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 63 (2), pp.739-755. </w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/err298⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01190419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la structure de l’aliment sur les propriétés nutritionnelles et l’acceptabilité du pain et des pâtes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Micard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations Agronomiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 19, pp.63-74. </w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.17180/97wf-4d43⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01267826v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Macromolecular structure of water-extractable arabinoxylans in endosperm and wholemeal rye breads as factor controlling their extract viscosities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. R. Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 131 (2), pp.667-676. </w:t></w:r><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.foodchem.2011.09.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02643803v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Substituent-specific antibody against glucuronoxylan reveals close association of glucuronic acid and acetyl substituents and distinct labeling patterns in tree species</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sanna Koutaniemi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paivi Tuomainen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 236 (2), pp.739 - 751. </w:t></w:r><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-012-1653-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02645359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymatic fingerprinting of arabinoxylan and beta-glucan in triticale, barley and tritordeum grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rakha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 90 (3), pp.1226 - 1234. </w:t></w:r><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2012.06.054⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02644894v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spectroscopic Analysis of Diversity of Arabinoxylan Structures in Endosperm Cell Walls of Wheat Cultivars (Triticum aestivum) in the HEALTHGRAIN Diversity Collection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geraldine A. Toole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gwenaëlle Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ian J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phil Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoltan Bedoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (13), pp.7075 - 7082. </w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf201095m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact of Low Hydration of Barley Grain on beta-Glucan Degradation and Lipid Transfer Protein (LTP1) Modifications During the Malting Process</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Runavot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benedicte Bakan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie N. Geneix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Keltouma Moco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 59 (15), pp.8256 - 8264. </w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf2011134⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652241v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Simultaneous Repression of CCR and CAD, Two Enzymes of the Lignin Biosynthetic Pathway, Results in Sterility and Dwarfism in Arabidopsis thaliana</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Thévenin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bruno B. Letarnec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel L. Gissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Molecular Plant</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 4 (1), pp.70-82. </w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/mp/ssq045⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01000530v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combined meta-genomics analyses unravel candidate genes for the grain dietary fiber content in bread wheat (Triticum aestivum L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Umar Masood Quraishi Masood-Quraishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Murat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michaël M. Abrouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline C. Pont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carole C. Confolent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional and Integrative Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (1), pp.71 - 83. </w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10142-010-0183-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00964164v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and organization within films of arabinoxylans extracted from wheat flour as revealed by various NMR spectroscopic methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ruellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 49, pp.S85 - S92. </w:t></w:r><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/mrc.2852⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652203v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Films of arabinoxylans and beta-glucans extracted from cereal grains: Molecular motions by TD-NMR</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 86 (2), pp.812 - 822. </w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2011.05.033⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02648376v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brachypodium distachyon grain: characterization of endosperm cell walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Botany</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 62 (3), pp.1001-1015. </w:t></w:r><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/jxb/erq332⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02647331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water mobility within arabinoxylan and β-glucan films studied by NMR and dynamic vapour sorption</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ruifeng Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 91 (14), pp.2601-2605. </w:t></w:r><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.4498⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02652731v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Change in wall composition of transfer and aleurone cells during wheat grain development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 233 (2), pp.393-406. </w:t></w:r><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-010-1306-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02650827v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure and organization within films of arabinoxylans extracted from wheat flour as revealed by various NMR spectroscopic methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Corinne C. Rondeau-Mouro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R.F. Ying</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Ruellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Magnetic Resonance in Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 49 (S1), pp.S85-S92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02596973v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of wheat dietary fibres on bread dough development and rheological properties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Bonnand-Ducasse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy G. Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 52 (2), pp.200-206. </w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2010.05.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668071v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Down-regulation of the CSLF6 gene results in decreased (1,3;1,4)-beta-D-glucan in endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Csilla Nemeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jackie Freeman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huw D. Jones</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Till K. Pellny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 152 (3), pp.1209-1218. </w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.109.151712⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662240v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Temporal and spatial changes in cell wall composition in developing grains of wheat cv. Hereward</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. A. Toole</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Le Gall</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Nemeth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 232 (3), pp.677-689. </w:t></w:r><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-010-1199-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02664389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A brief and informationally rich naming system for oligosaccharide motifs of heteroxylans found in plant cell walls</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Faure</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M. Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.A. Delcour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Dumon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.B. Faulds</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Australian Journal of Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 62, pp.533-537. </w:t></w:r><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1071/CH08458⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00396624v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integrating genes and phenotype: a wheat-Arabidopsis-rice glycosyltransferase database for candidate gene analyses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominique D. Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Vasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Khalil K. Elmorjani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional and Integrative Genomics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 9 (1), pp.43-58. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10142-008-0100-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetics of dietary fibre in bread wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">U. Masood-Quraishi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Ravel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Romeuf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Balfourier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Euphytica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 170 (1-2), pp.155-168. </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10681-009-0019-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monoclonal antibodies to p-coumarate</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ralph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, pp.1366-1373</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00499382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall modifications in Arabidopsis plants with altered alpha-L-arabinofuranosidase activity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ricardo Aaron Chavez Montes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId407" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Ranocha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId408" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Martinez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId409" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zoran Minic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId410" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise L. Jouanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Plant Physiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 147 (1), pp.63-77. </w:t></w:r><w:hyperlink r:id="rId411" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1104/pp.107.110023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02661095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aleurone cell walls of wheat grain: High spatial resolution investigation using synchrotron infrared microspectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Jamme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte B. Bouchet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId413" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Dumas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Spectroscopy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 62 (8), pp.895-900</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId412" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Supramolecular organization of heteroxylan-dehydrogenation polymers (synthetic lignin) nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellatif Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId416" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cedric Gaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId417" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Lairez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Chabbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 9 (2), pp.487-493. </w:t></w:r><w:hyperlink r:id="rId419" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bm7009812⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId414" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02659811v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association and structural diversity of hemicelluloses in the cell walls of rye outer layers: Comparison between two ryes with opposite breadmaking quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId421" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Malgorzata Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 55 (6), pp.2329-2341. </w:t></w:r><w:hyperlink r:id="rId422" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf062473g⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId423" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId420" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655531v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of ferulate deposition in endosperm cell walls of mature and developing wheat grains by using a polyclonal antibody</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 225 (5), pp.1287-1299. </w:t></w:r><w:hyperlink r:id="rId426" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-006-0422-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId427" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId424" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02668057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wheat arabinoxylans: Exploiting variation in amount and composition to develop enhanced varieties</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId429" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Branlard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 46 (3), pp.261-281. </w:t></w:r><w:hyperlink r:id="rId430" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2007.06.014⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId431" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId428" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01189313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization of arabinoxylan-dehydrogenation polymer (synthetic lignin polymer) nanoparticles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId415" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Abdellatif Barakat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId433" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Luc Putaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId418" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Chabbert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId434" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Cathala</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomacromolecules</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 8 (4), pp.1236-1245. </w:t></w:r><w:hyperlink r:id="rId435" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/bm060885s⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId432" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biochemical characteristics of wheat and their relation with apparent metabolisable energy value in broilers with or without non-starch polysaccharide enzyme</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId437" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Séverine Maisonnier-Grenier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId438" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Clavurier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId439" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-André Geraert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1714-1721. </w:t></w:r><w:hyperlink r:id="rId440" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2555⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId441" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId436" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Characterization using Raman microspectroscopy of arabinoxylans in the walls of different cell types during the development of wheat endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (14), pp.5113-5119. </w:t></w:r><w:hyperlink r:id="rId444" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf060466m⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId445" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId442" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural characterization of underivatized arabino-xylo-oligosaccharides by negative-ion electrospray mass spectrometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quemener</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 341 (11), pp.1834-1847. </w:t></w:r><w:hyperlink r:id="rId448" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2006.04.039⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId449" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId446" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02663795v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deposition of cell wall polysaccharides in wheat endosperm during grain development : Fourier Transform-Infrared microspectroscopy study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 54 (6), pp.2303-2308. </w:t></w:r><w:hyperlink r:id="rId451" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf052922x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId452" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId450" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01600045v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behaviour of family 10 and 11 xylanases towards arabinoxylans with varying structure</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId455" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jens Sorensen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId456" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ole Sibbesen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Goldson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1618-1622. </w:t></w:r><w:hyperlink r:id="rId458" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2501⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId459" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId453" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02655629v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural heterogeneity of wheat arabinoxylans revealed by Raman spectroscopy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 341 (9), pp.1186-1191. </w:t></w:r><w:hyperlink r:id="rId462" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carres.2006.03.025⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId463" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId460" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02662466v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arabinoxylan and (1 -&amp;gt; 3),(1 -&amp;gt; 4)-beta-glucan deposition in cell walls during wheat endosperm development</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId425" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sully Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Planta</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 224 (2), pp.449-461. </w:t></w:r><w:hyperlink r:id="rId465" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00425-005-0209-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId466" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId464" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02665843v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of the proteinaceous wheat xylanase inhibitor XIP-I on the performances of an Aspergillus niger xylanase in breadmaking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId468" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tariq Tahir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId469" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Cherel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1604-1609. </w:t></w:r><w:hyperlink r:id="rId470" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2503⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId471" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId467" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02660405v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Special issue: Enzymes in grain processing - Foreword</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 86 (11), pp.1571. </w:t></w:r><w:hyperlink r:id="rId473" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/jsfa.2495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId474" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId472" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02653334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural variability of arabinoxylans from wheat flour. Comparison of water-extractable and xylanase-extractable arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId476" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 42 (1), pp.119-125</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId475" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification of wheat varieties based on structural features of arabinoxylans as revealed by endoxylanase treatment of flour and grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId447" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId443" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Francoise M. F. Devaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (21), pp.8349-8356. </w:t></w:r><w:hyperlink r:id="rId478" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf050755v⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId479" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId477" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02682265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FT-IR investigation of cell wall polysaccharides from cereal grains. Arabinoxylan infrared assignment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId481" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Marquis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cecile Barron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (18), pp.7014-7018. </w:t></w:r><w:hyperlink r:id="rId482" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf051145y⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId483" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId480" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variation in the levels of the different xylanase inhibitors in grain and flour of 20 French wheat cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId454" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Daviet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Gebruers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId486" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan A. Delcour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId457" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrew Goldson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 41 (3), pp.375-379. </w:t></w:r><w:hyperlink r:id="rId487" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2004.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId488" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId484" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679017v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall fractions isolated from outer layers of rye grain by sequential treatment with alpha-amylase and proteinase: Structural investigation of polymers in two ryes with contrasting breadmaking quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId490" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.R. Cyran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 53 (23), pp.9213-9224. </w:t></w:r><w:hyperlink r:id="rId491" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1021/jf051556e⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId492" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId489" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polyclonal and monoclonal antibodies against arabinoxylans and their use for immunocytochemical location of arabinoxylans in cell walls of endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId494" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Quillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId495" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId496" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">José Juan Ordaz-Otiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 40 (2), pp.167-182. </w:t></w:r><w:hyperlink r:id="rId497" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jcs.2004.06.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId498" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId493" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02683174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigation of the distribution of arabinose residues on the xylan backbone of water-soluble arabinoxylans from wheat flour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 55, pp.171-177</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId499" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02676184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Specificity of monoclonal antibodies generated against arabinoxylans of cereal grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId503" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J. Ordaz-Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId501" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Tran</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 57 (4), pp.425-433. </w:t></w:r><w:hyperlink r:id="rId504" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.carbpol.2004.05.016⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId505" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId502" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678368v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Generation of polyclonal and monoclonal antibodies against arabinoxylans and their use for immunocytochemical location of arabinoxylans in cell walls of endosperm of wheat</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">O. Tranquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId507" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Quillien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Utille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId508" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.J. Ordaz Ortiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">J. Cereal Sci.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, pp.167-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId506" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00306758v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rheological properties of sulfoacetate derivatives of cellulose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.751-759</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId509" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02680283v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the thickening properties of four Lactobacillus delbrueckii subsp. bulgaricus strains and physicochemical characterization of their exopolysaccharides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId515" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandrine Petry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId516" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylviane Furlan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId517" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Earle Waghorne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId518" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jutta Cerning</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">FEMS Microbiology Letters</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 221 (2), pp.285-291. </w:t></w:r><w:hyperlink r:id="rId519" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0378-1097(03)00214-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId514" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03372152v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of sulfoacetate derivatives of cellulose by direct esterification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.743-750</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId520" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675967v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Location of sulfate groups on sulfoacetate derivatives of cellulose</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId522" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Thomas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2003, 338, pp.761-770</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId521" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677078v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Release of ferulic acid from agroindustrial by-products by the cell wall-degrading enzymes produced by Aspergillus niger I-1472</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId525" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId527" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Lesage Meessen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Enzyme and Microbial Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 31, pp.1000-1005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId524" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xylanase, beta-glucanase, and other side enzymatic activities have greater effects on the viscosity of several feedstuffs than xylanase and beta-glucanase used alone or in combination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId529" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 50 (18), pp.5121-5127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId528" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02675720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetical, biochemical and technological parameters associated with biscuit quality. 1. Prediction using grain hardness and water extractable arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId533" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Igrejas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId536" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.C. Villain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 36 (1), pp.115-124</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId532" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673265v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrophobic films from maize bran hemicelluloses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId538" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Fredon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId539" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robert Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId540" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rachida Zerrouki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 49 (1), pp.1-12. </w:t></w:r><w:hyperlink r:id="rId542" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0144-8617(01)00312-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId537" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of xylanase and beta-glucanase addition on performance, nutrient digestibility, and physico-chemical conditions in the small intestine contents and caecal microflora of broiler chickens fed a wheat and barley-based diet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId545" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Mallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Animal Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 51, pp.395-406</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId543" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02674623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and characterization of high molar mass water-soluble arabinoxylans from barley and barley malt</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaud Dervilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId548" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Leclercq</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId549" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Zimmermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId550" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Roue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 47 (2), pp.143-149</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId546" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02681435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water-extractable arabinoxylan from pearled flours of wheat, barley, rye and triticale. Evidence for the presence of ferulic acid dimers and their involvement in gel formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId552" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Rimsten</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 34 (2), pp.207-214</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId551" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02679353v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The phenolic fraction of maize bran : evidence for lignin-heteroxylan association</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Lapierre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId554" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Pollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Phytochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 57, pp.765-772</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId553" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02678921v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental evidence for a semi-flexible conformation for arabinoxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId500" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Dervilly-Pinel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 330 (3), pp.365-372</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId556" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02673580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparison of the effect of two enzyme preparations on feedstuff viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId544" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Mathlouthi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId530" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bernard Quéméner</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId531" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Larbier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Poultry Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 42 (sp.), pp.S53-S54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId557" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02671687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thermal and enzymatic treatments for the release of free ferulic acid from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId559" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Elgorriaga</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2001, 45 (3), pp.269-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId558" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02677866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation of homogeneous fractions from wheat water-soluble arabinoxylans. Influence of the structure on their macromolecular characteristics</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId547" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaud Dervilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Agricultural and Food Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 48 (2), pp.270-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId560" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692746v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Esterification of cellulose-enriched agricultural by-products and characterization of mechanical properties of cellulosic films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId563" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Gergaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId564" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Lourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2000, 42 (4), pp.285-392</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId562" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valorization of maize bran to obtain biodegradable plastic films</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benhaddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId569" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Verneuil</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 74, pp.3040-3045</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId565" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Acidic activation of cellulose and its esterification by long-chain fatty acid</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 74, pp.1933-1940</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId570" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692718v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Variability of wheat and other cereal water extract viscosity. 1- Improvements in measuring viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId572" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Grosjean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId573" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maupetit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId574" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.F. Beaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId575" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Flatres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (1), pp.116-122</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId571" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulic acid and diferulic acids as components of sugar-beet pectins and maize bran heteroxylans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 79 (3), pp.396-402</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId576" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02685953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preparation of biodegradable plastic in microwave oven and solvent-free conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId566" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gourson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId567" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Benhaddou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId568" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Granet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId541" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Krausz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comptes Rendus de l'Académie des Sciences. Série 2</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 2, pp.75-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId577" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02698721v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and structural determination of two 5-5'-diferuloyl oligosaccharides indicate that maize heteroxylans are covalently cross-linked by oxidatively coupled ferulates</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId579" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Crépeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId523" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Lahaye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Garcia-Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 320 (1-2), pp.82-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId578" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02696316v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A cinnamoyl esterase from Aspergillus niger can break plant cell wall cross-links without release of free diferulic acids</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId580" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.T. Garcia-Conesa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Kroon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId583" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">John Ralph</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId584" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F.A. Mellon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I.J. Colquhoun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Biochemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 266, pp.644-652</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId581" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic and environmental variations in water-extractable arabinoxylans content and flour extract viscosity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Charmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 30 (1), pp.45-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId585" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02691701v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relationships between mixograph parameters and indices of wheat grain quality</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId588" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Nicolas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId535" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annaig Bouguennec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 27 (2), pp.179-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId587" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary characterisation of endogenous wheat arabinoxylan-degrading enzymic extracts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Bonnin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId591" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Angélique Le Goff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId592" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Chaurand</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 28 (1), pp.53-62. </w:t></w:r><w:hyperlink r:id="rId594" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1006/jcrs.1997.0174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId595" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId590" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02697079v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solubilization of arabinoxylans from isolated water-unextractable pentosans and wheat flour doughs in cell-wall-degrading enzymes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId597" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit-Benvegnen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cereal Chemistry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 75 (4), pp.551-556. </w:t></w:r><w:hyperlink r:id="rId598" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1094/CCHEM.1998.75.4.551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId596" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02694670v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genetic analysis of water-extractable arabinoxylans in bread wheat endosperm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId534" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Martinant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId600" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Cadalen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId586" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Billot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId601" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Chartier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId602" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Leroy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAG Theoretical and Applied Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 97, pp.1069-1075</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId599" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02693001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Preliminary study of formation of films from cellulose-enriched agricultural by-products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId510" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Chauvelon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId604" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.M.G.C. Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId512" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Buleon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Applied Polymer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 68, pp.331-337</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId603" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692687v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Water unextractable polysaccharides from the milling fractions of rye grain</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId606" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Nilsson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 30 (4), pp.229-237</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId605" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A study of the polysaccharide components in gluten</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Andersson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Aman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 25 (2), pp.121-127</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId607" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695024v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heteroxylans from maize bran in aqueous solution. Part II : studies of polyelectrolyte behaviour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 32 (3-4), pp.315-320</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId608" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02689834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolement à l'échelle pilote d'arabinoxylanes de farines de blé (variétés : Soissons, Thésée, Apollo)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Faurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Industries des Céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 96, pp.27</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId610" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02692788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Static and dynamic light scattering studies of heteroxylans from maize bran in aqueous solution</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 31 (1-2), pp.41-46</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId614" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02695251v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alkaline extraction and characterisation of heteroxylans from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 21 (2), pp.195-203</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId615" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02704698v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isolation and partial characterization of feruloylated oligosaccharides from maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacqueline Vigouroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 272 (2), pp.241-253</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId616" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702733v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cell wall polysaccharide interactions in maize bran</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId526" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Marot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId609" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Chanliaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 26 (4), pp.279-287</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId617" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02708550v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Large scale isolation of water-soluble and water-insoluble pentosans from wheat flour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId611" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A.L. Faurot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId612" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Bérot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId589" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Popineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId613" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.D. Petit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LWT - Food Science and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 28, pp.436-441</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId618" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Release of ferulic acid from maize bran and derived oligosaccharides by Aspergillus niger esterases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C.B. Faulds</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId582" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.A. Kroon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId620" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Williamson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, 27 (3), pp.187-190</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId619" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02708815v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and partial characterisation of beta-glucan from the endosperms of two barley cultivars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId622" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Gevaudan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, 19 (2), pp.171-178</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId621" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raw and extruded fibre from pea hulls. Part II : structural study of the water-soluble polysaccharides</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId555" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Ralet-Renard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 20, pp.25-34</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId623" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701236v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Studies of polysaccharides solubilized during alkaline cooking of maize kernels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId625" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Mestres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId511" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.L. Doublier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId561" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Roger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cereal Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 17, pp.267-276</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId624" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02701009v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Note : reexamination of composition and physico-chemical characteristics of water-soluble pectic substances from guava (Psidium guajava L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Marcelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId628" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Williams</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1993, 242, pp.315-321</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId626" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02707858v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New investigations of the structure of grape arabino-galactan-protein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId632" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Herve Du Penhoat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId633" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Michon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1992, 224, pp.219-235</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId630" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02710864v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mannoproteins from flocculating and non-flocculating Saccharomyces cerevisiae yeasts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId635" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Mercereau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId636" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Vezinhnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of the Science of Food and Agriculture</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 54 (2), pp.275-286</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId634" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702527v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Differential roles of red wine colloids in the fouling of a cross-flow microfiltration alumina membrane</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId638" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.P. Belleville</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId639" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Tarodo de La Fuente</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moutonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Viticultural and Enological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 46, pp.100-107</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId637" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02712931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and characterisation of water-soluble pectic substances from guava (Psidium guajava L.)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId627" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Odile Marcelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1991, 212, pp.159-167</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId641" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02711765v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les polysaccharides pectiques et les enzymes de degradation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Française d'Oenologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1990, 122, pp.43-54</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId642" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02702777v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structure des polysaccharides du raisin et de la levure et leur devenir dans le procede de microfiltration tangentielle du vin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId640" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Moutonnet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Bulletin de l'OIV</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 699-700, pp.339-361</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId643" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02719344v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An arabinogalactan-protein from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1989, 188, pp.137-144</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId644" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02716912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nouvelles acquisitions structurales sur les substances pectiques de la pulpe de raisin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId631" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Moutounet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissance de la Vigne et du Vin</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 22 (2), pp.135-158</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId645" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02728120v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural studies of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, 182, pp.63-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId646" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02723732v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural studies of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Joseleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, pp.63-78</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId647" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00310035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Structural analysis of pectic substances from the pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId629" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Brillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId648" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.P. Joseleau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Food Hydrocolloids</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, pp.537-539</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId649" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00309965v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction and characterization of pectic substances from pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 7, pp.329-343</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId650" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02721309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enzymic degradation of isolated pectic substances and cell wall from pulp of grape berries</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId513" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.F. Thibault</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Polymers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1987, 7, pp.345-360</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId651" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02721307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hydrogen isotope fractionation during the hydrolysis of starch and the fermentation of D-glucose to ethanol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId653" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId654" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Zhang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Colonna</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Carbohydrate Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1986, 148, pp.132-136</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId652" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02717384v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferulic and coumaric acids in the cereal grain: Occurrence, biosynthesis, biological and technological functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Botanical Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 104, Elsevier, pp.169-213, 2022, Lignin and hydroxycinnamic acids: biosynthesis and the buildup of the cell wall, </w:t></w:r><w:hyperlink r:id="rId657" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/bs.abr.2022.03.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId656" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03626206v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Food Structure Development in Cereal and Snack Products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Della Valle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hubert Chiron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId659" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Le-Bail</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fotis Spyropoulos; Aris Lazidis; Ian Norton. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">HANDBOOK OF FOOD STRUCTURE DEVELOPMENT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 18, The Royal Society of Chemistry, pp.151-172, 2020, Food Chemistry, Function and Analysis, 978-1-78801-615-5. </w:t></w:r><w:hyperlink r:id="rId660" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1039/9781788016155-00151⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId658" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03269879v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Types and functionality of polysaccharides in cereal grains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cereal Grain-based Functional Foods: Carbohydrate and Phytochemical Components</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 6, Royal Soc Chemistry, pp.31, 2019, Food Chemistry, Function and Analysis, 978-1-78801-279-9; 978-1-78801-148-8</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId661" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02791098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fibres alimentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId663" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stanislas Bruley Des Varannes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId664" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melanie Deschasaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId665" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Michel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aliments fonctionnels dans un système alimentaire sain et durable</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Coll. Sciences et techniques agroalimentaires, Lavoisier Tec &amp; Doc., 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId662" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02790225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impact de la matrice alimentaire des aliments de type grains et graines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Micard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId667" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valerie Greffeuille</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId668" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anthony Fardet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Structure des aliments et effets nutritionnels</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 28, Editions Quae, 2013, 978-2-7592-2012-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId666" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02804402v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plant Cell Wall Polysaccharides in Storage Organs: Xylans (Food Applications)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laure Chateigner-Boutin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId670" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Reference Module in Chemistry, Molecular Sciences and Chemical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId671" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 978-0-12-409547-2. </w:t></w:r><w:hyperlink r:id="rId672" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-0-12-409547-2.01493-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId669" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01268886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dietary fibre functional products</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Martine Champ</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId593" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Thibault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Functional Foods : Concept to Product</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId674" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Woodhead Publishing Ltd</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 9781845696900. </w:t></w:r><w:hyperlink r:id="rId675" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1533/9780857092557⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId673" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02807143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Improving the benefits of wheat as a source of dietary fibre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId677" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P.R. Shewry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId485" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kurt Gebruers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId678" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Courtin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dietary fibre: new frontiers for food and health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academic Publishers, 400 p., 2010, 978-90-8686-692-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId676" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01351178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">2.20 - Plant Cell Wall Polysaccharides in Storage Organs: Xylans (Food Applications)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Saulnier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabienne Guillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Etienne Sado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId461" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier X. Rouau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Comprehensive Glycoscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:hyperlink r:id="rId680" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elsevier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">, pp.4000, 2007, 978-0-444-51967-2. </w:t></w:r><w:hyperlink r:id="rId681" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/B978-044451967-2/00147-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId679" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02823631v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dosage des glucides et des amylases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId683" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Planchot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId655" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Colonna</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Saulnier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Guide pratique d'analyses dans les industries des céréales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Lavoisier, 1997, Sciences et Techniques Agroalimentaires, 2-7430-0123-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId682" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02839348v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId684"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="338445BD"/>
+    <w:nsid w:val="C7FD265C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-saulnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0618-2672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033226687" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078696v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.111022" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494780v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t M&#233;l&#233;ard" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104233" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05179516v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Costes" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Daniel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Navarro Sanz" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104239" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701222v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.141232" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322419v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Alonzo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Baudrit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104292" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673979v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dufour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hugon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dugu&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-024-01430-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lourdin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hugon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109214" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04580958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allah Rakha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122029" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudrit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chiron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2024.103771" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102408v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Francin-Allami" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Bouder" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24076821" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109890v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzi Wang" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ral" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.120966" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270084v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Aoi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benamar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02604-2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03985426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.135329" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749012v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11091223" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749046v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer Pritchard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Zwart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119652" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736294v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gr&#233;lard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnaud" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119738" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714931v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2022.100873" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03526157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph-Aim&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118942" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261403v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2021.110845" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verhertbruggen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vigouroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2020.110693" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117590v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Devaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Looten" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01854-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170372v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2020.103001" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157655v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Vangs&#248;e" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph&#8208;aime" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot&#8208;roux" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10806" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195900v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;le Wacrenier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alleman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4633" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887253v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bar-L'Helgouac'H" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champ" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127111" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628430v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.12.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261419v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlayna Sterner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115063" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588032v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Patnode" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Beller" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Han" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiye Cheng" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Peters" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.08.011" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621390v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yacoubi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devillard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eeckhaut" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pex297" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625128v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateignier-Boutin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arata Yoshinaga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.08.022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625340v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-018-2980-0" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628058v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayza Daboussi" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumas" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.11.008" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627190v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Andre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bouchet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00200" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684408v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Arufe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.03.040" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539469v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arufe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639234v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip van Immerseel" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ducatelle" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Rhayat" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2016.05.016" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ2X5JC4-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546427v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01476" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563910v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ho-Yue-Kuang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarado" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antelme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouchet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cezard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv446" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632038v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Velickovic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lhomme" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damond" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b02047" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636119v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Freeman" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Lovegrove" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark David Wilkinson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Robert Shewry" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12361" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639441v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legrand Ngolong Ngea" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Justin Essia Ngang" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.06.107" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631322v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Turbin-Orger" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Doublier" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fameau" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Marze" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2014.05.003" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149378v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Jacquemin" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assad Mogni" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Zeitoun" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guinot" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sablayrolles" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.01.015" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269286v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifeng Ying" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujie Ji" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.01.014" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630888v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Le Bleis" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Chiron" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2015.06.014" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148620v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.06.071" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01219933v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lafond" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouza" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eyrichine" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Rouffineau" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-015-0002-7" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204144v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chazal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/14-07472" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02146185v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Arab-Jaziri" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Milon" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2013.10.013" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCJBTZPL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837408v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2014.01.004" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640900v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Ropartz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru065" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637285v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Billy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/x993-ys65" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268049v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Perronnet" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2013.03.090" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMKSZ53G-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647126v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark D. Wilkinson" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till K. Pellny" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tosi" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.222653" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268098v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rosa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Marja Aura" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Holopainen-Mantila" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaisa Poutanen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4001814" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605468v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964154v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R. P. R. Shewry" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D. Lafiandra" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilveszter S. Gergely" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2012.01.003" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVBRGSL7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190419v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petitpas" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Moussawi" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err298" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650934v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2012.02.010" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9519B3FM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643803v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Cyran" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.09.054" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47D0LZP1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267826v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Micard" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/97wf-4d43" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644894v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakha" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aman" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andersson" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.06.054" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW9TV60V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645359v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanna Koutaniemi" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Tranquet" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paivi Tuomainen" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-012-1653-7" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZHZGPH3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652241v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Runavot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Geneix" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keltouma Moco" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf2011134" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647881v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine A. Toole" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Le Gall" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J. Colquhoun" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Johnson" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Bedoe" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf201095m" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000530v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Pollet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Letarnec" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Gissot" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/ssq045" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964164v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi Masood-Quraishi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M. Abrouk" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Pont" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-010-0183-2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74XSWVWQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652203v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruellet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2852" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/86010804ABEE6CB17BC0C342730C949E9854D52C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648376v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2011.05.033" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652731v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.4498" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7MR5GFZK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647331v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq332" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650827v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Jamme" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1306-7" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1DB63638D0080C7E6090594F3A8A8793100DE4E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596973v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Ying" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saulnier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664389v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Toole" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Gall" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Colquhoun" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nemeth" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1199-5" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0JBTXLC8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668071v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnand-Ducasse" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lefebvre" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2010.05.006" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW1P7H4R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662240v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Nemeth" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huw D. Jones" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sparks" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.151712" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668444v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Sado" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Tessier" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vasseur" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil K. Elmorjani" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-008-0100-0" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V42T1BSD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396624v2" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Faure" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Courtin" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Delcour" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumon" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Faulds" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH08458" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189328v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Masood-Quraishi" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ravel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Romeuf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-009-0019-0" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K48WV3J2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499382v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tranquet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Utille" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ralph" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661095v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Aaron Chavez Montes" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ranocha" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise L. Jouanin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.110023" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666174v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659811v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm7009812" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668057v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sully Philippe" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-006-0422-x" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D4EC43033C7BA746F67F78032F89E8B12CF1A171/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655531v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Cyran" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062473g" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5Q1DKN29-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189313v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Branlard" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2007.06.014" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZRMSFWH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662040v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm060885s" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660444v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maisonnier-Grenier" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Clavurier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Geraert" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2555" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T26MST33-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666238v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Devaux" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf060466m" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W76WRP34-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663795v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Juan Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.04.039" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CB0450T8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600045v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf052922x" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JHBPJ1L0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655629v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daviet" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Sorensen" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Sibbesen" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Goldson" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2501" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E2D1633142A09E1C13F2508BBD853A5567CB2D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662466v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Rouau" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.03.025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B258LJ83-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665843v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-005-0209-5" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0DDF6CEBD138EC3AD1FF14BECE8DA8576909A682/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653334v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2495" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SDPB7CBL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660405v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Tahir" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cherel" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2503" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D175V9J1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682265v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf050755v" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F37D346P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674454v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683573v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf051145y" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0JHB134X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679017v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Gebruers" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A. Delcour" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2004.11.001" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95N1C6Q3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678946v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Cyran" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf051556e" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9ZB4JMLK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683174v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Quillien" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Utille" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Juan Ordaz-Otiz" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2004.06.004" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90C16ZBD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676184v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dervilly-Pinel" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tran" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678368v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2004.05.016" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX6J6Z5B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306758v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillien" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Ordaz Ortiz" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680283v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvelon" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Doublier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buleon" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Thibault" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372152v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petry" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Furlan" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Earle Waghorne" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Cerning" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00214-3" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675967v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677078v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675720v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathlouti" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larbier" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679141v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brunel" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marot" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage Meessen" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673265v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Igrejas" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Martinant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Villain" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671364v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fredon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Granet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Zerrouki" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Krausz" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0144-8617(01)00312-5" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674623v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathlouthi" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallet" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681435v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leclercq" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zimmermann" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roue" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679353v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rimsten" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678921v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pollet" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet-Renard" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673580v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671687v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677866v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elgorriaga" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692746v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roger" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692739v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gergaud" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691158v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourson" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benhaddou" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Granet" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verneuil" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692718v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692877v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grosjean" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maupetit" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Beaux" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Flatres" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685953v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698721v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696316v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Garcia-Conesa" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691701v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billot" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694135v1" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Kroon" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ralph" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Mellon" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697079v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Le Goff" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaurand" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Thibault" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcrs.1997.0174" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N6HH5W6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692763v1" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nicolas" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694670v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Petit-Benvegnen" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CCHEM.1998.75.4.551" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692687v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.G.C. Renard" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693001v1" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cadalen" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chartier" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leroy" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692233v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nilsson" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695024v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689834v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chanliaud" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692788v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Faurot" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge B&#233;rot" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Petit" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695251v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704698v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702733v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708550v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712334v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708815v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Williamson" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702337v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gevaudan" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701236v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701009v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mestres" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707858v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Marcelin" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Williams" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brillouet" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710864v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herve Du Penhoat" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michon" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702527v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mercereau" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vezinhnet" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712931v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Belleville" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tarodo de La Fuente" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutonnet" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711765v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702777v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02719344v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716912v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728120v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723732v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310035v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Joseleau" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309965v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721309v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721307v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717384v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zhang" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colonna" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626206v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2022.03.005" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269879v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781788016155-00151" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791098v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790225v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Deschasaux" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804402v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Greffeuille" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268886v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rouau" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780124095472014931" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-409547-2.01493-1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807143v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.google.fr/books?id=3SOdcQAACAAJ" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9780857092557" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351178v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Shewry" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Courtin" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823631v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/282746.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-044451967-2/00147-1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839348v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Planchot" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-saulnier" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-0618-2672" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/033226687" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05494780v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Rezette" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Saulnier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-H&#233;l&#232;ne Morel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t M&#233;l&#233;ard" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Le Gall" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104233" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05078696v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Della Valle" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Kansou" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Chaunier" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2024.111022" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04937377v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Munch" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Buche" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chambrey" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Deborde" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2025.111375" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-05179516v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Costes" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le Bot" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Alvarado" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Daniel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergi Navarro Sanz" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104239" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04701222v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Della Valle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2024.141232" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05322419v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Alonzo" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Baudrit" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2025.104292" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04673979v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Dufour" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Hugon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Dugu&#233;" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00397-024-01430-6" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04275010v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Dufour" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lourdin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure R&#233;guerre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Hugon" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2023.109214" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04580958v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Allah Rakha" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Foucat" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Bonnin" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2024.122029" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04669691v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Baudrit" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Chiron" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2024.103771" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04102408v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Francin-Allami" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Axelle Bouder" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Geairon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Le-Bot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms24076821" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04270084v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuki Aoi" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelilah Benamar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen North" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41597-023-02604-2" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04109890v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuzi Wang" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Ral" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Falourd" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2023.120966" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03985426v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2022.135329" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749012v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/foods11091223" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749046v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenifer Pritchard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Zwart" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119652" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03714931v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cofs.2022.100873" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03736294v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Fanuel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Gr&#233;lard" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Arnaud" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2022.119738" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03526157v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph-Aim&#233;" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Fillaudeau" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Durand" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2021.118942" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261403v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Devaux" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2021.110845" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261408v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Verhertbruggen" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacqueline Vigouroux" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2020.110693" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03117590v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Barron" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Francoise Devaux" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loic Foucat" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachelle Looten" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13068-020-01854-1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03157655v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilie Vangs&#248;e" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maud Joseph&#8208;aime" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Neugnot&#8208;roux" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.10806" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03170372v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Marion" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2020.103001" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03195900v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lessire" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natha&#235;le Wacrenier" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Alleman" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20870/productions-animales.2020.33.4.4633" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02887253v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Barron" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Bar-L'Helgouac'H" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Champ" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2020.127111" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02628430v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.12.018" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03261419v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marlayna Sterner" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Guillon" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Girousse" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2019.115063" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-02588032v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Patnode" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zachary Beller" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Han" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiye Cheng" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Peters" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cell.2019.08.011" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02621390v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Yacoubi" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Devillard" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Eeckhaut" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3382/ps/pex297" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625128v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateignier-Boutin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lapierre" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arata Yoshinaga" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2018.08.022" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03628058v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Camarasa" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fayza Daboussi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Dumas" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifset.2017.11.008" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02625340v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Ropartz" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Rogniaux" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-018-2980-0" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02627190v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise Devaux" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Jamme" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Andre" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Bouchet" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2018.00200" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04684408v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Arufe" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joel Dore" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Savary-Auzeloux" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodres.2017.03.040" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01539469v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Arufe" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546427v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner-Boutin" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.01476" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639234v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Filip van Immerseel" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Ducatelle" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamya Rhayat" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anifeedsci.2016.05.016" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HZ2X5JC4-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-01563910v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Ho-Yue-Kuang" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Alvarado" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Antelme" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouchet" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cezard" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erv446" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02632038v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dusan Velickovic" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Lhomme" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Damond" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jafc.6b02047" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02636119v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jackie Freeman" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Lovegrove" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark David Wilkinson" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter Robert Shewry" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pbi.12361" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02639441v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Legrand Ngolong Ngea" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Justin Essia Ngang" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2016.06.107" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01269286v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruifeng Ying" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sujie Ji" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2015.01.014" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02149378v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Jacquemin" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Assad Mogni" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rawan Zeitoun" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Guinot" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sablayrolles" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procbio.2015.01.015" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02631322v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Turbin-Orger" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy G. Della Valle" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Louis Doublier" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Fameau" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Marze" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodhyd.2014.05.003" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02630888v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien F. Le Bleis" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert H. Chiron" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2015.06.014" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amu.hal.science/hal-01219933v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mickael Lafond" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bouza" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Eyrichine" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Rouffineau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40104-015-0002-7" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02148620v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2014.06.071" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204144v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Chazal" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Robert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1366/14-07472" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01837408v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Micard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cnd.2014.01.004" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://insa-toulouse.hal.science/hal-02146185v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Bissaro" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Saurel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Faten Arab-Jaziri" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Milon" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2013.10.013" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MCJBTZPL-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02640900v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David D. Ropartz" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/eru065" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02637285v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ludivine Billy" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/x993-ys65" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647126v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mark D. Wilkinson" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Till K. Pellny" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Tosi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.113.222653" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268049v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne C. Rondeau-Mouro" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Mabille" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Perronnet" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2013.03.090" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMKSZ53G-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268098v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Rosa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Marja Aura" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulla Holopainen-Mantila" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kaisa Poutanen" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf4001814" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01605468v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650934v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laure Chateigner Boutin" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2012.02.010" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-9519B3FM-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964154v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Peter R. P. R. Shewry" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Charmet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard G. Branlard" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Domenico D. Lafiandra" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Szilveszter S. Gergely" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tifs.2012.01.003" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVBRGSL7-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190419v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Larre" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Petitpas" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Berger" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jihad Moussawi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/err298" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01267826v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Micard" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.17180/97wf-4d43" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02643803v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. R. Cyran" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.foodchem.2011.09.054" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-47D0LZP1-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02645359v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sanna Koutaniemi" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier O. Tranquet" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Bouchet" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paivi Tuomainen" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-012-1653-7" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-JZHZGPH3-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02644894v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rakha" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Aman" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Andersson" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2012.06.054" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW9TV60V-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647881v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geraldine A. Toole" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Le Gall" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ian J. Colquhoun" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phil Johnson" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoltan Bedoe" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf201095m" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652241v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Runavot" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benedicte Bakan" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie N. Geneix" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Keltouma Moco" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf2011134" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01000530v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Th&#233;venin" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte B. Pollet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno B. Letarnec" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel L. Gissot" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/mp/ssq045" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00964164v1" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Umar Masood Quraishi Masood-Quraishi" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Murat" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l M. Abrouk" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline C. Pont" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole C. Confolent" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-010-0183-2" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-74XSWVWQ-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652203v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ruellet" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/mrc.2852" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/86010804ABEE6CB17BC0C342730C949E9854D52C/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02648376v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2011.05.033" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02647331v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Quemener" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/jxb/erq332" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02652731v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.4498" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-7MR5GFZK-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02650827v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Jamme" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1306-7" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/1DB63638D0080C7E6090594F3A8A8793100DE4E8/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02596973v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.F. Ying" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Saulnier" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668071v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Bonnand-Ducasse" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Lefebvre" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2010.05.006" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DW1P7H4R-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662240v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Csilla Nemeth" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huw D. Jones" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Sparks" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.151712" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02664389v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. A. Toole" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Le Gall" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I.J. Colquhoun" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Nemeth" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-010-1199-5" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-0JBTXLC8-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00396624v2" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Faure" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M. Courtin" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.A. Delcour" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumon" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.B. Faulds" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1071/CH08458" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668444v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Etienne Sado" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique D. Tessier" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Vasseur" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil K. Elmorjani" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10142-008-0100-0" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-V42T1BSD-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189328v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=U. Masood-Quraishi" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Ravel" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Romeuf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Balfourier" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10681-009-0019-0" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-K48WV3J2-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00499382v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Tranquet" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Utille" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ralph" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillon" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02661095v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ricardo Aaron Chavez Montes" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Ranocha" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Martinez" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Minic" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise L. Jouanin" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.107.110023" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666174v1" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Dumas" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659811v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdellatif Barakat" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cedric Gaillard" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lairez" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Chabbert" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm7009812" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655531v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malgorzata Cyran" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf062473g" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-5Q1DKN29-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02668057v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sully Philippe" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-006-0422-x" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D4EC43033C7BA746F67F78032F89E8B12CF1A171/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189313v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Branlard" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2007.06.014" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-5ZRMSFWH-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662040v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Putaux" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Cathala" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/bm060885s" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660444v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Maisonnier-Grenier" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Clavurier" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Andr&#233; Geraert" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2555" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-T26MST33-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666238v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Francoise M. F. Devaux" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf060466m" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-W76WRP34-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02663795v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Juan Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.04.039" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-CB0450T8-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01600045v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf052922x" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-JHBPJ1L0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02655629v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Daviet" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jens Sorensen" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ole Sibbesen" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Goldson" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2501" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0E2D1633142A09E1C13F2508BBD853A5567CB2D2/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02662466v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier X. Rouau" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carres.2006.03.025" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-B258LJ83-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665843v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00425-005-0209-5" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/0DDF6CEBD138EC3AD1FF14BECE8DA8576909A682/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02660405v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tariq Tahir" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Cherel" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2503" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-D175V9J1-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02653334v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jsfa.2495" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-SDPB7CBL-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674454v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02682265v1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf050755v" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-F37D346P-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683573v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Marquis" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf051145y" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0JHB134X-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679017v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Gebruers" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan A. Delcour" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2004.11.001" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-95N1C6Q3-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678946v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.R. Cyran" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jf051556e" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-9ZB4JMLK-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02683174v1" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Quillien" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Utille" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Juan Ordaz-Otiz" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcs.2004.06.004" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-90C16ZBD-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02676184v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Dervilly-Pinel" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Tran" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678368v1" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J. Ordaz-Ortiz" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.carbpol.2004.05.016" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GX6J6Z5B-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00306758v1" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Quillien" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.J. Ordaz Ortiz" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02680283v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chauvelon" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Doublier" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Buleon" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.F. Thibault" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03372152v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Petry" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane Furlan" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Earle Waghorne" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jutta Cerning" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0378-1097(03)00214-3" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675967v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677078v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Thomas" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Lahaye" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679141v1" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Brunel" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Marot" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Lesage Meessen" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02675720v1" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathlouti" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Qu&#233;m&#233;ner" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Larbier" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673265v1" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Igrejas" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Martinant" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annaig Bouguennec" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.C. Villain" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671364v1" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Fredon" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Granet" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachida Zerrouki" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Krausz" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0144-8617(01)00312-5" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02674623v1" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Mathlouthi" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Mallet" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02681435v1" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaud Dervilly" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Leclercq" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Zimmermann" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Roue" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02679353v1" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Rimsten" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02678921v1" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Pollet" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Ralet-Renard" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02673580v1" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02671687v1" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02677866v1" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Elgorriaga" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692746v1" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Roger" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692739v1" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Gergaud" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lourdin" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691158v1" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gourson" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Benhaddou" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Granet" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Verneuil" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692718v1" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692877v1" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Grosjean" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maupetit" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.F. Beaux" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Flatres" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02685953v1" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02698721v1" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02696316v1" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Cr&#233;peau" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.T. Garcia-Conesa" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694135v1" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.A. Kroon" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Ralph" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F.A. Mellon" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02691701v1" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Billot" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692763v1" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Nicolas" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Popineau" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02697079v1" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Le Goff" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Chaurand" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Thibault" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1006/jcrs.1997.0174" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-6N6HH5W6-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02694670v1" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Petit-Benvegnen" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/CCHEM.1998.75.4.551" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02693001v1" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cadalen" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chartier" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Leroy" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692687v1" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.M.G.C. Renard" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692233v1" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Nilsson" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695024v1" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689834v1" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Chanliaud" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02692788v1" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Faurot" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge B&#233;rot" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.D. Petit" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02695251v1" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02704698v1" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702733v1" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708550v1" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712334v1" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02708815v1" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Williamson" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702337v1" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Gevaudan" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701236v1" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02701009v1" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mestres" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02707858v1" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Marcelin" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Williams" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Brillouet" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02710864v1" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Moutounet" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Herve Du Penhoat" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Michon" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702527v1" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Mercereau" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Vezinhnet" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02712931v1" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.P. Belleville" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tarodo de La Fuente" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Moutonnet" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02711765v1" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02702777v1" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02719344v1" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02716912v1" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02728120v1" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02723732v1" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00310035v1" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Joseleau" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00309965v1" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721309v1" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02721307v1" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02717384v1" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martin" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Zhang" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Colonna" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03626206v1" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/bs.abr.2022.03.005" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03269879v1" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Le-Bail" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/9781788016155-00151" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02791098v1" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02790225v1" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stanislas Bruley Des Varannes" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Deschasaux" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Michel" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02804402v1" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valerie Greffeuille" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Fardet" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01268886v1" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Rouau" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sciencedirect.com/science/article/pii/B9780124095472014931" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-409547-2.01493-1" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02807143v1" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://books.google.fr/books?id=3SOdcQAACAAJ" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1533/9780857092557" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01351178v1" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P.R. Shewry" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Courtin" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02823631v1" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/282746.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-044451967-2/00147-1" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02839348v1" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Planchot" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>