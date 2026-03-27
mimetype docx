--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc Tessier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9517-1619</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077449444</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">63282469</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle d’affaires de la méthanisation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 65 (2), pp.91-103. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.065.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for transforming accounting and finance education amid digitalisation: professional roles, skills, and teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accounting Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09639284.2025.2557836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 187 (3), pp.75-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05217656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The economic and financial performance of biogas production: a retrospective analysis of the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Energy Sector Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJESM-12-2023-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rereading entrepreneurial failure from the scientific literature: A bibliometric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Administrative Sciences - Revue Canadienne des Sciences de l'Administration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cjas.1732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La boîte noire de la phase de financement des PME par les business angels : une comparaison France – Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150 (2), pp.131-143. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.150.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélectionner, contrôler et accompagner : le credo du Business Angel pour réduire le risque de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 19 (2), pp.93-120. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre1.192.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business performance and angels presence: a fresh look from France 2008–2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fonrouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50, pp.339-356. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-016-9827-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les &amp;quot;business angels&amp;quot;, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (157), pp.103-140. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.6528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les business angels, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.103 - 140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business angels et performance des entreprises : une analyse empirique sur données françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.141-176. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.049.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do exemptions from social security contributions affect job creation ? New empirical evidence from French overseas regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Région et Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 42, pp.79-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une analyse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EconomiX Working Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 49, pp.141 - 176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Corse est-elle soluble dans le modèle méditerranéen ? Une analyse à partir d’une régression quantile sur données d’entreprises en panel entre 2004 et 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.677 - 718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cause de l'emploi, les usages du droit dans la contestation de plans sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 69, pp.23-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poids de la fiscalité locale dans le bilan des entreprises et impact des réformes sur les ressources des collectivités locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du Réseau Finances Locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Big Quit” in post-Covid pandemic: The liquid employees facing organizational consumerism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Culié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sorreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli studi di Cagliari, Jul 2023, Cagliari, Italy. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5465/AMPROC.2024.232bp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Quit after Covid-19 : The ambivalences of liquid employees facing a consumerist work relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Culié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sorreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84th Annual Meeting of the Academy of Management (AOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academy of Management, Aug 2024, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les gagnants et les perdants des réformes de la fiscalité locale ? Une évaluation de la suppression de la CVAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chtioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59e colloque de l'Association de Science Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2023, Saint-Denis-de-la-Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French Industrial Establishments Equally Sensitive to the Local Atmosphere? An Analysis Resting upon a Panel of Manufacturing Plants over the Period 2003-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society. Institutions, Behaviors and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French industrial establishments equally sensitive to the local atmosphere? An analysis resting upon a panel of manufacturing plants over the period 2003-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">xploring the Entrepreneurial Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French firms grow differently and why? An empirical analysis using longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High growth SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCDE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French firms grow differently and why? An empirical analysis using longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High growth SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCDE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVAE, Territoires d’industrie : les contradictions de la politique de réindustrialisation à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une anayse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les business angels, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une analyse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Corse est-elle soluble dans le modèle méditerranéen ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent do exemptions from social security contributions affect firm growth? New evidence using quantile estimations on panel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small, alone and poor: a merciless portrait of insolvent French firms, 2007-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The determinants of growth for SMEs. A longitudinal study from French manufacturing firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poids de la fiscalité locale dans le bilan des entreprises et impact des réformes envisagées sur les ressources des collectivités locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chtioui Cepn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EconomiX/Réseau finances locales (FIL). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOME 2 - Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles Programme de recherche pour le CGET & l'Institut CDC pour la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence nationale de la cohésion des territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] unknown, CNRS, UPX. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances contrastées des zones d’emploi : observation et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale à la Cohésion des Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la Recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la dynamique économique de la métropole européenne de Lille et de ses interrelations avec les territoires avoisinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agence de Développement et d'Urbanisme de Lille Métropole. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANALYSE DU LIEN ENTRE LES METROPOLES ET LES TERRITOIRES AVOISINANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] unknown, CNRS, UPX. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Luc Tessier </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">luc-tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0001-9517-1619</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">077449444</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">63282469</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (15)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework for transforming accounting and finance education amid digitalisation: professional roles, skills, and teaching</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Aubry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zouhour Ben Hamadi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Accounting Education</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.1-41. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/09639284.2025.2557836⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05376737v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le modèle d’affaires de la méthanisation agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entreprendre &amp; Innover</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, n° 65 (2), pp.91-103. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entin.065.0091⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05473370v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 187 (3), pp.75-112</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05217656v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The economic and financial performance of biogas production: a retrospective analysis of the French case</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Bourdin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Condor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christine Fournès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Energy Sector Management</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1108/IJESM-12-2023-0018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808473v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rereading entrepreneurial failure from the scientific literature: A bibliometric approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Renaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Administrative Sciences - Revue Canadienne des Sciences de l'Administration</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/cjas.1732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La boîte noire de la phase de financement des PME par les business angels : une comparaison France – Québec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie financière</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 150 (2), pp.131-143. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/ecofi.150.0131⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808520v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sélectionner, contrôler et accompagner : le credo du Business Angel pour réduire le risque de l’entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de l'Entrepreneuriat</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Vol. 19 (2), pp.93-120. </w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/entre1.192.0093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04808574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les &amp;quot;business angels&amp;quot;, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 1 (157), pp.103-140. </w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/rei.6528⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les business angels, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie industrielle </w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, pp.103 - 140</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589207v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business performance and angels presence: a fresh look from France 2008–2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Fonrouge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Small Business Economics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 50, pp.339-356. </w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s11187-016-9827-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01555254v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Business angels et performance des entreprises : une analyse empirique sur données françaises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovations - Revue d’économie et de management de l'innovation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 49, pp.141-176. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/inno.049.0141⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02070893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une analyse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EconomiX Working Papers</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 49, pp.141 - 176</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01449956v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do exemptions from social security contributions affect job creation ? New empirical evidence from French overseas regions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Région et Développement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 42, pp.79-104</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386035v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Corse est-elle soluble dans le modèle méditerranéen ? Une analyse à partir d’une régression quantile sur données d’entreprises en panel entre 2004 et 2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue d'économie régionale et urbaine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.677 - 718</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01386010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La cause de l'emploi, les usages du droit dans la contestation de plans sociaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Didry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Travail et Emploi</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 69, pp.23-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00267966v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poids de la fiscalité locale dans le bilan des entreprises et impact des réformes sur les ressources des collectivités locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence du Réseau Finances Locales</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119277v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">“Big Quit” in post-Covid pandemic: The liquid employees facing organizational consumerism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Culié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sorreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">39th EGOS Colloquium</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università degli studi di Cagliari, Jul 2023, Cagliari, Italy. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5465/AMPROC.2024.232bp⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04963750v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Big Quit after Covid-19 : The ambivalences of liquid employees facing a consumerist work relationship</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Denis Culié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Meyer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Philippe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Garcia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Sorreda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">84th Annual Meeting of the Academy of Management (AOM)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academy of Management, Aug 2024, Chicago, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05015681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quels sont les gagnants et les perdants des réformes de la fiscalité locale ? Une évaluation de la suppression de la CVAE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chtioui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">59e colloque de l'Association de Science Régionale de Langue Française (ASRDLF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ASRDLF, Jun 2023, Saint-Denis-de-la-Réunion, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04138022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French Industrial Establishments Equally Sensitive to the Local Atmosphere? An Analysis Resting upon a Panel of Manufacturing Plants over the Period 2003-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Exploring the Entrepreneurial Society. Institutions, Behaviors and Outcomes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar Publishing, 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01549912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Are French industrial establishments equally sensitive to the local atmosphere? An analysis resting upon a panel of manufacturing plants over the period 2003-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">xploring the Entrepreneurial Society</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edward Elgar, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French firms grow differently and why? An empirical analysis using longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High growth SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCDE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01410741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do French firms grow differently and why? An empirical analysis using longitudinal data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">High growth SMEs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, OCDE, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01664374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Autre publication scientifique (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CVAE, Territoires d’industrie : les contradictions de la politique de réindustrialisation à la française</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2025</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Autre publication scientifique</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04893537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (9)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Suppression de la contribution sur la valeur ajoutée des entreprises et réindustrialisation de la France : une cohérence discutable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (working paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04789982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une anayse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02065946v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les business angels, révélateurs, plus que moteurs, de l’engagement des entreprises dans l’innovation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maarouf Ramadan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La croissance des PME est-elle favorisée par les Business Angels ? Une analyse à partir du cas français en 2008 et 2009</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04141308v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">To what extent do exemptions from social security contributions affect firm growth? New evidence using quantile estimations on panel data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00833049v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Corse est-elle soluble dans le modèle méditerranéen ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aziza Garsaa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00842059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Small, alone and poor: a merciless portrait of insolvent French firms, 2007-2010</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The determinants of growth for SMEs. A longitudinal study from French manufacturing firms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Messaoud Zouikri</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04140897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Poids de la fiscalité locale dans le bilan des entreprises et impact des réformes envisagées sur les ressources des collectivités locales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Poinsot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Chtioui Cepn</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">EconomiX/Réseau finances locales (FIL). 2024</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05119298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">TOME 2 - Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles Programme de recherche pour le CGET & l'Institut CDC pour la Recherche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence nationale de la cohésion des territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092516v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la Recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les performances contrastées des zones d’emploi : observation et modèles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale à la Cohésion des Territoires. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092512v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les villes moyennes : diversité des trajectoires, interdépendances industrielles, interactions locales et proximité aux métropoles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] unknown, CNRS, UPX. 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04353439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emploi et territoires : regards croisés sur les 22 métropoles - Rapport de synthèse</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Institut pour la recherche de la Caisse des Dépôts; Agence Nationale pour la Cohésion des Territoires (ANCT). 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092526v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la dynamique économique de la métropole européenne de Lille et de ses interrelations avec les territoires avoisinants</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Amdaoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] Agence de Développement et d'Urbanisme de Lille Métropole. 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03092529v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANALYSE DU LIEN ENTRE LES METROPOLES ET LES TERRITOIRES AVOISINANTS</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Brunetto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Carré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadine Levratto</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Tessier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] unknown, CNRS, UPX. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01589227v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId86"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -106,51 +106,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="31F08777"/>
+    <w:nsid w:val="2F944F3E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -337,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-tessier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9517-1619" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077449444" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/63282469" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473370v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.065.0091" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05376737v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09639284.2025.2557836" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217656v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Levratto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poinsot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-12-2023-0018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808494v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarouf Ramadan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.1732" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808520v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.150.0131" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808574v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.192.0093" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555254v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fonrouge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-016-9827-5" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065934v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6528" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589207v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02070893v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.049.0141" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386035v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Garsaa" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01449956v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386010v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267966v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119277v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963750v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Culi&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sorreda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/AMPROC.2024.232bp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015681v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138022v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chtioui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549912v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carr&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410742v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664374v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Zouikri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410741v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893537v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789962v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789982v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065946v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141308v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842059v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833049v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140945v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140897v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119298v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chtioui Cepn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092516v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Amdaoud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353439v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092512v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092523v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092529v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589227v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunetto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/luc-tessier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9517-1619" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077449444" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/63282469" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05376737v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Aubry" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zouhour Ben Hamadi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Fourn&#232;s" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Tessier" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09639284.2025.2557836" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05473370v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Condor" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Bourdin" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entin.065.0091" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05217656v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Levratto" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Poinsot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808473v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/IJESM-12-2023-0018" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808494v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maarouf Ramadan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Renaud" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/cjas.1732" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808520v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/ecofi.150.0131" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04808574v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/entre1.192.0093" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065934v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rei.6528" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589207v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01555254v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Fonrouge" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11187-016-9827-5" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02070893v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/inno.049.0141" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01449956v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386035v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziza Garsaa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01386010v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00267966v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Didry" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119277v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963750v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Meyer" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Denis Culi&#233;" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Philippe" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Garcia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Sorreda" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5465/AMPROC.2024.232bp" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05015681v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04138022v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chtioui" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01549912v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Carr&#233;" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410742v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01410741v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Messaoud Zouikri" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01664374v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04893537v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789962v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04789982v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02065946v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141673v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04141308v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00833049v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00842059v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140945v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04140897v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05119298v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Chtioui Cepn" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092516v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Amdaoud" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092512v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04353439v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092526v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03092529v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01589227v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Brunetto" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>