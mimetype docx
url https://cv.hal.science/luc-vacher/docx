--- v0 (2026-03-06)
+++ v1 (2026-03-28)
@@ -3194,109 +3194,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01632227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comprendre l’organisation de la plage en tant qu’espace de pratiques de tourisme et de loisir par l’observation de la fréquentation et des préférences des usagers.</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Interroger le rapport à la mobilité et aux changements des résidents secondaires au sein de territoires littoraux : le cas de la Charente-Maritime</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier D. Vye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Blondy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Bontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Donnat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Plumejeaud-Perreau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Observing tourists to better understand tourism - Observer les touristes pour mieux comprendre les tourismes - 5ème colloque international de l’Association ASTRES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, La Rochelle, France</w:t>
+              <w:t xml:space="preserve">MSFS 2015 - Mobilités en changement, changements par les mobilités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laboratoire d'économie des Transports, Nov 2015, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01471713v1</w:t>
+                <w:t xml:space="preserve">hal-01228606v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Observer les touristes sur la plage chinoise. Exemple de l’observation des pratiques sur la plage de Dadonghai (Hainan), Chine</w:t>
               </w:r>
@@ -3358,152 +3401,109 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01450033v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interroger le rapport à la mobilité et aux changements des résidents secondaires au sein de territoires littoraux : le cas de la Charente-Maritime</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comprendre l’organisation de la plage en tant qu’espace de pratiques de tourisme et de loisir par l’observation de la fréquentation et des préférences des usagers.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valentin Guyonnard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vacher</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">MSFS 2015 - Mobilités en changement, changements par les mobilités</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Laboratoire d'économie des Transports, Nov 2015, Lyon, France</w:t>
+              <w:t xml:space="preserve">Observing tourists to better understand tourism - Observer les touristes pour mieux comprendre les tourismes - 5ème colloque international de l’Association ASTRES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01228606v1</w:t>
+                <w:t xml:space="preserve">hal-01471713v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment observer les résidents secondaires : le cas de la Charente-Maritime (France)</w:t>
               </w:r>
@@ -3925,277 +3925,277 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microbiological Quality of a Prohibited Bathing Coastal Ecosystem: Aytré Bay (Charente-Maritime, France)</w:t>
+                <w:t xml:space="preserve">Spectrométrie de masse MALDI-TOF pour caractériser l’origine des indicateurs de contamination fécale dans un écosystème côtier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méry Ndione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Montanié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Agion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Michael Treilles</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Treilles</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Vacher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">World Microbe Forum, American Society for Microbiology (ASM), Federation of European Microbiological Societies (FEMS), Online Worldwide.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2021, Cambridge, United Kingdom</w:t>
+              <w:t xml:space="preserve">Congrès de Société Française de Microbiologie (SFM)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03612545v1</w:t>
+                <w:t xml:space="preserve">hal-03612539v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spectrométrie de masse MALDI-TOF pour caractériser l’origine des indicateurs de contamination fécale dans un écosystème côtier</w:t>
+                <w:t xml:space="preserve">Microbiological Quality of a Prohibited Bathing Coastal Ecosystem: Aytré Bay (Charente-Maritime, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méry Ndione</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascaline Ory</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Montanié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tony Agion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Luc Vacher</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Treilles</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Congrès de Société Française de Microbiologie (SFM)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2021, Nantes, France</w:t>
+              <w:t xml:space="preserve">World Microbe Forum, American Society for Microbiology (ASM), Federation of European Microbiological Societies (FEMS), Online Worldwide.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2021, Cambridge, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03612539v1</w:t>
+                <w:t xml:space="preserve">hal-03612545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude de la qualité microbiologique d'un espace littoral connaissant des pratiques de tourisme et de loisirs : la baie d'Aytré (Charente-Maritime, France)</w:t>
               </w:r>
@@ -5855,199 +5855,199 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01483949v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aux confins du tourisme : la résidence secondaire au cœur des pratiques des Britanniques en Poitou-Charentes</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comment les itinérances touristiques des retraités australiens nous interrogent sur la définition du tourisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vacher</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Hugues F., Bourdeau Ph., Perrin-Bensahel L., (dir.). </w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bourdeau P.; François H.; Perrin-Bensahe L. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fins et Confins du Tourisme, Interroger le statut et les pratiques de la récréation contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L'Harmattan, pp.177-193, 2013</w:t>
+              <w:t xml:space="preserve">Fin (?) et confins du tourisme. Interroger le statut et les pratiques de la récréation contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, l'Harmattan, pp.85-98, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-00925771v1</w:t>
+                <w:t xml:space="preserve">hal-01485261v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comment les itinérances touristiques des retraités australiens nous interrogent sur la définition du tourisme</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aux confins du tourisme : la résidence secondaire au cœur des pratiques des Britanniques en Poitou-Charentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Sacareau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Vacher</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Bourdeau P.; François H.; Perrin-Bensahe L. </w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Vye</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hugues F., Bourdeau Ph., Perrin-Bensahel L., (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fin (?) et confins du tourisme. Interroger le statut et les pratiques de la récréation contemporaine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, l'Harmattan, pp.85-98, 2013</w:t>
+              <w:t xml:space="preserve">Fins et Confins du Tourisme, Interroger le statut et les pratiques de la récréation contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.177-193, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId143" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01485261v1</w:t>
+                <w:t xml:space="preserve">halshs-00925771v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Penser l’habiter à partir de la pratique des lieux touristiques par les excursionnistes, touristes et résidents</w:t>
               </w:r>
@@ -7250,51 +7250,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/?lang=fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecop.univ-lr.fr/Observatoire_des_Pratiques.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ctig.univ-lr.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/DA3T" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-18-CE34-0012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balneomar.wordpress.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/ASPAQUE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/R%C2%B2QUALIEN" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/DYNAFLUX" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/TechnObs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnfg.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://association-astres.fr/fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eurasiane.eu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gis-reseau-asie.org/presentation-reseau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-toilepacifique.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/Luc-Vacher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426453v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mondo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e7x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182823v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le B&#233;guec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mery Ndione" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40071" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ry Ndione" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Ory" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Agion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Treilles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2022.113360" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693936v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Argounes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mohamed-Gaillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953951v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guyonnard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.35378" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169194v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.739" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736313v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Taunay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.389" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873049v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.472.0159" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bontet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Donnat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448715v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3354" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444230v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3344" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Vermande" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5354" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Boulosa-Joly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lallemand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239685v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4359" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501162v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.6749" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Paradis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239713v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sacareau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.1357" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501167v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.1152" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086630v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le Beguec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612534v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lescalier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouju Alain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613711v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brunello" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouget Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Augeron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613722v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613623v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Treilles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632227v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471713v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450033v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228606v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228642v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellanger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092753v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239857v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00668536v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612545v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Montani&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612539v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613605v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503255v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499913v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502368v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086551v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Argoun&#232;s" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harumi Yoshida" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448173v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.autrement.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933533v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03583669v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chapuis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Ceriani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Co&#235;ff&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753074v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114956v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noucher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Campion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/SC200271" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269130v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771785v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Second-Home-Tourism-and-Mobilities/Hall-Muller/p/book/9781138678316" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315559056-20" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632222v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448707v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.witpress.com/books/978-1-78466-085-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/ST160061" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448710v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pacific/475?lang=fr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00925771v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485261v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239771v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00925802v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785760v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bidet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cosaert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668714v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188463v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanchez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473943v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Koehren" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450165v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Riollet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01475076v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550844v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a18a356ca87a23413a850c927231b0c9b42c6941;origin=https://hal.archives-ouvertes.fr/hal-02550844;visit=swh:1:snp:a162f010863c52d02ee591cf43f3ada9980545c3;anchor=swh:1:rev:e58403602876d47189b59f9b8402e4663e9a4cf8;path=/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/?lang=fr" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecop.univ-lr.fr/Observatoire_des_Pratiques.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ctig.univ-lr.fr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lienss.univ-larochelle.fr/DA3T" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-18-CE34-0012" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balneomar.wordpress.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/ASPAQUE" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/R%C2%B2QUALIEN" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/DYNAFLUX" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/TechnObs" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cnfg.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://association-astres.fr/fr/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eurasiane.eu" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gis-reseau-asie.org/presentation-reseau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.e-toilepacifique.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lienss.univ-larochelle.fr/Luc-Vacher" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05426453v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mondo" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Vacher" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier D. Vye" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/15e7x" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04182823v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le B&#233;guec" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Petit" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Agogu&#233;" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mery Ndione" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/vertigo.40071" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03602378v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;ry Ndione" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascaline Ory" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tony Agion" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Treilles" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2022.113360" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03693936v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Argounes" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Mohamed-Gaillard" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953951v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentin Guyonnard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Becu" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Bouquet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.35378" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02169194v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Vye" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.739" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01736313v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Taunay" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/mappemonde.389" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01873049v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/eg.472.0159" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01494820v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Blondy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Bontet" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Donnat" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Plumejeaud-Perreau" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448715v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3354" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01444230v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/tem.3344" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239750v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Murielle Vermande" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239696v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/eps.5354" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01488905v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#239;t&#233; Boulosa-Joly" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Lallemand" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239685v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/norois.4359" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501162v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/com.6749" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01449599v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03590327v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Gay" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Paradis" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239713v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Sacareau" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/soe.1357" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01501167v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/etudescaribeennes.1152" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086630v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ma&#235;lig Le Beguec" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612534v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Lescalier" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Menard" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouju Alain" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613711v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Brunello" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pouget Fr&#233;d&#233;ric" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Augeron" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613722v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613623v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Treilles" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632227v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228606v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450033v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01471713v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01228642v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bellanger" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01092753v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239857v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00668536v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612539v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Montani&#233;" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03612545v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03613605v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01503255v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499913v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502368v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086551v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Argoun&#232;s" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harumi Yoshida" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448173v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.autrement.com" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02933533v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03583669v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chapuis" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgia Ceriani" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Co&#235;ff&#233;" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duhamel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03753074v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03114956v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Noucher" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;goire Le Campion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/SC200271" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269130v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771785v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.routledge.com/The-Routledge-Handbook-of-Second-Home-Tourism-and-Mobilities/Hall-Muller/p/book/9781138678316" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781315559056-20" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01632222v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448707v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.witpress.com/books/978-1-78466-085-7" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2495/ST160061" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01448710v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01483949v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://books.openedition.org/pacific/475?lang=fr" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01485261v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00925771v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01239771v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00925802v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00785760v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Guelle" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Bidet" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Cosaert" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668714v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04188463v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Sanchez" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502613v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01473943v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lodie Koehren" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01450165v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Riollet" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-01475076v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02550844v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:dir:a18a356ca87a23413a850c927231b0c9b42c6941;origin=https://hal.archives-ouvertes.fr/hal-02550844;visit=swh:1:snp:a162f010863c52d02ee591cf43f3ada9980545c3;anchor=swh:1:rev:e58403602876d47189b59f9b8402e4663e9a4cf8;path=/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>